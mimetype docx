--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -1,66 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.ms-word.attachedToolbars"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="32EC8758" w14:textId="68C790F2" w:rsidR="00C2592B" w:rsidRPr="004426C0" w:rsidRDefault="00C2592B" w:rsidP="00AB758A">
+    <w:p w14:paraId="32EC8758" w14:textId="7F4BBEE3" w:rsidR="00C2592B" w:rsidRPr="004426C0" w:rsidRDefault="00C2592B" w:rsidP="00AB758A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="10710"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004426C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Local Agency</w:t>
       </w:r>
       <w:r w:rsidR="00A354BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -96,91 +100,91 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="008721D5" w:rsidRPr="008721D5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="008721D5" w:rsidRPr="008721D5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008721D5" w:rsidRPr="008721D5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="008721D5" w:rsidRPr="008721D5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
@@ -223,120 +227,120 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="008721D5" w:rsidRPr="008721D5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="008721D5" w:rsidRPr="008721D5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008721D5" w:rsidRPr="008721D5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="008721D5" w:rsidRPr="008721D5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3710F75D" w14:textId="20FAB870" w:rsidR="00F1095E" w:rsidRPr="004426C0" w:rsidRDefault="004930ED" w:rsidP="00023E89">
+    <w:p w14:paraId="3710F75D" w14:textId="445C7C3F" w:rsidR="00F1095E" w:rsidRPr="004426C0" w:rsidRDefault="004930ED" w:rsidP="00023E89">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FPN: </w:t>
       </w:r>
       <w:r w:rsidR="00747306" w:rsidRPr="39C3065E">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -347,91 +351,91 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00747306" w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00747306" w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00747306" w:rsidRPr="39C3065E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00AB758A" w:rsidRPr="0018576F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00145F60" w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -455,91 +459,91 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00747306" w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00747306" w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00747306" w:rsidRPr="39C3065E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00AB758A" w:rsidRPr="0018576F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0018576F" w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -735,51 +739,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidR="00E42CB7" w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E42CB7" w:rsidRPr="39C3065E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00E42CB7" w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20EE6DB3" w14:textId="29AB72DB" w:rsidR="00C5240A" w:rsidRPr="00AB758A" w:rsidRDefault="00A354BA" w:rsidP="00F14586">
+    <w:p w14:paraId="20EE6DB3" w14:textId="325BC62D" w:rsidR="00C5240A" w:rsidRPr="00AB758A" w:rsidRDefault="00A354BA" w:rsidP="00F14586">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Procurement Method:</w:t>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -820,51 +824,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="18"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check1"/>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00EE7D64" w:rsidRPr="00AB758A">
         <w:rPr>
@@ -902,126 +906,126 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="18"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30DB81BC" w14:textId="55E44B3A" w:rsidR="00EE7D64" w:rsidRDefault="00EE7D64" w:rsidP="00AB758A">
+    <w:p w14:paraId="30DB81BC" w14:textId="07A75C43" w:rsidR="00EE7D64" w:rsidRDefault="00EE7D64" w:rsidP="00AB758A">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contract type:     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Specific: </w:t>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="18"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="008360C9" w:rsidRPr="00AB758A">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -1042,109 +1046,126 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="18"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Multi-Phase: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB758A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Multi-Phase</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB758A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="18"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1165,83 +1186,83 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="18"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AB758A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="543F17B1" w14:textId="3ED6D800" w:rsidR="00E42CB7" w:rsidRDefault="00E42CB7" w:rsidP="00E42CB7">
+    <w:p w14:paraId="543F17B1" w14:textId="0B0D4324" w:rsidR="00E42CB7" w:rsidRDefault="00E42CB7" w:rsidP="00E42CB7">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Estimated professional services contract</w:t>
       </w:r>
       <w:r w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1275,115 +1296,115 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="39C3065E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D3A369" w14:textId="7329F74B" w:rsidR="00E42CB7" w:rsidRDefault="00E42CB7" w:rsidP="00E42CB7">
+    <w:p w14:paraId="56D3A369" w14:textId="14311741" w:rsidR="00E42CB7" w:rsidRDefault="00E42CB7" w:rsidP="00E42CB7">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Estimated related construction contract a</w:t>
       </w:r>
       <w:r w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mount</w:t>
       </w:r>
       <w:r>
@@ -1416,91 +1437,91 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="39C3065E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE63F2">
+      <w:r w:rsidR="00E0338C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="39C3065E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -1520,96 +1541,104 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="0C3A3BF6" w14:textId="77777777" w:rsidR="00530D2B" w:rsidRPr="00FE359A" w:rsidRDefault="00530D2B" w:rsidP="00062D49">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t>Requirement</w:t>
             </w:r>
             <w:r w:rsidR="00062D49" w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> No. 1</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00062D49" w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Fair, open and competitive selection of qualified con</w:t>
+              <w:t>Fair</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE359A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>, open and competitive selection of qualified con</w:t>
             </w:r>
             <w:r w:rsidR="00062D49" w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">sultants.  </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t>Solicitations, Requests for Qualifications (RFQ), and Requests for Proposals (RFP).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00530D2B" w:rsidRPr="004D1807" w14:paraId="2C5CADA7" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="722C6647" w14:textId="3040C9A2" w:rsidR="00530D2B" w:rsidRPr="00062D49" w:rsidRDefault="00530D2B" w:rsidP="0091572C">
             <w:pPr>
               <w:spacing w:before="1" w:line="206" w:lineRule="exact"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00062D49">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>References:</w:t>
             </w:r>
             <w:r w:rsidR="00062D49" w:rsidRPr="00062D49">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
@@ -2316,127 +2345,157 @@
           </w:tcPr>
           <w:p w14:paraId="7A7E9CE2" w14:textId="77777777" w:rsidR="00062D49" w:rsidRPr="00E07CBC" w:rsidRDefault="00062D49" w:rsidP="00E07CBC">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Local Agency Compliance Documentation:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6655734D" w14:textId="1789A563" w:rsidR="00062D49" w:rsidRPr="007647B3" w:rsidRDefault="00062D49" w:rsidP="00E07CBC">
+          <w:p w14:paraId="6655734D" w14:textId="075D0DC6" w:rsidR="00062D49" w:rsidRPr="007647B3" w:rsidRDefault="00062D49" w:rsidP="00E07CBC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007647B3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solicitation publicly announced in uniform and consistent manner not less than </w:t>
+              <w:t xml:space="preserve">Solicitation publicly announced in uniform and consistent </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007647B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>manner</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007647B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> not less than </w:t>
             </w:r>
             <w:r w:rsidRPr="00C900FD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>14 days</w:t>
+              <w:t xml:space="preserve">14 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C900FD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>days</w:t>
             </w:r>
             <w:r w:rsidRPr="007647B3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t xml:space="preserve">? </w:t>
+              <w:t>?</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007647B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AB758A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Check2"/>
             <w:r w:rsidR="00AB758A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00AB758A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AB758A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
-          <w:p w14:paraId="77352BB5" w14:textId="3E1BE0F3" w:rsidR="00062D49" w:rsidRPr="00ED3064" w:rsidRDefault="007647B3" w:rsidP="00E07CBC">
+          <w:p w14:paraId="77352BB5" w14:textId="72E6CC92" w:rsidR="00062D49" w:rsidRPr="00ED3064" w:rsidRDefault="007647B3" w:rsidP="00E07CBC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>For longlist process</w:t>
             </w:r>
             <w:r w:rsidR="00C02854">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
@@ -2542,69 +2601,69 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AB758A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00AB758A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00AB758A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AB758A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DDABDAF" w14:textId="43327181" w:rsidR="007647B3" w:rsidRPr="007647B3" w:rsidRDefault="007647B3" w:rsidP="00E07CBC">
+          <w:p w14:paraId="4DDABDAF" w14:textId="6FFAB34F" w:rsidR="007647B3" w:rsidRPr="007647B3" w:rsidRDefault="007647B3" w:rsidP="00E07CBC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>For shortlist process</w:t>
             </w:r>
             <w:r w:rsidR="00526095" w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> (one step or combined process)</w:t>
             </w:r>
@@ -2668,69 +2727,69 @@
               </w:rPr>
               <w:t xml:space="preserve"> and provides access to the RFP for all interested consultants? </w:t>
             </w:r>
             <w:r w:rsidR="00AB758A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00AB758A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00AB758A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AB758A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BABB106" w14:textId="0A278BEA" w:rsidR="007647B3" w:rsidRPr="00300AD5" w:rsidRDefault="00062D49" w:rsidP="00AB758A">
+          <w:p w14:paraId="5BABB106" w14:textId="2E957FAB" w:rsidR="007647B3" w:rsidRPr="00300AD5" w:rsidRDefault="00062D49" w:rsidP="00AB758A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5034"/>
               </w:tabs>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007647B3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Solicitation</w:t>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
@@ -2767,51 +2826,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001369BE" w:rsidRPr="007647B3" w14:paraId="353DCEA7" w14:textId="77777777" w:rsidTr="00023E89">
         <w:trPr>
           <w:trHeight w:val="755"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2869,51 +2928,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00670652">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00E85532" w:rsidRPr="00670652">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19C91ADA" w14:textId="38EF8C10" w:rsidR="00300AD5" w:rsidRDefault="00526095" w:rsidP="00023E89">
+          <w:p w14:paraId="19C91ADA" w14:textId="0932B824" w:rsidR="00300AD5" w:rsidRDefault="00526095" w:rsidP="00023E89">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1062" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="00300AD5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>etailed project description. Page #</w:t>
             </w:r>
@@ -2936,100 +2995,100 @@
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text8"/>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
-          <w:p w14:paraId="5317E726" w14:textId="7F7450C7" w:rsidR="00300AD5" w:rsidRDefault="00526095" w:rsidP="00023E89">
+          <w:p w14:paraId="5317E726" w14:textId="7C5FE741" w:rsidR="00300AD5" w:rsidRDefault="00526095" w:rsidP="00023E89">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1062" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Scope</w:t>
             </w:r>
             <w:r w:rsidR="00300AD5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>- includes but no</w:t>
             </w:r>
@@ -3051,83 +3110,83 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00300AD5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">, deliverables on page # </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -3138,83 +3197,83 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00300AD5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">, project </w:t>
             </w:r>
             <w:r w:rsidR="00F005C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>s</w:t>
@@ -3243,83 +3302,83 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00300AD5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>, applicable standards</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>, specifications and policies</w:t>
@@ -3342,171 +3401,179 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00300AD5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77E4B37A" w14:textId="7128D5A2" w:rsidR="00677D7B" w:rsidRPr="00D434A3" w:rsidRDefault="00677D7B" w:rsidP="00023E89">
+          <w:p w14:paraId="77E4B37A" w14:textId="5F796FBB" w:rsidR="00677D7B" w:rsidRPr="00D434A3" w:rsidRDefault="00677D7B" w:rsidP="00023E89">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1062" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>Verify the scope of services is limited to one phase of work. General services or “umbrella” contracts are not allowed under the federal requirements.</w:t>
+              <w:t>Verify</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the scope of services is limited to one phase of work. General services or “umbrella” contracts are not allowed under the federal requirements.</w:t>
             </w:r>
             <w:r w:rsidR="0018576F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0018576F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0018576F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0018576F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0018576F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="652CF4BC" w14:textId="7651130D" w:rsidR="00C505FE" w:rsidRDefault="00677D7B" w:rsidP="00023E89">
+          <w:p w14:paraId="652CF4BC" w14:textId="1EECDBEA" w:rsidR="00C505FE" w:rsidRDefault="00677D7B" w:rsidP="00023E89">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1062" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00677D7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00526095">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Qualifications</w:t>
             </w:r>
@@ -3528,143 +3595,143 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="570B815B" w14:textId="67A0D7E2" w:rsidR="00300AD5" w:rsidRDefault="00A354BA" w:rsidP="00023E89">
+          <w:p w14:paraId="570B815B" w14:textId="796B5BF6" w:rsidR="00300AD5" w:rsidRDefault="00A354BA" w:rsidP="00023E89">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10105"/>
               </w:tabs>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1602" w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023E89">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">FDOT Pre-Qualification Required: </w:t>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="00023E89">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="002A62FD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2" w:rsidRPr="00023E89">
+            <w:r w:rsidR="00E0338C" w:rsidRPr="00023E89">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="00023E89">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="00023E89">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00023E89">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">   Identify Major and Minor Work Types: </w:t>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="00023E89">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
@@ -3678,83 +3745,83 @@
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text9"/>
             <w:r w:rsidR="0020230E" w:rsidRPr="00023E89">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="00023E89">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="00023E89">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="00023E89">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
@@ -3774,51 +3841,51 @@
             <w:r w:rsidR="00C505FE" w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>nsure work types are a</w:t>
             </w:r>
             <w:r w:rsidR="00C02854" w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">ppropriate </w:t>
             </w:r>
             <w:r w:rsidR="00C505FE" w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>and not overly</w:t>
             </w:r>
             <w:r w:rsidR="00C505FE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> restrictive.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BDCABC9" w14:textId="2FC2F06E" w:rsidR="00300AD5" w:rsidRDefault="00526095" w:rsidP="00023E89">
+          <w:p w14:paraId="7BDCABC9" w14:textId="667E62E7" w:rsidR="00300AD5" w:rsidRDefault="00526095" w:rsidP="00023E89">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1062" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Q</w:t>
             </w:r>
             <w:r w:rsidR="00300AD5" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>ualifications-based evaluation criteria with relative weight of importance</w:t>
             </w:r>
@@ -3848,95 +3915,95 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="702B150F" w14:textId="4B08F723" w:rsidR="00A212E7" w:rsidRPr="00023E89" w:rsidRDefault="006F00DB" w:rsidP="00023E89">
+          <w:p w14:paraId="702B150F" w14:textId="6FDD2C29" w:rsidR="00A212E7" w:rsidRPr="00023E89" w:rsidRDefault="006F00DB" w:rsidP="00023E89">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1062" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Detailed description of the p</w:t>
             </w:r>
             <w:r w:rsidR="00A212E7" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>rocurement process</w:t>
             </w:r>
@@ -3984,161 +4051,175 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14CCB08A" w14:textId="737629C2" w:rsidR="005A1D84" w:rsidRPr="007B5A9B" w:rsidRDefault="005A1D84" w:rsidP="00023E89">
+          <w:p w14:paraId="14CCB08A" w14:textId="5B9F1BCA" w:rsidR="005A1D84" w:rsidRPr="007B5A9B" w:rsidRDefault="005A1D84" w:rsidP="00023E89">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1602" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B5A9B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>Drug Free Workplace must not be used as a tie breaker per federal requirements.  Do not use preference language for Drug Free Workplace as allowed by 287.087 F.S in the RFP.</w:t>
+              <w:t xml:space="preserve">Drug Free Workplace must not be used as a tie breaker per federal requirements.  Do not use preference language for Drug Free Workplace as allowed by 287.087 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B5A9B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>F.S</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B5A9B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the RFP.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BB741D1" w14:textId="6FB2B6E3" w:rsidR="00300AD5" w:rsidRDefault="00526095" w:rsidP="00023E89">
+          <w:p w14:paraId="5BB741D1" w14:textId="366DBE75" w:rsidR="00300AD5" w:rsidRDefault="00526095" w:rsidP="00023E89">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1062" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Estimated </w:t>
             </w:r>
             <w:r w:rsidR="00300AD5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>schedule</w:t>
             </w:r>
@@ -4166,244 +4247,267 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58623740" w14:textId="62487A0A" w:rsidR="00300AD5" w:rsidRPr="00ED3064" w:rsidRDefault="00526095" w:rsidP="00023E89">
+          <w:p w14:paraId="58623740" w14:textId="789906BC" w:rsidR="00300AD5" w:rsidRPr="00ED3064" w:rsidRDefault="00526095" w:rsidP="00023E89">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1062" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="00C5240A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ll</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00300AD5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>special provisions and contract requirements.  Attaching boilerplate contract to RFP satisfies requirement</w:t>
-            </w:r>
+              <w:t xml:space="preserve">special provisions and contract requirements.  Attaching boilerplate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00300AD5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>contract</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00300AD5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to RFP satisfies </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00300AD5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>requirement</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00300AD5" w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">. Page/Attachment # </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F554FF2" w14:textId="43DE2E9F" w:rsidR="00526095" w:rsidRDefault="001C047E" w:rsidP="00023E89">
+          <w:p w14:paraId="6F554FF2" w14:textId="3A1987B2" w:rsidR="00526095" w:rsidRDefault="001C047E" w:rsidP="00023E89">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1062" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00526095" w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>ayment method</w:t>
             </w:r>
             <w:r w:rsidR="00A212E7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidR="008C2B5F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> (i.e. lump sum, specific rates of compensation, etc.)</w:t>
             </w:r>
             <w:r w:rsidR="00526095" w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>.  Page#</w:t>
@@ -4426,117 +4530,116 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AEE6E56" w14:textId="30A59CB9" w:rsidR="00D434A3" w:rsidRDefault="001C047E" w:rsidP="00023E89">
+          <w:p w14:paraId="4AEE6E56" w14:textId="6F624DC7" w:rsidR="00D434A3" w:rsidRDefault="001C047E" w:rsidP="00023E89">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1062" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="00D434A3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">ll </w:t>
             </w:r>
             <w:r w:rsidR="00D434A3" w:rsidRPr="00D434A3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">forms, terms and conditions in Checklist </w:t>
             </w:r>
             <w:r w:rsidR="00614A34">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Requirement Nos. 2</w:t>
             </w:r>
             <w:r w:rsidR="00D434A3" w:rsidRPr="00D434A3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>-7</w:t>
@@ -4547,69 +4650,69 @@
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="380BBC26" w14:textId="587E24C8" w:rsidR="00FE3F80" w:rsidRPr="007674CA" w:rsidRDefault="00300AD5" w:rsidP="0020230E">
+          <w:p w14:paraId="380BBC26" w14:textId="4C832B2C" w:rsidR="00FE3F80" w:rsidRPr="007674CA" w:rsidRDefault="00300AD5" w:rsidP="0020230E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5785"/>
               </w:tabs>
               <w:spacing w:before="1" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">RFP </w:t>
             </w:r>
             <w:r w:rsidR="00321AD1" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
@@ -4645,137 +4748,137 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C97785" w:rsidRPr="007647B3" w14:paraId="37B10B8C" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2DB622" w14:textId="4D10C0F4" w:rsidR="00C97785" w:rsidRPr="00E07CBC" w:rsidRDefault="00521558" w:rsidP="007674CA">
+          <w:p w14:paraId="1F2DB622" w14:textId="5630B89F" w:rsidR="00C97785" w:rsidRPr="00E07CBC" w:rsidRDefault="00521558" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="206" w:lineRule="exact"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Agency v</w:t>
             </w:r>
             <w:r w:rsidR="00C97785">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">erification of consultant and subconsultant qualifications was performed for each proposal received. </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0069571A" w:rsidRPr="00062D49" w14:paraId="3EE82D22" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="755"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4799,71 +4902,85 @@
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>District Monitoring Responsibilities</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1058EF7C" w14:textId="0A95D341" w:rsidR="0069571A" w:rsidRPr="007674CA" w:rsidRDefault="00C11C3A" w:rsidP="0020230E">
+          <w:p w14:paraId="1058EF7C" w14:textId="07BC6087" w:rsidR="0069571A" w:rsidRPr="007674CA" w:rsidRDefault="00C11C3A" w:rsidP="0020230E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10418"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>District concurrence with the procurement package</w:t>
+              <w:t xml:space="preserve">District </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007674CA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>concurrence</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007674CA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with the procurement package</w:t>
             </w:r>
             <w:r w:rsidR="00B45A75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> (includes Checklist Items 1-</w:t>
             </w:r>
             <w:r w:rsidR="00B02E55">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00B45A75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="008D2880" w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>.  D</w:t>
             </w:r>
@@ -4886,83 +5003,83 @@
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text10"/>
             <w:r w:rsidR="0020230E" w:rsidRPr="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -4975,82 +5092,90 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="1E14C17E" w14:textId="77777777" w:rsidR="002516F0" w:rsidRPr="00FE359A" w:rsidRDefault="002516F0" w:rsidP="002516F0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t>Requirement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> No. 2</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Disadvantaged B</w:t>
+              <w:t>Disadvantaged</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B</w:t>
             </w:r>
             <w:r w:rsidR="003832E3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t>usiness Enterprise (DBE) and Bid Opportunity Reporting</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002516F0" w:rsidRPr="00062D49" w14:paraId="711214D2" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="193067FD" w14:textId="09029DFF" w:rsidR="002516F0" w:rsidRPr="00062D49" w:rsidRDefault="002516F0" w:rsidP="000453D3">
             <w:pPr>
               <w:spacing w:before="1" w:line="206" w:lineRule="exact"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00062D49">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">References: </w:t>
             </w:r>
             <w:r w:rsidRPr="002516F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
@@ -5242,151 +5367,165 @@
           </w:tcPr>
           <w:p w14:paraId="5DB5BA2B" w14:textId="77777777" w:rsidR="002516F0" w:rsidRPr="00E07CBC" w:rsidRDefault="002516F0" w:rsidP="002516F0">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Local Agency Compliance Documentation:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FB3E375" w14:textId="546B41A8" w:rsidR="002516F0" w:rsidRPr="00ED3064" w:rsidRDefault="000453D3" w:rsidP="39C3065E">
+          <w:p w14:paraId="1FB3E375" w14:textId="2CA68A7D" w:rsidR="002516F0" w:rsidRPr="00ED3064" w:rsidRDefault="000453D3" w:rsidP="39C3065E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>Provisions for compliance with the FDOT DBE Program Plan included in the RFP and contract.  Attaching FDOT Form #375-040-84 LAP Terms for Federal-Aid Contracts satisfies requirement.</w:t>
+              <w:t xml:space="preserve">Provisions for compliance with the FDOT DBE Program Plan included in the RFP and contract.  Attaching FDOT Form #375-040-84 LAP Terms for Federal-Aid Contracts satisfies </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="39C3065E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>requirement</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="39C3065E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00E31030" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> RFP </w:t>
             </w:r>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Page/Attachment </w:t>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B45A75" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">and/or </w:t>
             </w:r>
             <w:r w:rsidR="00E31030" w:rsidRPr="39C3065E">
               <w:rPr>
@@ -5402,95 +5541,95 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5329BF31" w14:textId="736A6EB2" w:rsidR="002516F0" w:rsidRPr="007C4375" w:rsidRDefault="000453D3" w:rsidP="000453D3">
+          <w:p w14:paraId="5329BF31" w14:textId="554B95F8" w:rsidR="002516F0" w:rsidRPr="007C4375" w:rsidRDefault="000453D3" w:rsidP="000453D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">FDOT currently has a race neutral program goal of </w:t>
             </w:r>
             <w:r w:rsidR="00401B81" w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
@@ -5577,69 +5716,69 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C5D0B3F" w14:textId="12747AEE" w:rsidR="00E31030" w:rsidRDefault="007C4375" w:rsidP="007674CA">
+          <w:p w14:paraId="4C5D0B3F" w14:textId="1CBC9629" w:rsidR="00E31030" w:rsidRDefault="007C4375" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="37A41CCC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide bid opportunity instructions to consultants in RFP.  </w:t>
             </w:r>
             <w:r w:rsidR="00E31030" w:rsidRPr="37A41CCC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Attach </w:t>
             </w:r>
             <w:r w:rsidRPr="37A41CCC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
@@ -5660,95 +5799,95 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="37A41CCC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="37A41CCC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="37A41CCC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C49E38D" w14:textId="1DF1C6E6" w:rsidR="00F016B0" w:rsidRPr="00E31030" w:rsidRDefault="00F016B0" w:rsidP="007674CA">
+          <w:p w14:paraId="6C49E38D" w14:textId="5BBEB89F" w:rsidR="00F016B0" w:rsidRPr="00E31030" w:rsidRDefault="00F016B0" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Local Agency has </w:t>
             </w:r>
             <w:r w:rsidRPr="00023E89">
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> required compliance with other DBE</w:t>
             </w:r>
             <w:r w:rsidR="00BD0570">
               <w:t>, SBE or MBE</w:t>
@@ -5756,51 +5895,51 @@
             <w:r>
               <w:t xml:space="preserve"> programs in addition to the Department’s. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B45A75" w:rsidRPr="00062D49" w14:paraId="7BE83FD9" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5928,75 +6067,83 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="751D9546" w14:textId="5DD5E222" w:rsidR="00FE359A" w:rsidRPr="00FE359A" w:rsidRDefault="00FE359A" w:rsidP="009A3275">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t>Requirement</w:t>
             </w:r>
             <w:r w:rsidR="003832E3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> No. 3</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:r w:rsidR="009A3275">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Compliance with State and Federal Contracting Requirements</w:t>
+              <w:t>Compliance</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009A3275">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with State and Federal Contracting Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE359A" w:rsidRPr="00062D49" w14:paraId="124FCD7A" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="629F3F64" w14:textId="32B16C95" w:rsidR="00FE359A" w:rsidRPr="00FE359A" w:rsidRDefault="008861EE" w:rsidP="00FE359A">
             <w:pPr>
               <w:spacing w:line="204" w:lineRule="exact"/>
               <w:ind w:left="53" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">References: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
@@ -6285,51 +6432,51 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="121E1D0C" w14:textId="02554402" w:rsidR="008861EE" w:rsidRPr="00670652" w:rsidRDefault="005A1D84" w:rsidP="008861EE">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670652">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Identify page numbers/locations for both the RFP and the contract documents as applicable.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BED91E7" w14:textId="2B1C1B9A" w:rsidR="00923D2B" w:rsidRPr="007B5A9B" w:rsidRDefault="00923D2B" w:rsidP="007B5A9B">
+          <w:p w14:paraId="5BED91E7" w14:textId="7299A342" w:rsidR="00923D2B" w:rsidRPr="007B5A9B" w:rsidRDefault="00923D2B" w:rsidP="007B5A9B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B5A9B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Insurance, Indemnification and Hold Harmless Clause required by </w:t>
             </w:r>
             <w:r w:rsidR="00B8521D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Florida Statutes and </w:t>
             </w:r>
@@ -6359,95 +6506,95 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F016B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="39C3065E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E941BE3" w14:textId="0918CBB2" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="008861EE">
+          <w:p w14:paraId="6E941BE3" w14:textId="5AC4C198" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="008861EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Public Entity Crimes Statement 287.133 F.S. provision. Page # </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6457,99 +6604,99 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45477614" w14:textId="3A915BBF" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="008861EE">
+          <w:p w14:paraId="45477614" w14:textId="4AAD8B47" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="008861EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Local Government Prompt Payment Act provisions per Ch. 218, Part VII. </w:t>
             </w:r>
             <w:r w:rsidR="00544ECB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">F.S. </w:t>
             </w:r>
@@ -6571,99 +6718,99 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6189ACD6" w14:textId="52CDA658" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="008861EE">
+          <w:p w14:paraId="6189ACD6" w14:textId="6966DEA1" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="008861EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Public Access to Public Records Language per Ch. 119 F.S. Page # </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6673,99 +6820,99 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E19BFEC" w14:textId="03EADBA2" w:rsidR="0036098D" w:rsidRPr="00023E89" w:rsidRDefault="008861EE" w:rsidP="008861EE">
+          <w:p w14:paraId="4E19BFEC" w14:textId="4D45660C" w:rsidR="0036098D" w:rsidRPr="00023E89" w:rsidRDefault="008861EE" w:rsidP="008861EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008861EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Records retention for a minimum of 5 years from date of final payment. Page # </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6775,99 +6922,99 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="660D0B95" w14:textId="4DEA8D85" w:rsidR="00A3229C" w:rsidRPr="00023E89" w:rsidRDefault="00A3229C" w:rsidP="008861EE">
+          <w:p w14:paraId="660D0B95" w14:textId="1BB3B2C6" w:rsidR="00A3229C" w:rsidRPr="00023E89" w:rsidRDefault="00A3229C" w:rsidP="008861EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="_Hlk14182461"/>
             <w:r w:rsidRPr="00023E89">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Cooperation with the Inspector General required by Section 20.055(5) F.S. &amp; LAP Agreement, 17.o. </w:t>
             </w:r>
             <w:r w:rsidRPr="007B5A9B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Page # </w:t>
@@ -6880,189 +7027,189 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F016B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="39C3065E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="8"/>
-          <w:p w14:paraId="0016CAB0" w14:textId="36D2222D" w:rsidR="00F016B0" w:rsidRPr="0059589A" w:rsidRDefault="00F016B0" w:rsidP="008861EE">
+          <w:p w14:paraId="0016CAB0" w14:textId="1BB709A8" w:rsidR="00F016B0" w:rsidRPr="0059589A" w:rsidRDefault="00F016B0" w:rsidP="008861EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Tangible assets are identified, if applicable.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">  No </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
@@ -7083,95 +7230,95 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="39C3065E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E5D7760" w14:textId="66B64326" w:rsidR="000D7D04" w:rsidRPr="008861EE" w:rsidRDefault="008E53E8" w:rsidP="008861EE">
+          <w:p w14:paraId="7E5D7760" w14:textId="3526FF40" w:rsidR="000D7D04" w:rsidRPr="008861EE" w:rsidRDefault="008E53E8" w:rsidP="008861EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Compliance with </w:t>
             </w:r>
             <w:r w:rsidR="000D7D04">
               <w:t xml:space="preserve">Human Trafficking Affidavit </w:t>
             </w:r>
             <w:r w:rsidR="00DB40D8">
               <w:t>require</w:t>
             </w:r>
             <w:r>
               <w:t>ment per</w:t>
             </w:r>
@@ -7199,51 +7346,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DB40D8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB40D8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00DB40D8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DB40D8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE359A" w:rsidRPr="00300AD5" w14:paraId="579A91B8" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7289,135 +7436,135 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="004BA1AE" w14:textId="36FAE717" w:rsidR="00F016B0" w:rsidRPr="00670652" w:rsidRDefault="00911C49" w:rsidP="00F016B0">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670652">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Include all provisions in the RFP and final contract.  Identify page numbers/locations for both the RFP and the contract documents as applicable.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DA682AD" w14:textId="20B398F3" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="007674CA">
+          <w:p w14:paraId="6DA682AD" w14:textId="16D2749A" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>FDOT Form #375-040-84 LAP Terms for Federal-Aid contracts incorporated</w:t>
             </w:r>
             <w:r w:rsidRPr="009A7D3C">
               <w:t xml:space="preserve">. Page # </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="27F016A4" w14:textId="16EBD4A4" w:rsidR="008861EE" w:rsidRPr="004D1CDC" w:rsidRDefault="008861EE" w:rsidP="008861EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
               </w:rPr>
@@ -7471,255 +7618,283 @@
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidRPr="00427EC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
               </w:rPr>
               <w:t>EEO</w:t>
             </w:r>
             <w:r w:rsidR="00A022ED">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
               </w:rPr>
               <w:t>; E-verify; copyrights and rights in data; and access to records by Federal, State and Local governments</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40A16BB8" w14:textId="72364288" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="008861EE">
+          <w:p w14:paraId="40A16BB8" w14:textId="1E5C1657" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="008861EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t xml:space="preserve">Termination provisions for cause and convenience including manner and basis for settlement. Page # </w:t>
+              <w:t xml:space="preserve">Termination provisions for cause and convenience </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>including</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> manner and basis for settlement. Page # </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BAE3907" w14:textId="64969A7D" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="008861EE">
+          <w:p w14:paraId="0BAE3907" w14:textId="023C63B8" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="008861EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t xml:space="preserve">Administrative, contractual, and legal remedies for breach or violation of contract terms and conditions, and provide for sanctions and penalties as may be appropriate. Page # </w:t>
+              <w:t xml:space="preserve">Administrative, contractual, and legal remedies for breach or violation of contract terms and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>conditions, and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> provide for sanctions and penalties as may be appropriate. Page # </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35CE8A73" w14:textId="37508065" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="008861EE">
+          <w:p w14:paraId="35CE8A73" w14:textId="25B38F12" w:rsidR="008861EE" w:rsidRDefault="008861EE" w:rsidP="008861EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Performance evaluation of the consultant and conditions thereof.  Page # </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -7729,99 +7904,99 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BB86B88" w14:textId="67349626" w:rsidR="008861EE" w:rsidRPr="007674CA" w:rsidRDefault="008861EE" w:rsidP="008861EE">
+          <w:p w14:paraId="1BB86B88" w14:textId="0B29C733" w:rsidR="008861EE" w:rsidRPr="007674CA" w:rsidRDefault="008861EE" w:rsidP="008861EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Exclusionary preference programs are </w:t>
             </w:r>
             <w:r w:rsidRPr="005C0E7A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t>not allowed</w:t>
@@ -7886,69 +8061,69 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C8726C1" w14:textId="771239EE" w:rsidR="004C6353" w:rsidRPr="007674CA" w:rsidRDefault="004C6353" w:rsidP="008861EE">
+          <w:p w14:paraId="2C8726C1" w14:textId="169F45E0" w:rsidR="004C6353" w:rsidRPr="007674CA" w:rsidRDefault="004C6353" w:rsidP="008861EE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Statement by the agency that a “d</w:t>
             </w:r>
             <w:r w:rsidR="008861EE" w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>etermination of allowable costs in accordance with the Federal cost principles</w:t>
             </w:r>
@@ -7976,99 +8151,99 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="679844F6" w14:textId="2AEFEB7A" w:rsidR="00A5227A" w:rsidRPr="008861EE" w:rsidRDefault="008861EE" w:rsidP="007674CA">
+          <w:p w14:paraId="679844F6" w14:textId="2E2091B6" w:rsidR="00A5227A" w:rsidRPr="008861EE" w:rsidRDefault="008861EE" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C0E7A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Contracting agency requirements pertaining to consultant errors and omissions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">.  Page# </w:t>
             </w:r>
@@ -8084,83 +8259,83 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E44A0A" w:rsidRPr="00E07CBC" w14:paraId="77C107C7" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
@@ -8207,111 +8382,140 @@
           </w:p>
           <w:p w14:paraId="5D3FE856" w14:textId="1D89DD9D" w:rsidR="00E44A0A" w:rsidRPr="007674CA" w:rsidRDefault="00E44A0A" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>state and federal requirements are incorporated in both the RFP and contract documents.  The agency may attach their boilerplate contract to the RFP to meet the requirements.  Conversely, the RFP may be included as an attachment to the final contract in order to meet the requirement.</w:t>
+              <w:t xml:space="preserve">state and federal requirements are incorporated in both the RFP and contract documents.  The agency may attach their boilerplate contract to the RFP to meet the requirements.  Conversely, the RFP may be included as an attachment to the final contract </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>in order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> meet the requirement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C76970" w:rsidRPr="00E07CBC" w14:paraId="6B8F4CD7" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7DA9863A" w14:textId="77777777" w:rsidR="00C76970" w:rsidRPr="00FE359A" w:rsidRDefault="00C76970" w:rsidP="00C76970">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t>Requirement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> No. 4:</w:t>
+              <w:t xml:space="preserve"> No. 4</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Truth In Negotiation Certification</w:t>
+              <w:t>Truth</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> In Negotiation Certification</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C76970" w:rsidRPr="00E07CBC" w14:paraId="1E5027AE" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7383B1FD" w14:textId="5DCC44E7" w:rsidR="00C76970" w:rsidRPr="00FE359A" w:rsidRDefault="00C76970" w:rsidP="00C76970">
             <w:pPr>
               <w:spacing w:line="204" w:lineRule="exact"/>
               <w:ind w:left="53" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">References: </w:t>
             </w:r>
             <w:r w:rsidRPr="00C76970">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
@@ -8379,228 +8583,256 @@
           </w:tcPr>
           <w:p w14:paraId="040EFFED" w14:textId="77777777" w:rsidR="00C76970" w:rsidRPr="00E07CBC" w:rsidRDefault="00C76970" w:rsidP="00C76970">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Local Agency Compliance Documentation:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E7CE609" w14:textId="165D2EB4" w:rsidR="00C76970" w:rsidRPr="00C76970" w:rsidRDefault="00C76970" w:rsidP="00C76970">
+          <w:p w14:paraId="4E7CE609" w14:textId="538B75D8" w:rsidR="00C76970" w:rsidRPr="00C76970" w:rsidRDefault="00C76970" w:rsidP="00C76970">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76970">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applicable to lump sum and cost plus fixed fee contracts above $195,000. </w:t>
+              <w:t xml:space="preserve">Applicable to lump sum and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C76970">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>cost plus</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C76970">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fixed fee contracts above $195,000. </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0018576F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">    or   N/A </w:t>
             </w:r>
             <w:r w:rsidR="0018576F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0018576F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0018576F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0018576F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2891D74A" w14:textId="095B4385" w:rsidR="00C76970" w:rsidRDefault="005E3E5C" w:rsidP="00C76970">
+          <w:p w14:paraId="2891D74A" w14:textId="0C1A21D4" w:rsidR="00C76970" w:rsidRDefault="005E3E5C" w:rsidP="00C76970">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Provision and </w:t>
             </w:r>
             <w:r w:rsidR="00C76970">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">FDOT </w:t>
             </w:r>
             <w:r w:rsidR="001962DC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Truth-in-Negotiations </w:t>
             </w:r>
             <w:r w:rsidR="00C76970">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Form</w:t>
             </w:r>
             <w:r w:rsidR="001962DC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>, Form No.</w:t>
+              <w:t xml:space="preserve">, Form </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001962DC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>No.</w:t>
             </w:r>
             <w:r w:rsidR="00C76970">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t xml:space="preserve"> #375-030-30 or equivalent included in RFP and contract. </w:t>
+              <w:t xml:space="preserve"> #</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00C76970">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve">375-030-30 or equivalent included in RFP and contract. </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00C76970">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
@@ -8619,99 +8851,99 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DFCFA8F" w14:textId="06129E04" w:rsidR="005E3E5C" w:rsidRPr="00C76970" w:rsidRDefault="005E3E5C" w:rsidP="00C76970">
+          <w:p w14:paraId="7DFCFA8F" w14:textId="7E964D54" w:rsidR="005E3E5C" w:rsidRPr="00C76970" w:rsidRDefault="005E3E5C" w:rsidP="00C76970">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Upload executed form to </w:t>
             </w:r>
             <w:r w:rsidR="00CD154E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">GAP </w:t>
             </w:r>
@@ -8727,51 +8959,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -8860,77 +9092,92 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="4A349D3E" w14:textId="77777777" w:rsidR="00C76970" w:rsidRPr="00FE359A" w:rsidRDefault="00C76970" w:rsidP="00C76970">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t>Requirement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> No. 5:</w:t>
+              <w:t xml:space="preserve"> No. 5</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Conflict of Interest/Confidentiality Certification</w:t>
+              <w:t>Conflict</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of Interest/Confidentiality Certification</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C76970" w:rsidRPr="00FE359A" w14:paraId="74128BCA" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77AAF1FE" w14:textId="3B19CFF0" w:rsidR="00C76970" w:rsidRPr="00FE359A" w:rsidRDefault="00C76970" w:rsidP="00C327CE">
             <w:pPr>
               <w:ind w:left="53" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">References: </w:t>
             </w:r>
             <w:r w:rsidRPr="00C76970">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
@@ -9096,51 +9343,51 @@
           </w:tcPr>
           <w:p w14:paraId="0689C198" w14:textId="77777777" w:rsidR="00C76970" w:rsidRPr="00E07CBC" w:rsidRDefault="00C76970" w:rsidP="001B2F51">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Local Agency Compliance Documentation:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B8E9BD5" w14:textId="2988A9B7" w:rsidR="00A32943" w:rsidRDefault="000573C4" w:rsidP="00C76970">
+          <w:p w14:paraId="7B8E9BD5" w14:textId="34181908" w:rsidR="00A32943" w:rsidRDefault="000573C4" w:rsidP="00C76970">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="9" w:name="_Hlk501020769"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Include a</w:t>
             </w:r>
             <w:r w:rsidR="003E5E83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>gency</w:t>
@@ -9193,100 +9440,100 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="9"/>
-          <w:p w14:paraId="5EE6F8CB" w14:textId="640A3A8D" w:rsidR="003E5E83" w:rsidRDefault="003E5E83" w:rsidP="00C76970">
+          <w:p w14:paraId="5EE6F8CB" w14:textId="24AB87FF" w:rsidR="003E5E83" w:rsidRDefault="003E5E83" w:rsidP="00C76970">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Include provision required in the LAP Agreement, 14.f. Page# </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -9296,99 +9543,99 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CD69058" w14:textId="4AF36444" w:rsidR="005E3E5C" w:rsidRPr="00663B8D" w:rsidRDefault="005E3E5C" w:rsidP="00663B8D">
+          <w:p w14:paraId="4CD69058" w14:textId="0E093237" w:rsidR="005E3E5C" w:rsidRPr="00663B8D" w:rsidRDefault="005E3E5C" w:rsidP="00663B8D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify all members of the local agency selection committee execute form prior to evaluating firms. </w:t>
             </w:r>
             <w:r w:rsidR="0018576F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
@@ -9422,51 +9669,51 @@
               </w:rPr>
               <w:t xml:space="preserve">to GAP </w:t>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00321AD1">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F77FC" w:rsidRPr="00C76970" w14:paraId="3763BB2E" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9561,77 +9808,92 @@
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7CAFF806" w14:textId="77777777" w:rsidR="00872DEB" w:rsidRPr="00FE359A" w:rsidRDefault="00872DEB" w:rsidP="00663B8D">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Requirement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> No. 6:</w:t>
+              <w:t xml:space="preserve"> No. 6</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Certification Regarding Debarment, Suspension, Ineligibility and Voluntary Exclusion for Federal-Aid Contracts</w:t>
+              <w:t>Certification</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Regarding Debarment, Suspension, Ineligibility and Voluntary Exclusion for Federal-Aid Contracts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00872DEB" w:rsidRPr="00FE359A" w14:paraId="4C0AF654" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="580C41A8" w14:textId="1DBBC227" w:rsidR="00872DEB" w:rsidRPr="00872DEB" w:rsidRDefault="00872DEB" w:rsidP="00663B8D">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:ind w:left="53" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">References: </w:t>
             </w:r>
             <w:r w:rsidRPr="00872DEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -9761,51 +10023,71 @@
             <w:r w:rsidR="00D642E2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00872DEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>23 CFR 630.112(c)(4)</w:t>
+              <w:t xml:space="preserve">23 CFR </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00872DEB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>630.112(c)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00872DEB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(4)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="693FB4E0" w14:textId="10BE54E9" w:rsidR="00872DEB" w:rsidRPr="00FE359A" w:rsidRDefault="00872DEB" w:rsidP="00663B8D">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:ind w:left="53" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00872DEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Federal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9881,51 +10163,51 @@
           </w:tcPr>
           <w:p w14:paraId="5B98BF25" w14:textId="77777777" w:rsidR="00872DEB" w:rsidRPr="00E07CBC" w:rsidRDefault="00872DEB" w:rsidP="001B2F51">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Local Agency Compliance Documentation:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DE9C4FD" w14:textId="0403AB02" w:rsidR="00872DEB" w:rsidRDefault="00872DEB" w:rsidP="00872DEB">
+          <w:p w14:paraId="0DE9C4FD" w14:textId="2DFDA282" w:rsidR="00872DEB" w:rsidRDefault="00872DEB" w:rsidP="00872DEB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Provision</w:t>
             </w:r>
             <w:r w:rsidR="00D34F8E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> (included in FDOT Form</w:t>
             </w:r>
@@ -9959,51 +10241,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Form #375-030-32 included in RFP and contract. </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Page/Attachment # </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
@@ -10016,249 +10298,257 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C36C984" w14:textId="4E105E03" w:rsidR="00872DEB" w:rsidRPr="005E3E5C" w:rsidRDefault="00872DEB" w:rsidP="00872DEB">
+          <w:p w14:paraId="5C36C984" w14:textId="7C69D982" w:rsidR="00872DEB" w:rsidRPr="005E3E5C" w:rsidRDefault="00872DEB" w:rsidP="00872DEB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify responsive firms execute and submit form with proposal. </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CDDC237" w14:textId="68D23A0C" w:rsidR="00872DEB" w:rsidRDefault="00872DEB" w:rsidP="00872DEB">
+          <w:p w14:paraId="3CDDC237" w14:textId="0490514C" w:rsidR="00872DEB" w:rsidRDefault="00872DEB" w:rsidP="00872DEB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00A52E8A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>consultant and subconsultant firms</w:t>
+              <w:t>consultant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00A52E8A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and subconsultant firms</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> utilizing the state and federal weblinks. Provide proof of verification to District. May use FDOT </w:t>
             </w:r>
             <w:r w:rsidR="009F6327">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Vendor Eligibility Check Prior to Contract Award Form, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Form No. 375-030-91.   </w:t>
             </w:r>
             <w:r w:rsidR="00E05B8C" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Uploaded to GAP </w:t>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22709C16" w14:textId="66FA2B05" w:rsidR="00872DEB" w:rsidRPr="00C76970" w:rsidRDefault="00872DEB" w:rsidP="00872DEB">
+          <w:p w14:paraId="22709C16" w14:textId="15853B1C" w:rsidR="00872DEB" w:rsidRPr="00C76970" w:rsidRDefault="00872DEB" w:rsidP="00872DEB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Upload executed form to </w:t>
             </w:r>
             <w:r w:rsidR="00CD154E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">GAP </w:t>
             </w:r>
@@ -10268,51 +10558,51 @@
               </w:rPr>
               <w:t xml:space="preserve">with final contract package. </w:t>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -10433,106 +10723,132 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="653BBFC7" w14:textId="77777777" w:rsidR="002E658E" w:rsidRPr="00FE359A" w:rsidRDefault="002E658E" w:rsidP="002E658E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t>Requirement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> No. 7:</w:t>
+              <w:t xml:space="preserve"> No. 7</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Certification for Disclosure of Lobbying Activities on Federal-Aid Contracts</w:t>
+              <w:t>Certification</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for Disclosure of Lobbying Activities on Federal-Aid Contracts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002E658E" w:rsidRPr="00FE359A" w14:paraId="181EFA9B" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="683A1AB2" w14:textId="4C001A61" w:rsidR="002E658E" w:rsidRPr="00FE359A" w:rsidRDefault="002E658E" w:rsidP="002E658E">
             <w:pPr>
               <w:ind w:left="53" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">References: </w:t>
             </w:r>
             <w:r w:rsidRPr="00872DEB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>FDOT Topic 375-030-002-I 1)]</w:t>
-            </w:r>
+              <w:t xml:space="preserve">FDOT Topic 375-030-002-I </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00872DEB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1)]</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidRPr="002E658E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LP Manual Ch 1</w:t>
             </w:r>
             <w:r w:rsidR="00C53F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10624,51 +10940,51 @@
           </w:tcPr>
           <w:p w14:paraId="7780BAE9" w14:textId="77777777" w:rsidR="002E658E" w:rsidRPr="00E07CBC" w:rsidRDefault="002E658E" w:rsidP="001B2F51">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Local Agency Compliance Documentation:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="208F7C1A" w14:textId="1963E3C0" w:rsidR="002E658E" w:rsidRDefault="002E658E" w:rsidP="002E658E">
+          <w:p w14:paraId="208F7C1A" w14:textId="3877213B" w:rsidR="002E658E" w:rsidRDefault="002E658E" w:rsidP="002E658E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Provision and FDOT </w:t>
             </w:r>
             <w:r w:rsidR="00242184">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Certification for Disclosure of Lobbying Form, </w:t>
             </w:r>
@@ -10714,51 +11030,51 @@
               </w:rPr>
               <w:t xml:space="preserve">375-030-34 included in RFP and contract. </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
@@ -10777,180 +11093,194 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B98A3DF" w14:textId="2FF206C6" w:rsidR="002E658E" w:rsidRPr="002E658E" w:rsidRDefault="002E658E" w:rsidP="002E658E">
+          <w:p w14:paraId="3B98A3DF" w14:textId="0E505134" w:rsidR="002E658E" w:rsidRPr="002E658E" w:rsidRDefault="002E658E" w:rsidP="002E658E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify responsive firms execute and submit form(s) with proposal. </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="69D38537" w14:textId="77777777" w:rsidR="002E658E" w:rsidRPr="002E658E" w:rsidRDefault="002E658E" w:rsidP="001B2F51">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E658E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>Standard Form-LLL, Disclosure of Lobbying Activities (FDOT Form No. 375-030-34) is only executed by the firm as needed.</w:t>
+              <w:t xml:space="preserve">Standard Form-LLL, Disclosure of Lobbying Activities (FDOT Form No. 375-030-34) is only </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002E658E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>executed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002E658E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by the firm as needed.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72AA7BB3" w14:textId="13BBC1AD" w:rsidR="002E658E" w:rsidRPr="00C76970" w:rsidRDefault="002E658E" w:rsidP="002E658E">
+          <w:p w14:paraId="72AA7BB3" w14:textId="77AC7DD2" w:rsidR="002E658E" w:rsidRPr="00C76970" w:rsidRDefault="002E658E" w:rsidP="002E658E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Upload executed form(s) to </w:t>
             </w:r>
             <w:r w:rsidR="00CD154E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">GAP </w:t>
             </w:r>
@@ -10960,51 +11290,51 @@
               </w:rPr>
               <w:t xml:space="preserve">with final contract package. </w:t>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -11093,51 +11423,50 @@
           <w:p w14:paraId="66B7ADB7" w14:textId="6C6D9A03" w:rsidR="00B76D38" w:rsidRPr="00FE359A" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t>Requirement No. 8: Evaluation Criteria and Shortlist</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B76D38" w:rsidRPr="00FE359A" w14:paraId="68916097" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34778761" w14:textId="22B1A155" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">References: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11259,114 +11588,115 @@
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="69F8176B" w14:textId="77777777" w:rsidR="00B76D38" w:rsidRPr="00E07CBC" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Local Agency Compliance Documentation:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DA7504A" w14:textId="5135CEE4" w:rsidR="00B76D38" w:rsidRPr="0036098D" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="6DA7504A" w14:textId="256F94DD" w:rsidR="00B76D38" w:rsidRPr="0036098D" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">A minimum of three (3) responses were received. </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46C020B7" w14:textId="22EB7205" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="46C020B7" w14:textId="7DDB9026" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036098D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>If three (3) responses were not received</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
@@ -11382,69 +11712,69 @@
               </w:rPr>
               <w:t xml:space="preserve">solicitation period extended? </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53B3F3CE" w14:textId="3EB3A2A3" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="53B3F3CE" w14:textId="10234D7B" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">If three (3) responses were not received, was the </w:t>
             </w:r>
             <w:r w:rsidRPr="0036098D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>project re</w:t>
             </w:r>
@@ -11472,69 +11802,69 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="399D122F" w14:textId="363B399B" w:rsidR="00B76D38" w:rsidRPr="0036098D" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="399D122F" w14:textId="45DEA475" w:rsidR="00B76D38" w:rsidRPr="0036098D" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">If three (3) responses were not received, was a justification prepared and submitted to the State Local Program Administrator for approval to move forward? </w:t>
             </w:r>
             <w:r w:rsidR="00196386" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Uploaded to GAP</w:t>
             </w:r>
@@ -11544,69 +11874,69 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E6E1381" w14:textId="556CD797" w:rsidR="00B76D38" w:rsidRPr="00D042EC" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="3E6E1381" w14:textId="6EC5FA83" w:rsidR="00B76D38" w:rsidRPr="00D042EC" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008861EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Evaluate and score a minimum of three (3) shortlisted firms.  Number of responses received: </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -11617,83 +11947,83 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008861EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of firms disqualified: </w:t>
@@ -11710,83 +12040,83 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008861EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of responses evaluated: </w:t>
@@ -11803,322 +12133,321 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B76D38" w:rsidRPr="00FE359A" w14:paraId="58F74B2B" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="220B8A03" w14:textId="5568510F" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Evaluation criteria </w:t>
             </w:r>
             <w:r w:rsidRPr="00403FD9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>shall not</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> include the following factors:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FBA6351" w14:textId="25A694E5" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="2FBA6351" w14:textId="1160FF50" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Price or cost elements. </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C80E62E" w14:textId="6E9BC5E0" w:rsidR="00B76D38" w:rsidRPr="00ED3064" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="1C80E62E" w14:textId="20681E03" w:rsidR="00B76D38" w:rsidRPr="00ED3064" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">In-state or local business preference.  </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="180B3EB1" w14:textId="3522152C" w:rsidR="00B76D38" w:rsidRPr="00ED3064" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="180B3EB1" w14:textId="1860FB16" w:rsidR="00B76D38" w:rsidRPr="00ED3064" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Preference for consultant office location in proximity to the agency offices or jurisdictional boundaries. </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0270C6D3" w14:textId="5C048B56" w:rsidR="00B76D38" w:rsidRPr="00A140B2" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="0270C6D3" w14:textId="547B6966" w:rsidR="00B76D38" w:rsidRPr="00A140B2" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Preference for consultant office location in proximity to the project (unless approved by FHWA).  FHWA Approval </w:t>
             </w:r>
             <w:r w:rsidR="00A140B2" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
             <w:r w:rsidR="00B11156" w:rsidRPr="007226B9">
@@ -12139,589 +12468,631 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B883ACF" w14:textId="18B294BF" w:rsidR="00B76D38" w:rsidRPr="00ED3064" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="3B883ACF" w14:textId="6CC38C7F" w:rsidR="00B76D38" w:rsidRPr="00ED3064" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Purchasing or materials preferences.  </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7444ECD7" w14:textId="44A89902" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="7444ECD7" w14:textId="6AA45F76" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Disadvantaged, Minority or Small Business Enterprise requirements. </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="133EFC8E" w14:textId="688116C3" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="133EFC8E" w14:textId="746187C2" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Hiring preferences (e.g. homeless, welfare-to-work, veterans).  </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="726B7E38" w14:textId="0114C273" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="726B7E38" w14:textId="5125DBB8" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Exclusionary business preferences.  </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20D611BF" w14:textId="5180AE14" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="20D611BF" w14:textId="0A0C3A4E" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Equal distribution or rotating of work.  </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21E7E98B" w14:textId="1B4957CA" w:rsidR="00B76D38" w:rsidRPr="008861EE" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="21E7E98B" w14:textId="44C3401A" w:rsidR="00B76D38" w:rsidRPr="008861EE" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008861EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Any other </w:t>
             </w:r>
             <w:r w:rsidRPr="008861EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>non</w:t>
             </w:r>
             <w:r w:rsidRPr="008861EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t xml:space="preserve">-qualifications based factor.  </w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008861EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>qualifications based</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008861EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> factor.  </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B76D38" w:rsidRPr="00FE359A" w14:paraId="39E97239" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="2015"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="539AAED8" w14:textId="5A2CF9C2" w:rsidR="00B76D38" w:rsidRPr="000453D3" w:rsidRDefault="00B76D38" w:rsidP="00F14586">
+          <w:p w14:paraId="539AAED8" w14:textId="4FD807E8" w:rsidR="00B76D38" w:rsidRPr="000453D3" w:rsidRDefault="00B76D38" w:rsidP="00F14586">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="1" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>Raw, individual, and summary score sheets for the written technical evaluation submitted to the District for review</w:t>
+              <w:t xml:space="preserve">Raw, individual, and summary score sheets for the written technical evaluation submitted to the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>District</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for review</w:t>
             </w:r>
             <w:r w:rsidR="00607018">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00607018" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>U</w:t>
             </w:r>
             <w:r w:rsidR="00B11156" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">ploaded to GAP </w:t>
             </w:r>
             <w:r w:rsidR="00A140B2" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A140B2" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2" w:rsidRPr="007226B9">
+            <w:r w:rsidR="00E0338C" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A140B2" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A140B2" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7032890E" w14:textId="7D09D4DE" w:rsidR="00B76D38" w:rsidRPr="00A140B2" w:rsidRDefault="00E42CB7" w:rsidP="39C3065E">
+          <w:p w14:paraId="7032890E" w14:textId="7501ABC4" w:rsidR="00B76D38" w:rsidRPr="00A140B2" w:rsidRDefault="00E42CB7" w:rsidP="39C3065E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="1" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>As applicable, r</w:t>
             </w:r>
             <w:r w:rsidR="00B76D38" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>aw, individual, and summary score sheets for discussion, presentations, or interviews submitted to the District for review</w:t>
+              <w:t xml:space="preserve">aw, individual, and summary score sheets for discussion, presentations, or interviews submitted to the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00B76D38" w:rsidRPr="39C3065E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>District</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00B76D38" w:rsidRPr="39C3065E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for review</w:t>
             </w:r>
             <w:r w:rsidR="00607018">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00607018" w:rsidRPr="00A140B2">
               <w:t>U</w:t>
             </w:r>
             <w:r w:rsidR="00B11156" w:rsidRPr="00A140B2">
               <w:t xml:space="preserve">ploaded to GAP </w:t>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DC0D033" w14:textId="77777777" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00F14586">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="1" w:after="0" w:line="276" w:lineRule="auto"/>
@@ -12732,109 +13103,124 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Selection committee meetings were recorded or minutes taken as applicable. </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 </w:rPr>
                 <w:id w:val="-1367362744"/>
                 <w:placeholder>
                   <w:docPart w:val="37A615E5288741FC9F6A104A64D1A3FD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Recordings" w:value="Recordings"/>
                   <w:listItem w:displayText="Minutes" w:value="Minutes"/>
                   <w:listItem w:displayText="Meetings Not Held" w:value="Meetings Not Held"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00914B96">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="7F5541CD" w14:textId="71A63814" w:rsidR="00B76D38" w:rsidRPr="00D042EC" w:rsidRDefault="00B76D38" w:rsidP="00F14586">
+          <w:p w14:paraId="7F5541CD" w14:textId="6FA26AB3" w:rsidR="00B76D38" w:rsidRPr="00D042EC" w:rsidRDefault="00B76D38" w:rsidP="00F14586">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="1" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t xml:space="preserve">If requested by the District, provide meeting minutes for review. </w:t>
+              <w:t xml:space="preserve">If requested by the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>District</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, provide meeting minutes for review. </w:t>
             </w:r>
             <w:r w:rsidR="00B11156" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Uploaded to GAP </w:t>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD2939" w:rsidRPr="00FE359A" w14:paraId="61FBCBC0" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="1169"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12918,51 +13304,51 @@
               </w:rPr>
               <w:t>, unless they received pre-approval to move forward from FHWA.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1735C0AE" w14:textId="77777777" w:rsidR="003904C9" w:rsidRDefault="003904C9" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="792" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Review agency’s meeting minutes or recordings of selection committee meeting minutes as needed.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7501D2AA" w14:textId="14789B42" w:rsidR="003904C9" w:rsidRDefault="00EA4C2C" w:rsidP="007674CA">
+          <w:p w14:paraId="7501D2AA" w14:textId="7400C652" w:rsidR="003904C9" w:rsidRDefault="00EA4C2C" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="792" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Provide District</w:t>
             </w:r>
             <w:r w:rsidR="003904C9" w:rsidRPr="008861EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> concurrence to proceed to negotiations </w:t>
             </w:r>
@@ -13002,144 +13388,153 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B76D38" w:rsidRPr="0036098D" w14:paraId="2087121C" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="56B95F3A" w14:textId="04554B43" w:rsidR="00B76D38" w:rsidRPr="00453A0C" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t>Requirement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> No. 9</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Independent Staff Hour Estimates</w:t>
+              <w:t>Independent</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Staff Hour Estimates</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B76D38" w:rsidRPr="0036098D" w14:paraId="08F45C79" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08503B01" w14:textId="21C44724" w:rsidR="00B76D38" w:rsidRPr="00453A0C" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:spacing w:line="204" w:lineRule="exact"/>
               <w:ind w:left="53" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00453A0C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
@@ -13407,155 +13802,164 @@
           </w:tcPr>
           <w:p w14:paraId="6C04212F" w14:textId="4B72B510" w:rsidR="00B76D38" w:rsidRPr="00E07CBC" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Local Agency Compliance Documentation:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48CEFF66" w14:textId="0B09E3B0" w:rsidR="00B76D38" w:rsidRPr="00A140B2" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="48CEFF66" w14:textId="03E649F2" w:rsidR="00B76D38" w:rsidRPr="00A140B2" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Submit agency independent staff hour estimate prior to negotiations. </w:t>
             </w:r>
             <w:r w:rsidR="00E05B8C" w:rsidRPr="007226B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Uploaded to GAP </w:t>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A140B2">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CFAEDDB" w14:textId="77777777" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>Estimate must be prepared by local agency staff.</w:t>
+              <w:t>Estimate</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> must be prepared by local agency staff.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6422D775" w14:textId="6AF48F0A" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Estimate must be submitted for Department review prior to review of the highest qualified consultant’s cost proposal.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43205BE8" w14:textId="73371991" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Estimate must include appropriate breakdown of the work or labor hours, job classifications, direct </w:t>
             </w:r>
             <w:r w:rsidR="008C2B5F">
               <w:rPr>
@@ -13606,64 +14010,65 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="274AC5E5" w14:textId="77777777" w:rsidR="00EA4C2C" w:rsidRPr="00E07CBC" w:rsidRDefault="00EA4C2C" w:rsidP="00EA4C2C">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>District Monitoring Responsibilities</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78098783" w14:textId="0EF7A0A7" w:rsidR="00EA4C2C" w:rsidRPr="007674CA" w:rsidRDefault="00EA4C2C" w:rsidP="007674CA">
+          <w:p w14:paraId="78098783" w14:textId="117E2594" w:rsidR="00EA4C2C" w:rsidRPr="007674CA" w:rsidRDefault="00EA4C2C" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="48"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Provide concurrence with the agency’s independent staff hour estimate prior to the start of negotiations between the agency and the consultant</w:t>
             </w:r>
             <w:r w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
@@ -13691,126 +14096,125 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C956A3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00C956A3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C956A3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C956A3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B76D38" w:rsidRPr="00453A0C" w14:paraId="77767A25" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="210FD54C" w14:textId="603B862A" w:rsidR="00B76D38" w:rsidRPr="00453A0C" w:rsidRDefault="37A41CCC" w:rsidP="00663B8D">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="37A41CCC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Requirement No. 10:  Negotiations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B76D38" w:rsidRPr="00453A0C" w14:paraId="777B742D" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1738C21C" w14:textId="36732633" w:rsidR="00B76D38" w:rsidRPr="00453A0C" w:rsidRDefault="00B76D38" w:rsidP="00663B8D">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="30"/>
               <w:ind w:left="100" w:right="139"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
@@ -14361,51 +14765,51 @@
               </w:rPr>
               <w:t>Local Agency Compliance Documentation:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74B50294" w14:textId="724A2D22" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Use all resources available to conduct effective negotiations, including but not limited to, the refined scope of work, the evaluation factors and their relative importance, and the agency’s independent estimate.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E6A4429" w14:textId="03120D91" w:rsidR="00B76D38" w:rsidRDefault="00465C19" w:rsidP="00B76D38">
+          <w:p w14:paraId="2E6A4429" w14:textId="1C5E87E1" w:rsidR="00B76D38" w:rsidRDefault="00465C19" w:rsidP="00B76D38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Request consultant audit package to verify costs.  </w:t>
             </w:r>
             <w:r w:rsidR="00B76D38">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
@@ -14445,83 +14849,83 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="62931E73" w14:textId="0980ADD6" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
@@ -14583,51 +14987,51 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Indirect cost rates or multipliers</w:t>
             </w:r>
             <w:r w:rsidR="007B5A9B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A09E9C7" w14:textId="00F328C3" w:rsidR="00B76D38" w:rsidRPr="00B6078A" w:rsidRDefault="00B76D38" w:rsidP="00B230A0">
+          <w:p w14:paraId="4A09E9C7" w14:textId="29ED342D" w:rsidR="00B76D38" w:rsidRPr="00B6078A" w:rsidRDefault="00B76D38" w:rsidP="00B230A0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Perform a </w:t>
             </w:r>
             <w:r w:rsidR="00F522C0" w:rsidRPr="00F522C0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>determination of allowable costs in accordance with the Federal cost principles</w:t>
             </w:r>
@@ -14685,132 +15089,159 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007B5A9B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="007B5A9B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="007B5A9B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007B5A9B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B76D38" w:rsidRPr="00453A0C" w14:paraId="28BAB1E2" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3991C837" w14:textId="75168D18" w:rsidR="00B76D38" w:rsidRPr="007674CA" w:rsidRDefault="00B76D38" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:ind w:right="377"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">If negotiations falter, </w:t>
             </w:r>
             <w:r w:rsidR="007B5937">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t xml:space="preserve">notify the District LP Team.  Upon concurrence from the District, </w:t>
+              <w:t xml:space="preserve">notify the District LP Team.  Upon </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="007B5937">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>concurrence</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007B5937">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="007B5937">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>District</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007B5937">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>terminate negotiations and undertake negotiations with the next most qualified consultant firm based on the original order of final rankings as determined by the selection process.</w:t>
             </w:r>
             <w:r w:rsidR="007B5937">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B76D38" w:rsidRPr="00453A0C" w14:paraId="17A07915" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
@@ -17499,155 +17930,183 @@
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>District Monitoring Responsibilities</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7461B3D4" w14:textId="4E8EB06F" w:rsidR="007B5937" w:rsidRPr="007674CA" w:rsidRDefault="007B5937" w:rsidP="007674CA">
+          <w:p w14:paraId="7461B3D4" w14:textId="2F671A7E" w:rsidR="007B5937" w:rsidRPr="007674CA" w:rsidRDefault="007B5937" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="51"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t xml:space="preserve">Provide concurrence </w:t>
+              <w:t xml:space="preserve">Provide </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007674CA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>concurrence</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007674CA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>if negotiations falter and agency moves to next most qualified consultant</w:t>
+              <w:t xml:space="preserve">if negotiations falter and agency </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>moves</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to next most qualified consultant</w:t>
             </w:r>
             <w:r w:rsidR="00372FD3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>, as applicable</w:t>
             </w:r>
             <w:r w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">.  Date: </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="723F2C4F" w14:textId="0EE0D491" w:rsidR="007B5937" w:rsidRPr="007674CA" w:rsidRDefault="007B5937" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="51"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
@@ -17749,61 +18208,84 @@
       <w:tr w:rsidR="00B76D38" w:rsidRPr="00453A0C" w14:paraId="65FE0277" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B23C309" w14:textId="382E41CE" w:rsidR="00B76D38" w:rsidRPr="004E1105" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E1105">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">References: </w:t>
             </w:r>
             <w:r w:rsidRPr="004E1105">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">23 USC 112(b)(2)(C)-(D); 23 CFR 172.11(b)(1); FDOT prequalified consultants include their letter of approved overhead rates at negotiation. </w:t>
+              <w:t>23 USC 112(b)(2)(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E1105">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C)-(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E1105">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D); 23 CFR 172.11(b)(1); FDOT prequalified consultants include their letter of approved overhead rates at negotiation. </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED3064">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Agency must protect confidentiality of consultant’s cost data in compliance with 23 USC 112(b)(2)(E) and 23 CFR 172.11(d).  </w:t>
             </w:r>
             <w:r w:rsidRPr="004E1105">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DO NOT SHARE, TRANSMIT or UPLOAD CONFIDENTIAL COST DATA via non-secure methods.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B76D38" w:rsidRPr="00B6078A" w14:paraId="128C28D2" w14:textId="77777777" w:rsidTr="39C3065E">
@@ -17817,51 +18299,51 @@
           </w:tcPr>
           <w:p w14:paraId="5CB17309" w14:textId="77777777" w:rsidR="00B76D38" w:rsidRPr="00E07CBC" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Local Agency Compliance Documentation:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E96F803" w14:textId="1B386223" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="003B2C06">
+          <w:p w14:paraId="1E96F803" w14:textId="495E0FDB" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="003B2C06">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify that consultant indirect rates </w:t>
             </w:r>
             <w:r w:rsidR="003B2C06">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">or direct salary multipliers </w:t>
             </w:r>
@@ -17889,176 +18371,176 @@
               </w:rPr>
               <w:t xml:space="preserve">.7.2. </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003B2C06">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="003B2C06">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Any limitation on direct salary multipliers would have the effect of creating an administrative or de facto ceiling on the indirect cost rate, which is not in accordance with Federal-Aid Highway Program requirements.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="227C8EFA" w14:textId="302873A3" w:rsidR="003B2C06" w:rsidRDefault="003B2C06" w:rsidP="000C7292">
+          <w:p w14:paraId="227C8EFA" w14:textId="27A1628C" w:rsidR="003B2C06" w:rsidRDefault="003B2C06" w:rsidP="000C7292">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="55"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1420" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Overhead rates</w:t>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> for home or field office were accepted as evidenced by the consultant and subconsultant audit package.  Yes  </w:t>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">   No  </w:t>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
@@ -18077,193 +18559,192 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48DABBFC" w14:textId="0A63A847" w:rsidR="00044862" w:rsidRDefault="003B2C06" w:rsidP="00044862">
+          <w:p w14:paraId="48DABBFC" w14:textId="656F33D7" w:rsidR="00044862" w:rsidRDefault="003B2C06" w:rsidP="00044862">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="55"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1420" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Facilities Capital Cost of Money (FCCM) rates</w:t>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> were accepted as evidenced by the consultant and subconsultant audit package.  Yes  </w:t>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">   No  </w:t>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
@@ -18282,192 +18763,192 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AA89FFC" w14:textId="0FDF8C10" w:rsidR="00044862" w:rsidRDefault="003B2C06" w:rsidP="00044862">
+          <w:p w14:paraId="4AA89FFC" w14:textId="34C9D8A9" w:rsidR="00044862" w:rsidRDefault="003B2C06" w:rsidP="00044862">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="55"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1420" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Direct Expense rates</w:t>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> were accepted as evidenced by the consultant and subconsultant audit package.  Yes  </w:t>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">   No  </w:t>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">  If no, explain: </w:t>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
@@ -18480,99 +18961,99 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C09146E" w14:textId="16DEB9AE" w:rsidR="003B2C06" w:rsidRDefault="00044862" w:rsidP="000C7292">
+          <w:p w14:paraId="6C09146E" w14:textId="63A35287" w:rsidR="003B2C06" w:rsidRDefault="00044862" w:rsidP="000C7292">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="55"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1420" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Direct expenses will</w:t>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> be reimbursed </w:t>
             </w:r>
@@ -18588,120 +19069,120 @@
               </w:rPr>
               <w:t xml:space="preserve">actual costs? Yes  </w:t>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">   No  </w:t>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002F03A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B60FB0E" w14:textId="256B7139" w:rsidR="00B76D38" w:rsidRPr="004E1105" w:rsidRDefault="003B2C06" w:rsidP="000C7292">
+          <w:p w14:paraId="3B60FB0E" w14:textId="5C85CF0C" w:rsidR="00B76D38" w:rsidRPr="004E1105" w:rsidRDefault="003B2C06" w:rsidP="000C7292">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="000C7292">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Fixed Fee</w:t>
             </w:r>
             <w:r w:rsidR="00230BD0" w:rsidRPr="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>does</w:t>
             </w:r>
@@ -18778,51 +19259,51 @@
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00044862">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -18839,95 +19320,108 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AFAF936" w14:textId="77777777" w:rsidR="00ED1BDA" w:rsidRDefault="00ED1BDA" w:rsidP="00ED1BDA">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>District Monitoring Responsibilities</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BE77DA3" w14:textId="1CC4DB1F" w:rsidR="00ED1BDA" w:rsidRPr="007674CA" w:rsidRDefault="00ED1BDA" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="52"/>
               </w:numPr>
               <w:spacing w:before="1"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify the agency documented its negotiations </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>of consultant costs</w:t>
             </w:r>
             <w:r w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and request agency records as needed.</w:t>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007674CA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>request</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007674CA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> agency records as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B76D38" w:rsidRPr="00453A0C" w14:paraId="71E4C2A1" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2328DE4C" w14:textId="596F1F38" w:rsidR="00B76D38" w:rsidRPr="00453A0C" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
@@ -19147,51 +19641,51 @@
           </w:tcPr>
           <w:p w14:paraId="188F4C1D" w14:textId="77777777" w:rsidR="00B76D38" w:rsidRPr="00E07CBC" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Local Agency Compliance Documentation:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D225FE5" w14:textId="1CF8CE0A" w:rsidR="0098545D" w:rsidRDefault="0098545D" w:rsidP="39C3065E">
+          <w:p w14:paraId="3D225FE5" w14:textId="7E3D708E" w:rsidR="0098545D" w:rsidRDefault="0098545D" w:rsidP="39C3065E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify </w:t>
             </w:r>
             <w:r w:rsidR="00B230A0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>final</w:t>
             </w:r>
@@ -19223,51 +19717,51 @@
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E" w:rsidRPr="39C3065E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00B230A0">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004836F8" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Attachments or exhibits to the contract must be stated in the body of the contract.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="307FC49A" w14:textId="2FB0A103" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00A5673F">
+          <w:p w14:paraId="307FC49A" w14:textId="1646DB72" w:rsidR="00B76D38" w:rsidRDefault="00B76D38" w:rsidP="00A5673F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Verify executed contract</w:t>
             </w:r>
             <w:r w:rsidRPr="003D7FF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -19323,189 +19817,189 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0020230E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="46025A85" w14:textId="03E397CC" w:rsidR="0098545D" w:rsidRDefault="0098545D" w:rsidP="0098545D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Department concurren</w:t>
             </w:r>
             <w:r w:rsidR="001778DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>ce</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> and federal authorization are required prior to final execution of agency professional services contracts or task work orders.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63578671" w14:textId="5F48C799" w:rsidR="0098545D" w:rsidRDefault="0098545D" w:rsidP="39C3065E">
+          <w:p w14:paraId="63578671" w14:textId="1274BDD7" w:rsidR="0098545D" w:rsidRDefault="0098545D" w:rsidP="39C3065E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Final Contract Package </w:t>
             </w:r>
             <w:r w:rsidR="00D64A81" w:rsidRPr="00D64A81">
               <w:t>u</w:t>
             </w:r>
             <w:r w:rsidR="00E05B8C" w:rsidRPr="00D64A81">
               <w:t xml:space="preserve">ploaded to GAP. </w:t>
             </w:r>
             <w:r w:rsidR="00D64A81">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D64A81">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D64A81">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D64A81">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DF460BD" w14:textId="77777777" w:rsidR="002D0084" w:rsidRDefault="0098545D" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Final contract package must include all attachments, exhibits, executed forms, and other items incorporated into the contract physically or by reference.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12364DE4" w14:textId="1CB78BB3" w:rsidR="0098545D" w:rsidRPr="00A5673F" w:rsidRDefault="004836F8" w:rsidP="39C3065E">
+          <w:p w14:paraId="12364DE4" w14:textId="4E342E47" w:rsidR="0098545D" w:rsidRPr="00A5673F" w:rsidRDefault="004836F8" w:rsidP="39C3065E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="002D0084" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>reate</w:t>
             </w:r>
@@ -19541,83 +20035,83 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C" w:rsidRPr="39C3065E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0098545D" w:rsidRPr="39C3065E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>. Contract screens are required for consultants to report DBE Commitments in EOC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D0084" w:rsidRPr="004E1105" w14:paraId="743EEAD2" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19641,146 +20135,160 @@
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>District Monitoring Responsibilities</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="395DA816" w14:textId="1D5F4665" w:rsidR="002D0084" w:rsidRDefault="002D0084" w:rsidP="007674CA">
+          <w:p w14:paraId="395DA816" w14:textId="2DEA625F" w:rsidR="002D0084" w:rsidRDefault="002D0084" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="53"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>Review and provide District concurrence to execute final contract</w:t>
+              <w:t xml:space="preserve">Review and provide District </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>concurrence</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to execute final contract</w:t>
             </w:r>
             <w:r w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">  Date: </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="68829299" w14:textId="46BB3DDD" w:rsidR="002D0084" w:rsidRPr="00E07CBC" w:rsidRDefault="002D0084" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="53"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
@@ -19857,77 +20365,95 @@
             <w:r w:rsidRPr="00FE359A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t>Requirement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> No. 13: Continuing Services or Indefinite Quantity/Indefinite Delivery (IDIQ) Contracts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B76D38" w:rsidRPr="004E1105" w14:paraId="3939C120" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="37404F94" w14:textId="45732A2B" w:rsidR="00B76D38" w:rsidRPr="004E1105" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
+          <w:p w14:paraId="37404F94" w14:textId="47482CE8" w:rsidR="00B76D38" w:rsidRPr="004E1105" w:rsidRDefault="00B76D38" w:rsidP="00B76D38">
             <w:pPr>
               <w:spacing w:line="204" w:lineRule="exact"/>
               <w:ind w:left="149" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E1105">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">References: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>23 USC 112(a); 23 CFR 172.9(a)(3); Chapter 287.55(2)(g) F.S.; LP Manual Ch 1</w:t>
+              <w:t>23 USC 112(a); 23 CFR 172.9(a)(3); Chapter 287.</w:t>
+            </w:r>
+            <w:r w:rsidR="00002874">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>55(2)(g) F.S.; LP Manual Ch 1</w:t>
             </w:r>
             <w:r w:rsidR="002B35C8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A56AC" w:rsidRPr="004E1105" w14:paraId="16DF0168" w14:textId="77777777" w:rsidTr="39C3065E">
         <w:trPr>
           <w:trHeight w:val="288"/>
@@ -19936,50 +20462,51 @@
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="40DC6C81" w14:textId="77777777" w:rsidR="001A56AC" w:rsidRPr="00E07CBC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ocal Agency Compliance Documentation:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63AFD00B" w14:textId="77777777" w:rsidR="00543B91" w:rsidRPr="00670652" w:rsidRDefault="001A56AC" w:rsidP="00543B91">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -20000,165 +20527,165 @@
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
             <w:r w:rsidR="00543B91" w:rsidRPr="00670652">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Include all provisions in the RFP and final contract.  Identify page numbers/locations for both the RFP and the contract documents as applicable.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="633B5A24" w14:textId="4D4331F8" w:rsidR="001A56AC" w:rsidRPr="007674CA" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="76FE09A4" w14:textId="37672C2C" w:rsidR="001A56AC" w:rsidRPr="003D7FF5" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
+          <w:p w14:paraId="76FE09A4" w14:textId="2ADBE94E" w:rsidR="001A56AC" w:rsidRPr="003D7FF5" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t>Verify maximum limiting amount of contract does not exceed $1.5 million</w:t>
+              <w:t>Verify maximum limiting amount of contract does not exceed $5 million</w:t>
             </w:r>
             <w:r w:rsidRPr="003D7FF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> Page# </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AC4CE5E" w14:textId="521019E1" w:rsidR="001A56AC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
+          <w:p w14:paraId="0AC4CE5E" w14:textId="6E28FA09" w:rsidR="001A56AC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify maximum contract term does not exceed five (5) years.  Page# </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -20168,316 +20695,323 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B2DB44E" w14:textId="5B2B1EC4" w:rsidR="001A56AC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
+          <w:p w14:paraId="3B2DB44E" w14:textId="55EA8B76" w:rsidR="001A56AC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t xml:space="preserve">Verify the scope of services is limited to one phase of work. General services or “umbrella” contracts are not allowed under the federal requirements.  Page# </w:t>
+              <w:t>Verify</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the scope of services is limited to one phase of work. General services or “umbrella” contracts are not allowed under the federal requirements.  Page# </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="636AEB1A" w14:textId="0C0F2153" w:rsidR="001A56AC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
+          <w:p w14:paraId="636AEB1A" w14:textId="51189235" w:rsidR="001A56AC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Verify services are restricted in use for projects in which the estimated construction cost does not exceed $</w:t>
             </w:r>
-            <w:r w:rsidR="00D23C81">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00E15819">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>7.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> million, as applicable.  Page# </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17CA2B53" w14:textId="7054D68E" w:rsidR="001A56AC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
+          <w:p w14:paraId="17CA2B53" w14:textId="48B78A27" w:rsidR="001A56AC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Verify services are restricted in use for projects in which the study activity does not exceed $</w:t>
             </w:r>
             <w:r w:rsidR="00D23C81">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
@@ -20499,99 +21033,99 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41ECD1B0" w14:textId="09B1FFEE" w:rsidR="001A56AC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
+          <w:p w14:paraId="41ECD1B0" w14:textId="4871A92E" w:rsidR="001A56AC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify the solicitation/RFP identifies the maximum number of contracts to be awarded.  Page# </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -20601,185 +21135,199 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B3A9928" w14:textId="7036041E" w:rsidR="001A56AC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
+          <w:p w14:paraId="5B3A9928" w14:textId="41C1072E" w:rsidR="001A56AC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
-              <w:t xml:space="preserve">If more than one contract may be awarded, the RFP must specify procedures for how the task work orders will be assigned among the selected, qualified consultant firms. Page # </w:t>
+              <w:t xml:space="preserve">If more than one contract may be awarded, the RFP must specify procedures for how the task work orders </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>will be</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> assigned among the selected, qualified consultant firms. Page # </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7212710A" w14:textId="77777777" w:rsidR="001A56AC" w:rsidRDefault="001A56AC" w:rsidP="001A56AC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -20878,65 +21426,64 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50CA9A55" w14:textId="77777777" w:rsidR="009B1429" w:rsidRDefault="009B1429" w:rsidP="009B1429">
             <w:pPr>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>District Monitoring Responsibilities</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C98C383" w14:textId="000E98CF" w:rsidR="003E7706" w:rsidRDefault="009B1429" w:rsidP="007674CA">
+          <w:p w14:paraId="7C98C383" w14:textId="39B1A99D" w:rsidR="003E7706" w:rsidRDefault="009B1429" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="54"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>Forward draft RFP with the draft contract to the State Local Program Administrator for review and concurrence</w:t>
             </w:r>
             <w:r w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">.  Concurrence Date: </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
@@ -20949,83 +21496,83 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00275D9C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A4C51CE" w14:textId="256B78A1" w:rsidR="009B1429" w:rsidRPr="007674CA" w:rsidRDefault="009B1429" w:rsidP="007674CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="54"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
@@ -21037,51 +21584,67 @@
               <w:t xml:space="preserve">Verify agency </w:t>
             </w:r>
             <w:r w:rsidR="003E7706">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>completed and complied with each Checklist Item, as applicable</w:t>
             </w:r>
             <w:r w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="003E7706">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="003E7706" w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
               </w:rPr>
-              <w:t>Note:  Bid opportunity must be collected via paper forms</w:t>
+              <w:t>Note</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="003E7706" w:rsidRPr="007674CA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>:  Bid</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="003E7706" w:rsidRPr="007674CA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> opportunity must be collected via paper forms</w:t>
             </w:r>
             <w:r w:rsidR="003E7706">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> as EOC will not be available for LAP Continuing Contracts during the solicitation period.</w:t>
             </w:r>
             <w:r w:rsidR="003E7706" w:rsidRPr="007674CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI Symbol"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">  DBE commitments are reported for each task work order.  The agency will create local agency contract screens each time a task work order is issued for a LAP project.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5DF61661" w14:textId="77777777" w:rsidR="006D2FFF" w:rsidRDefault="006D2FFF" w:rsidP="00BA42C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="left" w:pos="9720"/>
           <w:tab w:val="left" w:pos="13680"/>
@@ -21263,134 +21826,134 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A340CDA" w14:textId="77777777" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="00EE1C1C" w:rsidP="005614D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="69DDFA93" w14:textId="2E796BE1" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="005614D9" w:rsidP="005614D9">
+          <w:p w14:paraId="69DDFA93" w14:textId="6935E793" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="005614D9" w:rsidP="005614D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Text2"/>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w14:paraId="32D3EC4F" w14:textId="77777777" w:rsidTr="005614D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:tcBorders>
@@ -21454,255 +22017,256 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Procurement/Purchasing </w:t>
             </w:r>
             <w:r w:rsidR="00EE1C1C" w:rsidRPr="00A77D06">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w14:paraId="765E9C73" w14:textId="77777777" w:rsidTr="00663B8D">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="071D55B0" w14:textId="3F854B88" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="005614D9" w:rsidP="005614D9">
+          <w:p w14:paraId="071D55B0" w14:textId="03BA0431" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="005614D9" w:rsidP="005614D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0B6D0341" w14:textId="77777777" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="00EE1C1C" w:rsidP="005614D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="70227E92" w14:textId="23C61F7B" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="005614D9" w:rsidP="005614D9">
+          <w:p w14:paraId="70227E92" w14:textId="2828224C" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="005614D9" w:rsidP="005614D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w14:paraId="66BE5F45" w14:textId="77777777" w:rsidTr="005614D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -21899,133 +22463,133 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="58373F0B" w14:textId="77777777" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="00EE1C1C" w:rsidP="005614D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7A6DEC" w14:textId="13A2C7C1" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="005614D9" w:rsidP="005614D9">
+          <w:p w14:paraId="5A7A6DEC" w14:textId="0DB76094" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="005614D9" w:rsidP="005614D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w14:paraId="5FD14B46" w14:textId="77777777" w:rsidTr="005614D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -22080,255 +22644,255 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A77D06">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w14:paraId="4753DD87" w14:textId="77777777" w:rsidTr="00663B8D">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7B41A600" w14:textId="3AD16649" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="005614D9" w:rsidP="005614D9">
+          <w:p w14:paraId="7B41A600" w14:textId="6E8310D8" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="005614D9" w:rsidP="005614D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="208A4B95" w14:textId="77777777" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="00EE1C1C" w:rsidP="005614D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="74825716" w14:textId="5A60FF61" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="005614D9" w:rsidP="005614D9">
+          <w:p w14:paraId="74825716" w14:textId="2B453127" w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w:rsidRDefault="005614D9" w:rsidP="005614D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE63F2">
+            <w:r w:rsidR="00E0338C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0083541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE1C1C" w:rsidRPr="00A77D06" w14:paraId="7CAB0610" w14:textId="77777777" w:rsidTr="005614D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -22389,190 +22953,234 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="55C78E7F" w14:textId="77777777" w:rsidR="004A5047" w:rsidRDefault="004A5047" w:rsidP="00663B8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="left" w:pos="9720"/>
           <w:tab w:val="left" w:pos="13680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004A5047" w:rsidSect="00C2592B">
-      <w:headerReference w:type="default" r:id="rId21"/>
-      <w:headerReference w:type="first" r:id="rId22"/>
+      <w:headerReference w:type="even" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="even" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="first" r:id="rId25"/>
+      <w:footerReference w:type="first" r:id="rId26"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0076">
       <wne:macro wne:macroName="PROJECT.NEWMACROS.RUNSPELLCHECK"/>
     </wne:keymap>
   </wne:keymaps>
   <wne:toolbars>
     <wne:toolbarData r:id="rId1"/>
   </wne:toolbars>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3ABF708B" w14:textId="77777777" w:rsidR="00FD5E83" w:rsidRDefault="00FD5E83">
+    <w:p w14:paraId="4BAB012E" w14:textId="77777777" w:rsidR="000A13F8" w:rsidRDefault="000A13F8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="79E1552A" w14:textId="77777777" w:rsidR="00FD5E83" w:rsidRDefault="00FD5E83">
+    <w:p w14:paraId="4A122468" w14:textId="77777777" w:rsidR="000A13F8" w:rsidRDefault="000A13F8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="36D00AD4" w14:textId="77777777" w:rsidR="000A540E" w:rsidRDefault="000A540E">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2CFBEC7D" w14:textId="77777777" w:rsidR="000A540E" w:rsidRDefault="000A540E">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="046EA733" w14:textId="77777777" w:rsidR="000A540E" w:rsidRDefault="000A540E">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10B5B47E" w14:textId="77777777" w:rsidR="00FD5E83" w:rsidRDefault="00FD5E83">
+    <w:p w14:paraId="57D34189" w14:textId="77777777" w:rsidR="000A13F8" w:rsidRDefault="000A13F8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="369AB9A8" w14:textId="77777777" w:rsidR="00FD5E83" w:rsidRDefault="00FD5E83">
+    <w:p w14:paraId="547184C2" w14:textId="77777777" w:rsidR="000A13F8" w:rsidRDefault="000A13F8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="05FCD896" w14:textId="77777777" w:rsidR="000A540E" w:rsidRDefault="000A540E">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1407"/>
       <w:gridCol w:w="7697"/>
       <w:gridCol w:w="1696"/>
     </w:tblGrid>
     <w:tr w:rsidR="00866A24" w:rsidRPr="00E061D7" w14:paraId="77C6D2CB" w14:textId="77777777" w:rsidTr="00E65879">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1978" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="47A5D8D6" w14:textId="77777777" w:rsidR="00866A24" w:rsidRPr="00E061D7" w:rsidRDefault="00866A24" w:rsidP="00530DF3">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="3179"/>
               <w:tab w:val="left" w:pos="6732"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
@@ -22584,52 +23192,52 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="10460" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="407C5412" w14:textId="77777777" w:rsidR="00866A24" w:rsidRPr="00A77D06" w:rsidRDefault="00866A24" w:rsidP="00530DF3">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="3179"/>
               <w:tab w:val="left" w:pos="6732"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A77D06">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve">STATE OF </w:t>
           </w:r>
-          <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+          <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
               <w:r w:rsidRPr="00A77D06">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:t>FLORIDA</w:t>
               </w:r>
             </w:smartTag>
           </w:smartTag>
           <w:r w:rsidRPr="00A77D06">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve"> DEPARTMENT OF TRANSPORTATION</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="7CB21791" w14:textId="77777777" w:rsidR="00866A24" w:rsidRDefault="00866A24" w:rsidP="00530DF3">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
@@ -22716,107 +23324,115 @@
             <w:t>525-010-49</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="05C9C180" w14:textId="77777777" w:rsidR="00CE63F2" w:rsidRPr="00CE63F2" w:rsidRDefault="00CE63F2" w:rsidP="00CE63F2">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="3179"/>
               <w:tab w:val="left" w:pos="6732"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00CE63F2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>LOCAL PROGRAMS</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="021C123C" w14:textId="797137DD" w:rsidR="00866A24" w:rsidRPr="00334BC6" w:rsidRDefault="00AE29B9" w:rsidP="00530DF3">
+        <w:p w14:paraId="021C123C" w14:textId="3B350C1E" w:rsidR="00866A24" w:rsidRPr="00334BC6" w:rsidRDefault="00002874" w:rsidP="00530DF3">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="927"/>
               <w:tab w:val="right" w:pos="1854"/>
               <w:tab w:val="left" w:pos="3179"/>
               <w:tab w:val="left" w:pos="6732"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
-            <w:t>3</w:t>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidR="00E0338C">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>2</w:t>
           </w:r>
           <w:r w:rsidR="00F91AA0">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>/2</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="00AE29B9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>5</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="09F42F4A" w14:textId="77777777" w:rsidR="00866A24" w:rsidRPr="00334BC6" w:rsidRDefault="00866A24" w:rsidP="00530DF3">
           <w:pPr>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2191AD53" w14:textId="77777777" w:rsidR="00866A24" w:rsidRDefault="00866A24" w:rsidP="003F1654">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1407"/>
       <w:gridCol w:w="7697"/>
       <w:gridCol w:w="1696"/>
     </w:tblGrid>
     <w:tr w:rsidR="00866A24" w:rsidRPr="00E061D7" w14:paraId="737DBFA8" w14:textId="77777777" w:rsidTr="001B2F51">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1978" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2C781CCC" w14:textId="77777777" w:rsidR="00866A24" w:rsidRPr="00E061D7" w:rsidRDefault="00866A24" w:rsidP="00C2592B">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="3179"/>
               <w:tab w:val="left" w:pos="6732"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
@@ -22828,52 +23444,52 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="10460" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="16F57C14" w14:textId="77777777" w:rsidR="00866A24" w:rsidRPr="00A77D06" w:rsidRDefault="00866A24" w:rsidP="00C2592B">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="3179"/>
               <w:tab w:val="left" w:pos="6732"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A77D06">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve">STATE OF </w:t>
           </w:r>
-          <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+          <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
               <w:r w:rsidRPr="00A77D06">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:t>FLORIDA</w:t>
               </w:r>
             </w:smartTag>
           </w:smartTag>
           <w:r w:rsidRPr="00A77D06">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve"> DEPARTMENT OF TRANSPORTATION</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="62A5C70E" w14:textId="77777777" w:rsidR="00866A24" w:rsidRDefault="00866A24" w:rsidP="00C2592B">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
@@ -22960,82 +23576,90 @@
             <w:t>525-010-49</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="53870B89" w14:textId="77777777" w:rsidR="00CE63F2" w:rsidRPr="00CE63F2" w:rsidRDefault="00CE63F2" w:rsidP="00CE63F2">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="3179"/>
               <w:tab w:val="left" w:pos="6732"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00CE63F2">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>LOCAL PROGRAMS</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="305EF564" w14:textId="4A6C5266" w:rsidR="00866A24" w:rsidRPr="00334BC6" w:rsidRDefault="00AE29B9" w:rsidP="00C2592B">
+        <w:p w14:paraId="305EF564" w14:textId="3B317499" w:rsidR="00866A24" w:rsidRPr="00334BC6" w:rsidRDefault="00CA6A90" w:rsidP="00C2592B">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="927"/>
               <w:tab w:val="right" w:pos="1854"/>
               <w:tab w:val="left" w:pos="3179"/>
               <w:tab w:val="left" w:pos="6732"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
-            <w:t>3</w:t>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidR="000A540E">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+            <w:t>2</w:t>
           </w:r>
           <w:r w:rsidR="00F91AA0">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>/2</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="00AE29B9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>5</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="45F8C3D6" w14:textId="77777777" w:rsidR="00866A24" w:rsidRPr="00334BC6" w:rsidRDefault="00866A24" w:rsidP="00C2592B">
           <w:pPr>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3A2E84D8" w14:textId="77777777" w:rsidR="00866A24" w:rsidRDefault="00866A24" w:rsidP="00C2592B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -28640,145 +29264,149 @@
   </w:num>
   <w:num w:numId="51" w16cid:durableId="1773817051">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="959073729">
     <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="53" w16cid:durableId="2095466086">
     <w:abstractNumId w:val="54"/>
   </w:num>
   <w:num w:numId="54" w16cid:durableId="673070450">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="55" w16cid:durableId="50662655">
     <w:abstractNumId w:val="48"/>
   </w:num>
   <w:num w:numId="56" w16cid:durableId="145752884">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="51"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="139"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="dJAAwqnJ5xMMiO6VeV3riGl4hVsJGbwTgP4nNpffpz7krKdiuHlfNjVYnIrInI61XK8aSQ+9ZWBpjPUVt6dliw==" w:salt="MfcXPnEjEDdg2Qc2X7dRkw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="H+NR/1GmVHlDU3Bc5qOZtAqu6ilEW0NjpKYA+v5MLFkeTsi/YUHdLzcvHZqRees16T4G9vSCxN696tKYLSOrNQ==" w:salt="GJ82DyrmsuSGVpxp3hmtrg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C8509F"/>
     <w:rsid w:val="00001D6E"/>
     <w:rsid w:val="00002175"/>
+    <w:rsid w:val="00002874"/>
     <w:rsid w:val="000043A3"/>
     <w:rsid w:val="0000631D"/>
     <w:rsid w:val="000110AF"/>
     <w:rsid w:val="00016529"/>
     <w:rsid w:val="00023E89"/>
     <w:rsid w:val="00025C49"/>
     <w:rsid w:val="000278CF"/>
     <w:rsid w:val="0003115E"/>
     <w:rsid w:val="000311D6"/>
     <w:rsid w:val="00032106"/>
     <w:rsid w:val="0003310B"/>
     <w:rsid w:val="00033359"/>
     <w:rsid w:val="00033625"/>
     <w:rsid w:val="00043C03"/>
     <w:rsid w:val="00044862"/>
     <w:rsid w:val="000452A2"/>
     <w:rsid w:val="000453D3"/>
     <w:rsid w:val="00046DC4"/>
     <w:rsid w:val="00046EE0"/>
     <w:rsid w:val="00050265"/>
     <w:rsid w:val="00053C10"/>
     <w:rsid w:val="000551E0"/>
     <w:rsid w:val="000573C4"/>
     <w:rsid w:val="000576F3"/>
     <w:rsid w:val="00062D49"/>
     <w:rsid w:val="000637D5"/>
     <w:rsid w:val="0006484C"/>
     <w:rsid w:val="00083EE5"/>
     <w:rsid w:val="00083FAC"/>
     <w:rsid w:val="0008580D"/>
     <w:rsid w:val="00087632"/>
+    <w:rsid w:val="000A13F8"/>
     <w:rsid w:val="000A4EFD"/>
     <w:rsid w:val="000A525E"/>
+    <w:rsid w:val="000A540E"/>
     <w:rsid w:val="000A7C9D"/>
     <w:rsid w:val="000B226D"/>
     <w:rsid w:val="000B54E4"/>
     <w:rsid w:val="000B6553"/>
     <w:rsid w:val="000B6F3D"/>
     <w:rsid w:val="000B72C7"/>
     <w:rsid w:val="000C0FBA"/>
     <w:rsid w:val="000C24B1"/>
     <w:rsid w:val="000C6197"/>
     <w:rsid w:val="000C7292"/>
     <w:rsid w:val="000C7FDE"/>
     <w:rsid w:val="000D7D04"/>
     <w:rsid w:val="000F1F84"/>
     <w:rsid w:val="000F25DB"/>
     <w:rsid w:val="000F29CB"/>
     <w:rsid w:val="000F4440"/>
     <w:rsid w:val="000F4BB8"/>
     <w:rsid w:val="000F6D95"/>
     <w:rsid w:val="00100084"/>
     <w:rsid w:val="00101E5F"/>
     <w:rsid w:val="00102010"/>
     <w:rsid w:val="00102602"/>
     <w:rsid w:val="001042F7"/>
     <w:rsid w:val="00106777"/>
     <w:rsid w:val="00110DB6"/>
     <w:rsid w:val="00113C45"/>
     <w:rsid w:val="00113ED0"/>
     <w:rsid w:val="00120FE5"/>
     <w:rsid w:val="00122977"/>
+    <w:rsid w:val="00123C43"/>
     <w:rsid w:val="00126F5B"/>
     <w:rsid w:val="00130788"/>
     <w:rsid w:val="00134F6E"/>
     <w:rsid w:val="00135139"/>
     <w:rsid w:val="00135B32"/>
     <w:rsid w:val="001369BE"/>
     <w:rsid w:val="00142E0C"/>
     <w:rsid w:val="00143302"/>
     <w:rsid w:val="00145F60"/>
     <w:rsid w:val="001460DE"/>
     <w:rsid w:val="001463F2"/>
     <w:rsid w:val="001468E6"/>
     <w:rsid w:val="0015174E"/>
     <w:rsid w:val="001525EE"/>
     <w:rsid w:val="00155E09"/>
     <w:rsid w:val="001675CF"/>
     <w:rsid w:val="001676B6"/>
     <w:rsid w:val="00170C2B"/>
     <w:rsid w:val="001735D7"/>
     <w:rsid w:val="001754A6"/>
     <w:rsid w:val="001778DB"/>
     <w:rsid w:val="00184316"/>
     <w:rsid w:val="0018576F"/>
     <w:rsid w:val="00190064"/>
     <w:rsid w:val="00195D88"/>
@@ -28963,126 +29591,129 @@
     <w:rsid w:val="004D4E6D"/>
     <w:rsid w:val="004D5E9B"/>
     <w:rsid w:val="004E1105"/>
     <w:rsid w:val="004E20DA"/>
     <w:rsid w:val="004E3CB3"/>
     <w:rsid w:val="004E4D06"/>
     <w:rsid w:val="004F1F27"/>
     <w:rsid w:val="004F5FD6"/>
     <w:rsid w:val="004F657B"/>
     <w:rsid w:val="00500DB9"/>
     <w:rsid w:val="00504545"/>
     <w:rsid w:val="0050547A"/>
     <w:rsid w:val="00515916"/>
     <w:rsid w:val="005172E7"/>
     <w:rsid w:val="005202EF"/>
     <w:rsid w:val="00521558"/>
     <w:rsid w:val="00521E76"/>
     <w:rsid w:val="00521EFD"/>
     <w:rsid w:val="00526095"/>
     <w:rsid w:val="00526A4B"/>
     <w:rsid w:val="00530253"/>
     <w:rsid w:val="005302F6"/>
     <w:rsid w:val="00530D2B"/>
     <w:rsid w:val="00530DF3"/>
     <w:rsid w:val="00531920"/>
+    <w:rsid w:val="00535B3C"/>
     <w:rsid w:val="00543B91"/>
     <w:rsid w:val="00544ECB"/>
     <w:rsid w:val="00551A54"/>
     <w:rsid w:val="00551E45"/>
     <w:rsid w:val="005614D9"/>
     <w:rsid w:val="00562B5C"/>
     <w:rsid w:val="00564678"/>
     <w:rsid w:val="00565866"/>
     <w:rsid w:val="005660A7"/>
     <w:rsid w:val="00566128"/>
     <w:rsid w:val="00567535"/>
     <w:rsid w:val="00581847"/>
     <w:rsid w:val="00582AD7"/>
     <w:rsid w:val="005832A6"/>
     <w:rsid w:val="0058634A"/>
     <w:rsid w:val="00586B55"/>
     <w:rsid w:val="00586D7A"/>
     <w:rsid w:val="00590BE1"/>
     <w:rsid w:val="00592064"/>
     <w:rsid w:val="00593FC3"/>
     <w:rsid w:val="0059589A"/>
     <w:rsid w:val="005960BE"/>
     <w:rsid w:val="005A195B"/>
     <w:rsid w:val="005A1B10"/>
     <w:rsid w:val="005A1D84"/>
     <w:rsid w:val="005A2261"/>
     <w:rsid w:val="005A43F6"/>
     <w:rsid w:val="005A44EA"/>
     <w:rsid w:val="005A5039"/>
     <w:rsid w:val="005A71E5"/>
     <w:rsid w:val="005A7BFF"/>
     <w:rsid w:val="005B4240"/>
     <w:rsid w:val="005C0E7A"/>
     <w:rsid w:val="005C3121"/>
     <w:rsid w:val="005C3DDF"/>
     <w:rsid w:val="005C4E1B"/>
     <w:rsid w:val="005D3CFD"/>
     <w:rsid w:val="005E1FDB"/>
     <w:rsid w:val="005E2360"/>
     <w:rsid w:val="005E3E5C"/>
     <w:rsid w:val="005E62F7"/>
     <w:rsid w:val="005E7CC4"/>
     <w:rsid w:val="005F26E7"/>
     <w:rsid w:val="005F2FEC"/>
     <w:rsid w:val="005F348E"/>
     <w:rsid w:val="005F7645"/>
+    <w:rsid w:val="00600AFF"/>
     <w:rsid w:val="00605254"/>
     <w:rsid w:val="00607018"/>
     <w:rsid w:val="00610F1E"/>
     <w:rsid w:val="006113EA"/>
     <w:rsid w:val="006123AA"/>
     <w:rsid w:val="00614A34"/>
     <w:rsid w:val="00621532"/>
     <w:rsid w:val="00621584"/>
     <w:rsid w:val="00626B7F"/>
     <w:rsid w:val="0063551C"/>
     <w:rsid w:val="00653865"/>
     <w:rsid w:val="0065454E"/>
     <w:rsid w:val="00657B40"/>
     <w:rsid w:val="00657CAF"/>
     <w:rsid w:val="00660DDA"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="006653A0"/>
     <w:rsid w:val="006665A8"/>
     <w:rsid w:val="00666A04"/>
     <w:rsid w:val="006672AE"/>
     <w:rsid w:val="00670652"/>
     <w:rsid w:val="0067094B"/>
     <w:rsid w:val="00677D7B"/>
     <w:rsid w:val="00680806"/>
     <w:rsid w:val="00680FC1"/>
     <w:rsid w:val="006854B2"/>
     <w:rsid w:val="00686EC8"/>
     <w:rsid w:val="006903C6"/>
     <w:rsid w:val="0069100F"/>
     <w:rsid w:val="0069571A"/>
+    <w:rsid w:val="006A718E"/>
     <w:rsid w:val="006B1446"/>
     <w:rsid w:val="006B392A"/>
     <w:rsid w:val="006B63C6"/>
     <w:rsid w:val="006B70DC"/>
     <w:rsid w:val="006C47DD"/>
     <w:rsid w:val="006C52DB"/>
     <w:rsid w:val="006D2FFF"/>
     <w:rsid w:val="006E2977"/>
     <w:rsid w:val="006E2E49"/>
     <w:rsid w:val="006E7A02"/>
     <w:rsid w:val="006F00DB"/>
     <w:rsid w:val="006F561A"/>
     <w:rsid w:val="006F7D47"/>
     <w:rsid w:val="00702697"/>
     <w:rsid w:val="007030A1"/>
     <w:rsid w:val="007040E3"/>
     <w:rsid w:val="007052AC"/>
     <w:rsid w:val="007054E2"/>
     <w:rsid w:val="00707351"/>
     <w:rsid w:val="007101B6"/>
     <w:rsid w:val="0071197F"/>
     <w:rsid w:val="0072178A"/>
     <w:rsid w:val="007226B9"/>
     <w:rsid w:val="00722702"/>
     <w:rsid w:val="0072338A"/>
@@ -29189,50 +29820,51 @@
     <w:rsid w:val="009263D8"/>
     <w:rsid w:val="009324CC"/>
     <w:rsid w:val="009326EB"/>
     <w:rsid w:val="00932EEB"/>
     <w:rsid w:val="009354EC"/>
     <w:rsid w:val="009357BA"/>
     <w:rsid w:val="00935F56"/>
     <w:rsid w:val="0094587B"/>
     <w:rsid w:val="00947D7F"/>
     <w:rsid w:val="00950F17"/>
     <w:rsid w:val="0095590D"/>
     <w:rsid w:val="0095624B"/>
     <w:rsid w:val="0095707F"/>
     <w:rsid w:val="00963CC5"/>
     <w:rsid w:val="009712A6"/>
     <w:rsid w:val="00974894"/>
     <w:rsid w:val="00976D83"/>
     <w:rsid w:val="00977180"/>
     <w:rsid w:val="00980C19"/>
     <w:rsid w:val="0098179D"/>
     <w:rsid w:val="00982BE7"/>
     <w:rsid w:val="0098465C"/>
     <w:rsid w:val="0098545D"/>
     <w:rsid w:val="00991D3F"/>
     <w:rsid w:val="00991FA9"/>
+    <w:rsid w:val="0099279D"/>
     <w:rsid w:val="00997834"/>
     <w:rsid w:val="009A3275"/>
     <w:rsid w:val="009A7552"/>
     <w:rsid w:val="009A7D3C"/>
     <w:rsid w:val="009B0E65"/>
     <w:rsid w:val="009B1429"/>
     <w:rsid w:val="009B3140"/>
     <w:rsid w:val="009B4BD5"/>
     <w:rsid w:val="009C302E"/>
     <w:rsid w:val="009C3FBC"/>
     <w:rsid w:val="009C41E2"/>
     <w:rsid w:val="009C47B9"/>
     <w:rsid w:val="009C708C"/>
     <w:rsid w:val="009C7BE2"/>
     <w:rsid w:val="009D2ACE"/>
     <w:rsid w:val="009D3203"/>
     <w:rsid w:val="009D515D"/>
     <w:rsid w:val="009E4CCF"/>
     <w:rsid w:val="009E6D42"/>
     <w:rsid w:val="009E7CFF"/>
     <w:rsid w:val="009E7EC3"/>
     <w:rsid w:val="009F0512"/>
     <w:rsid w:val="009F317E"/>
     <w:rsid w:val="009F4B60"/>
     <w:rsid w:val="009F519D"/>
@@ -29393,50 +30025,51 @@
     <w:rsid w:val="00C51D00"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C53F42"/>
     <w:rsid w:val="00C54AB8"/>
     <w:rsid w:val="00C556CF"/>
     <w:rsid w:val="00C60A26"/>
     <w:rsid w:val="00C63F36"/>
     <w:rsid w:val="00C65D6E"/>
     <w:rsid w:val="00C73BFC"/>
     <w:rsid w:val="00C74EFB"/>
     <w:rsid w:val="00C76970"/>
     <w:rsid w:val="00C8509F"/>
     <w:rsid w:val="00C851EA"/>
     <w:rsid w:val="00C8764F"/>
     <w:rsid w:val="00C87A21"/>
     <w:rsid w:val="00C900FD"/>
     <w:rsid w:val="00C9137D"/>
     <w:rsid w:val="00C92A2D"/>
     <w:rsid w:val="00C9410A"/>
     <w:rsid w:val="00C956A3"/>
     <w:rsid w:val="00C962DC"/>
     <w:rsid w:val="00C97785"/>
     <w:rsid w:val="00CA0199"/>
     <w:rsid w:val="00CA1FDA"/>
     <w:rsid w:val="00CA3911"/>
+    <w:rsid w:val="00CA6A90"/>
     <w:rsid w:val="00CB1304"/>
     <w:rsid w:val="00CB65DE"/>
     <w:rsid w:val="00CC1741"/>
     <w:rsid w:val="00CC3CED"/>
     <w:rsid w:val="00CC5036"/>
     <w:rsid w:val="00CC52D2"/>
     <w:rsid w:val="00CC6AB2"/>
     <w:rsid w:val="00CD0663"/>
     <w:rsid w:val="00CD1018"/>
     <w:rsid w:val="00CD154E"/>
     <w:rsid w:val="00CD2198"/>
     <w:rsid w:val="00CE63F2"/>
     <w:rsid w:val="00CF3393"/>
     <w:rsid w:val="00CF5199"/>
     <w:rsid w:val="00CF51AE"/>
     <w:rsid w:val="00CF6B93"/>
     <w:rsid w:val="00CF7A99"/>
     <w:rsid w:val="00D00741"/>
     <w:rsid w:val="00D01451"/>
     <w:rsid w:val="00D042EC"/>
     <w:rsid w:val="00D04355"/>
     <w:rsid w:val="00D14C45"/>
     <w:rsid w:val="00D1585F"/>
     <w:rsid w:val="00D15A82"/>
     <w:rsid w:val="00D20306"/>
@@ -29466,56 +30099,58 @@
     <w:rsid w:val="00D76B58"/>
     <w:rsid w:val="00D77052"/>
     <w:rsid w:val="00D77C74"/>
     <w:rsid w:val="00D81737"/>
     <w:rsid w:val="00D843E3"/>
     <w:rsid w:val="00D85782"/>
     <w:rsid w:val="00D86F8B"/>
     <w:rsid w:val="00D90145"/>
     <w:rsid w:val="00D93DB8"/>
     <w:rsid w:val="00DA37E0"/>
     <w:rsid w:val="00DA51AE"/>
     <w:rsid w:val="00DA5DC5"/>
     <w:rsid w:val="00DB1883"/>
     <w:rsid w:val="00DB40D8"/>
     <w:rsid w:val="00DB43AF"/>
     <w:rsid w:val="00DB6E8F"/>
     <w:rsid w:val="00DC298C"/>
     <w:rsid w:val="00DC7E86"/>
     <w:rsid w:val="00DD0AE8"/>
     <w:rsid w:val="00DD5374"/>
     <w:rsid w:val="00DD5B13"/>
     <w:rsid w:val="00DE2E88"/>
     <w:rsid w:val="00DF7016"/>
     <w:rsid w:val="00DF772F"/>
     <w:rsid w:val="00DF783A"/>
+    <w:rsid w:val="00E0338C"/>
     <w:rsid w:val="00E05B8C"/>
     <w:rsid w:val="00E061D7"/>
     <w:rsid w:val="00E07CBC"/>
     <w:rsid w:val="00E114F7"/>
     <w:rsid w:val="00E13B58"/>
     <w:rsid w:val="00E13E86"/>
+    <w:rsid w:val="00E15819"/>
     <w:rsid w:val="00E164B9"/>
     <w:rsid w:val="00E201FF"/>
     <w:rsid w:val="00E22135"/>
     <w:rsid w:val="00E234F0"/>
     <w:rsid w:val="00E24FC2"/>
     <w:rsid w:val="00E25793"/>
     <w:rsid w:val="00E2709B"/>
     <w:rsid w:val="00E27925"/>
     <w:rsid w:val="00E3053A"/>
     <w:rsid w:val="00E31030"/>
     <w:rsid w:val="00E353E5"/>
     <w:rsid w:val="00E41B8F"/>
     <w:rsid w:val="00E42CB7"/>
     <w:rsid w:val="00E42EB5"/>
     <w:rsid w:val="00E44A0A"/>
     <w:rsid w:val="00E45732"/>
     <w:rsid w:val="00E609E6"/>
     <w:rsid w:val="00E60A33"/>
     <w:rsid w:val="00E61635"/>
     <w:rsid w:val="00E64A01"/>
     <w:rsid w:val="00E64E13"/>
     <w:rsid w:val="00E65879"/>
     <w:rsid w:val="00E65B8F"/>
     <w:rsid w:val="00E666B0"/>
     <w:rsid w:val="00E66BA2"/>
@@ -29562,100 +30197,102 @@
     <w:rsid w:val="00F232C4"/>
     <w:rsid w:val="00F30C5C"/>
     <w:rsid w:val="00F30D71"/>
     <w:rsid w:val="00F3725B"/>
     <w:rsid w:val="00F42368"/>
     <w:rsid w:val="00F44504"/>
     <w:rsid w:val="00F506DE"/>
     <w:rsid w:val="00F51EA0"/>
     <w:rsid w:val="00F522C0"/>
     <w:rsid w:val="00F53404"/>
     <w:rsid w:val="00F541EC"/>
     <w:rsid w:val="00F71DEE"/>
     <w:rsid w:val="00F74F0B"/>
     <w:rsid w:val="00F760BE"/>
     <w:rsid w:val="00F80334"/>
     <w:rsid w:val="00F847CD"/>
     <w:rsid w:val="00F84E2C"/>
     <w:rsid w:val="00F85DEA"/>
     <w:rsid w:val="00F8657C"/>
     <w:rsid w:val="00F868C8"/>
     <w:rsid w:val="00F873AB"/>
     <w:rsid w:val="00F905CA"/>
     <w:rsid w:val="00F90713"/>
     <w:rsid w:val="00F9184B"/>
     <w:rsid w:val="00F91AA0"/>
+    <w:rsid w:val="00F957E4"/>
     <w:rsid w:val="00F9648F"/>
     <w:rsid w:val="00FA077F"/>
     <w:rsid w:val="00FA08BA"/>
     <w:rsid w:val="00FA1E08"/>
     <w:rsid w:val="00FA2E02"/>
     <w:rsid w:val="00FA3BB9"/>
     <w:rsid w:val="00FB0B91"/>
     <w:rsid w:val="00FB0CC5"/>
     <w:rsid w:val="00FB3A31"/>
     <w:rsid w:val="00FB4F9C"/>
     <w:rsid w:val="00FB5991"/>
     <w:rsid w:val="00FC108F"/>
     <w:rsid w:val="00FC3387"/>
     <w:rsid w:val="00FC64B5"/>
     <w:rsid w:val="00FC7490"/>
     <w:rsid w:val="00FD03DC"/>
     <w:rsid w:val="00FD2366"/>
     <w:rsid w:val="00FD2697"/>
     <w:rsid w:val="00FD2939"/>
     <w:rsid w:val="00FD5E83"/>
     <w:rsid w:val="00FE1350"/>
     <w:rsid w:val="00FE26AE"/>
     <w:rsid w:val="00FE359A"/>
     <w:rsid w:val="00FE3CBD"/>
     <w:rsid w:val="00FE3F80"/>
     <w:rsid w:val="00FE7A5E"/>
     <w:rsid w:val="00FF103B"/>
+    <w:rsid w:val="00FF1487"/>
     <w:rsid w:val="00FF188B"/>
     <w:rsid w:val="00FF2833"/>
     <w:rsid w:val="37A41CCC"/>
     <w:rsid w:val="39C3065E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3B14AA24"/>
   <w15:docId w15:val="{D7DF4E59-1A3C-4E86-A449-E30BBB985AC2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -30019,50 +30656,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00854527"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -30517,51 +31155,51 @@
     <w:div w:id="2072849981">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/customizations.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/attachedToolbars" Target="attachedToolbars.bin"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fdotxwp02.dot.state.fl.us/EqualOpportunityOfficeBusinessDirectory/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdot.gov/procurement/professionalservicesreports.shtm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdot.gov/procurement/Prequalification.shtm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhwa.dot.gov/programadmin/172qa.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dms.myflorida.com/business_operations/state_purchasing/vendor_information" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdot.gov/docs/default-source/procurement/pdf/negot.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sam.gov/SAM/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdot.gov/docs/default-source/procurement/pdf/negot.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fdot.gov/equalopportunity/eoc.shtm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fdotxwp02.dot.state.fl.us/EqualOpportunityOfficeBusinessDirectory/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdot.gov/procurement/professionalservicesreports.shtm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdot.gov/procurement/Prequalification.shtm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fhwa.dot.gov/programadmin/172qa.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dms.myflorida.com/business_operations/state_purchasing/vendor_information" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdot.gov/docs/default-source/procurement/pdf/negot.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sam.gov/SAM/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdot.gov/docs/default-source/procurement/pdf/negot.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fdot.gov/equalopportunity/eoc.shtm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="37A615E5288741FC9F6A104A64D1A3FD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D2699AAD-B0A1-4AD5-B290-FDBBDC0197F9}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -30602,145 +31240,152 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD5199"/>
+    <w:rsid w:val="00123C43"/>
     <w:rsid w:val="00242CF6"/>
     <w:rsid w:val="00323804"/>
     <w:rsid w:val="0048145F"/>
     <w:rsid w:val="00530402"/>
+    <w:rsid w:val="00530DDB"/>
     <w:rsid w:val="005566C1"/>
+    <w:rsid w:val="00600AFF"/>
+    <w:rsid w:val="006A718E"/>
     <w:rsid w:val="006F7A4C"/>
     <w:rsid w:val="0077763C"/>
     <w:rsid w:val="007A2721"/>
     <w:rsid w:val="008504A3"/>
     <w:rsid w:val="00925FF9"/>
     <w:rsid w:val="00936241"/>
     <w:rsid w:val="00985135"/>
+    <w:rsid w:val="00985CE6"/>
     <w:rsid w:val="009B4BD5"/>
     <w:rsid w:val="009D546F"/>
     <w:rsid w:val="00AB5E5B"/>
     <w:rsid w:val="00C131AD"/>
     <w:rsid w:val="00C35243"/>
     <w:rsid w:val="00CD2198"/>
     <w:rsid w:val="00CD4E49"/>
     <w:rsid w:val="00CD5BA1"/>
     <w:rsid w:val="00CE07E6"/>
     <w:rsid w:val="00D304B3"/>
     <w:rsid w:val="00D428E2"/>
     <w:rsid w:val="00D941AB"/>
     <w:rsid w:val="00DD5199"/>
     <w:rsid w:val="00DE5AD6"/>
     <w:rsid w:val="00E353E5"/>
     <w:rsid w:val="00E71E51"/>
     <w:rsid w:val="00EC7C87"/>
     <w:rsid w:val="00F84E2C"/>
     <w:rsid w:val="00F873AB"/>
     <w:rsid w:val="00F9006B"/>
+    <w:rsid w:val="00F957E4"/>
+    <w:rsid w:val="00FF1487"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -31454,50 +32099,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007874CDDF90AC454F853EC3601D7E9CDD" ma:contentTypeVersion="" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="99fc15e05fc6c12f7f5e27a28165bafe">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8335d25-603e-4f99-8257-79205f1617b2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f59ccbfc544684d09f87bc8ece4fb647" ns2:_="">
     <xsd:import namespace="d8335d25-603e-4f99-8257-79205f1617b2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d8335d25-603e-4f99-8257-79205f1617b2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
@@ -31585,145 +32239,160 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0EEB179-3889-4AD2-935F-B4C6AFD026A1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D094414-4466-45EF-AF0A-8AB96BAFCF3E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d8335d25-603e-4f99-8257-79205f1617b2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0EEB179-3889-4AD2-935F-B4C6AFD026A1}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B1B3E3A-BA9C-49EA-BAB8-CCA67D5954DC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D087A820-A4E2-466B-915B-DD8B0AEA0DE3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>9</Pages>
   <Words>4033</Words>
-  <Characters>22989</Characters>
+  <Characters>22990</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>191</Lines>
   <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Spell check while protected macro test</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Florida Department of Transportation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26969</CharactersWithSpaces>
+  <CharactersWithSpaces>26970</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Spell check while protected macro test</dc:title>
   <dc:subject/>
   <dc:creator>Roger VanLandingham</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007874CDDF90AC454F853EC3601D7E9CDD</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_SetDate">
+    <vt:lpwstr>2025-11-14T19:16:43Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_Name">
+    <vt:lpwstr>Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_SiteId">
+    <vt:lpwstr>db21de5d-bc9c-420c-8f3f-8f08f85b5ada</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_ActionId">
+    <vt:lpwstr>60a22831-aef3-44f1-b9df-47d3bb773c26</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>