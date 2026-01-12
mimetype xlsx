--- v0 (2025-10-04)
+++ v1 (2026-01-12)
@@ -147,69 +147,70 @@
   <Override PartName="/xl/ctrlProps/ctrlProp121.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp122.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp123.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp124.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp125.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp126.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp127.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp128.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp129.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp130.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp131.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp132.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp133.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp134.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp135.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp136.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp137.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp138.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp139.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26626"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\codata\shares\CO\ODO\F &amp; P\Forms\Current\Equal Opportunity (EOO)\Excel\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\codata\shares\CO\ODO\F &amp; P\Forms\Current\Business Growth &amp; Engagement (BGE). (formerly Equal Opportunity)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2AE57194-EE10-4E53-9751-34AA01A0FBFF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{68F37A8C-6C56-4E69-981D-C72F0559C58F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{93A72315-B941-4B8A-9DF5-9541F45F76A3}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{93A72315-B941-4B8A-9DF5-9541F45F76A3}"/>
   </bookViews>
   <sheets>
     <sheet name="Complete Revision Subcontractor" sheetId="5" r:id="rId1"/>
     <sheet name="Subcontractor Instructions" sheetId="10" r:id="rId2"/>
     <sheet name="Completed Rev Manufact-Dealers" sheetId="8" r:id="rId3"/>
     <sheet name="Manufact &amp; Reg Dealers Instruct" sheetId="11" r:id="rId4"/>
     <sheet name="Completed Revised Prof Services" sheetId="1" r:id="rId5"/>
     <sheet name="Prof Services Instructions" sheetId="12" r:id="rId6"/>
     <sheet name="Group reviewed CUF" sheetId="9" state="hidden" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="Check3" localSheetId="0">'Complete Revision Subcontractor'!$G$6</definedName>
     <definedName name="Check3" localSheetId="2">'Completed Rev Manufact-Dealers'!$G$6</definedName>
     <definedName name="Check3" localSheetId="4">'Completed Revised Prof Services'!$G$6</definedName>
     <definedName name="Check3" localSheetId="6">'Group reviewed CUF'!$G$6</definedName>
     <definedName name="Check4" localSheetId="0">'Complete Revision Subcontractor'!#REF!</definedName>
     <definedName name="Check4" localSheetId="2">'Completed Rev Manufact-Dealers'!#REF!</definedName>
     <definedName name="Check4" localSheetId="4">'Completed Revised Prof Services'!#REF!</definedName>
     <definedName name="Check4" localSheetId="6">'Group reviewed CUF'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Complete Revision Subcontractor'!$A$1:$BC$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Completed Rev Manufact-Dealers'!$A$1:$BC$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Completed Revised Prof Services'!$A$1:$BC$44</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'Group reviewed CUF'!$A$1:$AX$59</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Manufact &amp; Reg Dealers Instruct'!$A$1:$BG$53</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'Prof Services Instructions'!$A$1:$BH$50</definedName>
@@ -229,51 +230,51 @@
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="X17" i="9" l="1"/>
   <c r="AA16" i="1"/>
   <c r="AA16" i="8"/>
   <c r="AA16" i="5" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="555" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="555" uniqueCount="227">
   <si>
     <t>275-021-18</t>
   </si>
   <si>
     <t>EQUAL OPPORTUNITY OFFICE</t>
   </si>
   <si>
     <t>Rev Date</t>
   </si>
   <si>
     <t>STATE OF FLORIDA DEPARTMENT OF TRANSPORTATION</t>
   </si>
   <si>
     <t xml:space="preserve">     COMMERCIALLY USEFUL FUNCTION (CUF) DBE MONITORING REPORT</t>
   </si>
   <si>
     <t>SECTION 1: PROJECT IDENTIFICATION</t>
   </si>
   <si>
     <t>1. Prime Contractor</t>
   </si>
   <si>
     <t>2. Fin Project  No.</t>
   </si>
   <si>
@@ -1353,50 +1354,53 @@
   </si>
   <si>
     <t>Completed based on the specific process developed by the DCCM.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>SECTION 4:  CUF DETERMINATION -</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Signed by RCS as well  as FDOT representative or designee; action (if any) to be taken by DCCM</t>
     </r>
   </si>
+  <si>
+    <t>BUSINESS GROWTH &amp; ENGAGEMENT</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="FF000000"/>
@@ -2055,51 +2059,51 @@
       </top>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thick">
         <color auto="1"/>
       </right>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="364">
+  <cellXfs count="365">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
@@ -2286,616 +2290,790 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="6" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...151 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...157 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="3" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="3" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="5" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="5" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="5" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="5" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="5" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="5" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="31" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="29" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
@@ -2913,268 +3091,97 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...140 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{359A4F41-5D7A-451C-9D2F-7E0ED194746F}"/>
     <cellStyle name="Normal 3 2" xfId="2" xr:uid="{A64501CD-1FF1-474B-89DA-3FD2569007BF}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFD9D9D9"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -13203,91 +13210,91 @@
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -13349,51 +13356,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -13491,3126 +13498,3133 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp69.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp77.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp72.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp68.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp76.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp67.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp71.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp75.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp74.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp79.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp70.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp73.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp78.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp89.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp94.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp102.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp115.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp97.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp110.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp118.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp123.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp126.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp131.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp139.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp83.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp92.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp96.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp105.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp117.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp130.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp138.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp82.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp87.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp100.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp108.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp113.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp116.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp121.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp129.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp134.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp81.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp91.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp99.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp104.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp112.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp125.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp133.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp137.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp86.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp95.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp107.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp120.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp128.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp136.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp80.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp85.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp90.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp98.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp103.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp106.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp111.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp119.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp124.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp132.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp84.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp127.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp88.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp93.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp101.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp109.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp114.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp122.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp135.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{209160D0-A7E5-4BC5-9254-63173A9ECAB2}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BQ54"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="120" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <selection activeCell="BC3" sqref="BC3"/>
+      <selection activeCell="AR16" sqref="AR16:BC16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="46" width="3.28515625" style="4" customWidth="1"/>
     <col min="47" max="50" width="3.28515625" style="6" customWidth="1"/>
     <col min="51" max="54" width="2.85546875" style="4"/>
     <col min="55" max="55" width="6.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="56" max="16384" width="2.85546875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:69" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AT1" s="5"/>
       <c r="AU1" s="4"/>
       <c r="BC1" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:69" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AT2" s="5"/>
       <c r="AU2" s="4"/>
-      <c r="BC2" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AW2" s="364" t="s">
+        <v>226</v>
+      </c>
+      <c r="AX2" s="364"/>
+      <c r="AY2" s="364"/>
+      <c r="AZ2" s="364"/>
+      <c r="BA2" s="364"/>
+      <c r="BB2" s="364"/>
+      <c r="BC2" s="364"/>
     </row>
     <row r="3" spans="1:69" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AT3" s="5"/>
       <c r="AU3" s="4"/>
       <c r="BC3" s="77">
         <v>45160</v>
       </c>
     </row>
     <row r="4" spans="1:69" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="AA4" s="7"/>
       <c r="AB4" s="21" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:69" ht="35.450000000000003" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="86" t="s">
+      <c r="A5" s="152" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="87"/>
-[...52 lines deleted...]
-      <c r="BC5" s="88"/>
+      <c r="B5" s="153"/>
+      <c r="C5" s="153"/>
+      <c r="D5" s="153"/>
+      <c r="E5" s="153"/>
+      <c r="F5" s="153"/>
+      <c r="G5" s="153"/>
+      <c r="H5" s="153"/>
+      <c r="I5" s="153"/>
+      <c r="J5" s="153"/>
+      <c r="K5" s="153"/>
+      <c r="L5" s="153"/>
+      <c r="M5" s="153"/>
+      <c r="N5" s="153"/>
+      <c r="O5" s="153"/>
+      <c r="P5" s="153"/>
+      <c r="Q5" s="153"/>
+      <c r="R5" s="153"/>
+      <c r="S5" s="153"/>
+      <c r="T5" s="153"/>
+      <c r="U5" s="153"/>
+      <c r="V5" s="153"/>
+      <c r="W5" s="153"/>
+      <c r="X5" s="153"/>
+      <c r="Y5" s="153"/>
+      <c r="Z5" s="153"/>
+      <c r="AA5" s="153"/>
+      <c r="AB5" s="153"/>
+      <c r="AC5" s="153"/>
+      <c r="AD5" s="153"/>
+      <c r="AE5" s="153"/>
+      <c r="AF5" s="153"/>
+      <c r="AG5" s="153"/>
+      <c r="AH5" s="153"/>
+      <c r="AI5" s="153"/>
+      <c r="AJ5" s="153"/>
+      <c r="AK5" s="153"/>
+      <c r="AL5" s="153"/>
+      <c r="AM5" s="153"/>
+      <c r="AN5" s="153"/>
+      <c r="AO5" s="153"/>
+      <c r="AP5" s="153"/>
+      <c r="AQ5" s="153"/>
+      <c r="AR5" s="153"/>
+      <c r="AS5" s="153"/>
+      <c r="AT5" s="153"/>
+      <c r="AU5" s="153"/>
+      <c r="AV5" s="153"/>
+      <c r="AW5" s="153"/>
+      <c r="AX5" s="153"/>
+      <c r="AY5" s="153"/>
+      <c r="AZ5" s="153"/>
+      <c r="BA5" s="153"/>
+      <c r="BB5" s="153"/>
+      <c r="BC5" s="154"/>
     </row>
     <row r="6" spans="1:69" s="20" customFormat="1" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="89" t="s">
+      <c r="A6" s="127" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="90"/>
-[...52 lines deleted...]
-      <c r="BC6" s="91"/>
+      <c r="B6" s="128"/>
+      <c r="C6" s="128"/>
+      <c r="D6" s="128"/>
+      <c r="E6" s="128"/>
+      <c r="F6" s="128"/>
+      <c r="G6" s="128"/>
+      <c r="H6" s="128"/>
+      <c r="I6" s="128"/>
+      <c r="J6" s="128"/>
+      <c r="K6" s="128"/>
+      <c r="L6" s="128"/>
+      <c r="M6" s="128"/>
+      <c r="N6" s="128"/>
+      <c r="O6" s="128"/>
+      <c r="P6" s="128"/>
+      <c r="Q6" s="128"/>
+      <c r="R6" s="128"/>
+      <c r="S6" s="128"/>
+      <c r="T6" s="128"/>
+      <c r="U6" s="128"/>
+      <c r="V6" s="128"/>
+      <c r="W6" s="128"/>
+      <c r="X6" s="128"/>
+      <c r="Y6" s="128"/>
+      <c r="Z6" s="128"/>
+      <c r="AA6" s="128"/>
+      <c r="AB6" s="128"/>
+      <c r="AC6" s="128"/>
+      <c r="AD6" s="128"/>
+      <c r="AE6" s="128"/>
+      <c r="AF6" s="128"/>
+      <c r="AG6" s="128"/>
+      <c r="AH6" s="128"/>
+      <c r="AI6" s="128"/>
+      <c r="AJ6" s="128"/>
+      <c r="AK6" s="128"/>
+      <c r="AL6" s="128"/>
+      <c r="AM6" s="128"/>
+      <c r="AN6" s="128"/>
+      <c r="AO6" s="128"/>
+      <c r="AP6" s="128"/>
+      <c r="AQ6" s="128"/>
+      <c r="AR6" s="128"/>
+      <c r="AS6" s="128"/>
+      <c r="AT6" s="128"/>
+      <c r="AU6" s="128"/>
+      <c r="AV6" s="128"/>
+      <c r="AW6" s="128"/>
+      <c r="AX6" s="128"/>
+      <c r="AY6" s="128"/>
+      <c r="AZ6" s="128"/>
+      <c r="BA6" s="128"/>
+      <c r="BB6" s="128"/>
+      <c r="BC6" s="129"/>
     </row>
     <row r="7" spans="1:69" s="22" customFormat="1" ht="23.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="101" t="s">
+      <c r="A7" s="159" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="98"/>
-[...14 lines deleted...]
-      <c r="Q7" s="97" t="s">
+      <c r="B7" s="156"/>
+      <c r="C7" s="156"/>
+      <c r="D7" s="156"/>
+      <c r="E7" s="156"/>
+      <c r="F7" s="156"/>
+      <c r="G7" s="156"/>
+      <c r="H7" s="156"/>
+      <c r="I7" s="156"/>
+      <c r="J7" s="156"/>
+      <c r="K7" s="156"/>
+      <c r="L7" s="156"/>
+      <c r="M7" s="156"/>
+      <c r="N7" s="156"/>
+      <c r="O7" s="156"/>
+      <c r="P7" s="158"/>
+      <c r="Q7" s="155" t="s">
         <v>116</v>
       </c>
-      <c r="R7" s="98"/>
-[...10 lines deleted...]
-      <c r="AC7" s="97" t="s">
+      <c r="R7" s="156"/>
+      <c r="S7" s="156"/>
+      <c r="T7" s="156"/>
+      <c r="U7" s="156"/>
+      <c r="V7" s="156"/>
+      <c r="W7" s="156"/>
+      <c r="X7" s="156"/>
+      <c r="Y7" s="156"/>
+      <c r="Z7" s="156"/>
+      <c r="AA7" s="156"/>
+      <c r="AB7" s="158"/>
+      <c r="AC7" s="155" t="s">
         <v>8</v>
       </c>
-      <c r="AD7" s="98"/>
-[...8 lines deleted...]
-      <c r="AM7" s="97" t="s">
+      <c r="AD7" s="156"/>
+      <c r="AE7" s="156"/>
+      <c r="AF7" s="156"/>
+      <c r="AG7" s="156"/>
+      <c r="AH7" s="156"/>
+      <c r="AI7" s="156"/>
+      <c r="AJ7" s="156"/>
+      <c r="AK7" s="156"/>
+      <c r="AL7" s="158"/>
+      <c r="AM7" s="155" t="s">
         <v>9</v>
       </c>
-      <c r="AN7" s="98"/>
-[...7 lines deleted...]
-      <c r="AV7" s="97" t="s">
+      <c r="AN7" s="156"/>
+      <c r="AO7" s="156"/>
+      <c r="AP7" s="156"/>
+      <c r="AQ7" s="156"/>
+      <c r="AR7" s="156"/>
+      <c r="AS7" s="156"/>
+      <c r="AT7" s="156"/>
+      <c r="AU7" s="158"/>
+      <c r="AV7" s="155" t="s">
         <v>10</v>
       </c>
-      <c r="AW7" s="98"/>
-[...5 lines deleted...]
-      <c r="BC7" s="99"/>
+      <c r="AW7" s="156"/>
+      <c r="AX7" s="156"/>
+      <c r="AY7" s="156"/>
+      <c r="AZ7" s="156"/>
+      <c r="BA7" s="156"/>
+      <c r="BB7" s="156"/>
+      <c r="BC7" s="157"/>
     </row>
     <row r="8" spans="1:69" s="9" customFormat="1" ht="24.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="102" t="s">
+      <c r="A8" s="146" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="95"/>
-[...14 lines deleted...]
-      <c r="Q8" s="104" t="s">
+      <c r="B8" s="87"/>
+      <c r="C8" s="87"/>
+      <c r="D8" s="87"/>
+      <c r="E8" s="87"/>
+      <c r="F8" s="87"/>
+      <c r="G8" s="87"/>
+      <c r="H8" s="87"/>
+      <c r="I8" s="87"/>
+      <c r="J8" s="87"/>
+      <c r="K8" s="87"/>
+      <c r="L8" s="87"/>
+      <c r="M8" s="87"/>
+      <c r="N8" s="87"/>
+      <c r="O8" s="87"/>
+      <c r="P8" s="88"/>
+      <c r="Q8" s="86" t="s">
         <v>11</v>
       </c>
-      <c r="R8" s="95"/>
-[...36 lines deleted...]
-      <c r="BC8" s="158"/>
+      <c r="R8" s="87"/>
+      <c r="S8" s="87"/>
+      <c r="T8" s="87"/>
+      <c r="U8" s="87"/>
+      <c r="V8" s="87"/>
+      <c r="W8" s="87"/>
+      <c r="X8" s="87"/>
+      <c r="Y8" s="87"/>
+      <c r="Z8" s="87"/>
+      <c r="AA8" s="87"/>
+      <c r="AB8" s="88"/>
+      <c r="AC8" s="86"/>
+      <c r="AD8" s="87"/>
+      <c r="AE8" s="87"/>
+      <c r="AF8" s="87"/>
+      <c r="AG8" s="87"/>
+      <c r="AH8" s="87"/>
+      <c r="AI8" s="87"/>
+      <c r="AJ8" s="87"/>
+      <c r="AK8" s="87"/>
+      <c r="AL8" s="88"/>
+      <c r="AM8" s="86"/>
+      <c r="AN8" s="87"/>
+      <c r="AO8" s="87"/>
+      <c r="AP8" s="87"/>
+      <c r="AQ8" s="87"/>
+      <c r="AR8" s="87"/>
+      <c r="AS8" s="87"/>
+      <c r="AT8" s="87"/>
+      <c r="AU8" s="88"/>
+      <c r="AV8" s="82"/>
+      <c r="AW8" s="83"/>
+      <c r="AX8" s="83"/>
+      <c r="AY8" s="83"/>
+      <c r="AZ8" s="83"/>
+      <c r="BA8" s="83"/>
+      <c r="BB8" s="83"/>
+      <c r="BC8" s="84"/>
     </row>
     <row r="9" spans="1:69" s="20" customFormat="1" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="89" t="s">
+      <c r="A9" s="127" t="s">
         <v>12</v>
       </c>
-      <c r="B9" s="90"/>
-[...52 lines deleted...]
-      <c r="BC9" s="91"/>
+      <c r="B9" s="128"/>
+      <c r="C9" s="128"/>
+      <c r="D9" s="128"/>
+      <c r="E9" s="128"/>
+      <c r="F9" s="128"/>
+      <c r="G9" s="128"/>
+      <c r="H9" s="128"/>
+      <c r="I9" s="128"/>
+      <c r="J9" s="128"/>
+      <c r="K9" s="128"/>
+      <c r="L9" s="128"/>
+      <c r="M9" s="128"/>
+      <c r="N9" s="128"/>
+      <c r="O9" s="128"/>
+      <c r="P9" s="128"/>
+      <c r="Q9" s="128"/>
+      <c r="R9" s="128"/>
+      <c r="S9" s="128"/>
+      <c r="T9" s="128"/>
+      <c r="U9" s="128"/>
+      <c r="V9" s="128"/>
+      <c r="W9" s="128"/>
+      <c r="X9" s="128"/>
+      <c r="Y9" s="128"/>
+      <c r="Z9" s="128"/>
+      <c r="AA9" s="128"/>
+      <c r="AB9" s="128"/>
+      <c r="AC9" s="128"/>
+      <c r="AD9" s="128"/>
+      <c r="AE9" s="128"/>
+      <c r="AF9" s="128"/>
+      <c r="AG9" s="128"/>
+      <c r="AH9" s="128"/>
+      <c r="AI9" s="128"/>
+      <c r="AJ9" s="128"/>
+      <c r="AK9" s="128"/>
+      <c r="AL9" s="128"/>
+      <c r="AM9" s="128"/>
+      <c r="AN9" s="128"/>
+      <c r="AO9" s="128"/>
+      <c r="AP9" s="128"/>
+      <c r="AQ9" s="128"/>
+      <c r="AR9" s="128"/>
+      <c r="AS9" s="128"/>
+      <c r="AT9" s="128"/>
+      <c r="AU9" s="128"/>
+      <c r="AV9" s="128"/>
+      <c r="AW9" s="128"/>
+      <c r="AX9" s="128"/>
+      <c r="AY9" s="128"/>
+      <c r="AZ9" s="128"/>
+      <c r="BA9" s="128"/>
+      <c r="BB9" s="128"/>
+      <c r="BC9" s="129"/>
     </row>
     <row r="10" spans="1:69" s="9" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="92" t="s">
+      <c r="A10" s="104" t="s">
         <v>61</v>
       </c>
-      <c r="B10" s="93"/>
-[...52 lines deleted...]
-      <c r="BC10" s="96"/>
+      <c r="B10" s="100"/>
+      <c r="C10" s="100"/>
+      <c r="D10" s="100"/>
+      <c r="E10" s="100"/>
+      <c r="F10" s="100"/>
+      <c r="G10" s="100"/>
+      <c r="H10" s="100"/>
+      <c r="I10" s="100"/>
+      <c r="J10" s="100"/>
+      <c r="K10" s="100"/>
+      <c r="L10" s="105"/>
+      <c r="M10" s="87"/>
+      <c r="N10" s="87"/>
+      <c r="O10" s="87"/>
+      <c r="P10" s="87"/>
+      <c r="Q10" s="87"/>
+      <c r="R10" s="87"/>
+      <c r="S10" s="87"/>
+      <c r="T10" s="87"/>
+      <c r="U10" s="87"/>
+      <c r="V10" s="87"/>
+      <c r="W10" s="87"/>
+      <c r="X10" s="87"/>
+      <c r="Y10" s="87"/>
+      <c r="Z10" s="87"/>
+      <c r="AA10" s="87"/>
+      <c r="AB10" s="87"/>
+      <c r="AC10" s="87"/>
+      <c r="AD10" s="87"/>
+      <c r="AE10" s="87"/>
+      <c r="AF10" s="87"/>
+      <c r="AG10" s="87"/>
+      <c r="AH10" s="87"/>
+      <c r="AI10" s="87"/>
+      <c r="AJ10" s="87"/>
+      <c r="AK10" s="87"/>
+      <c r="AL10" s="87"/>
+      <c r="AM10" s="87"/>
+      <c r="AN10" s="87"/>
+      <c r="AO10" s="87"/>
+      <c r="AP10" s="87"/>
+      <c r="AQ10" s="87"/>
+      <c r="AR10" s="87"/>
+      <c r="AS10" s="87"/>
+      <c r="AT10" s="87"/>
+      <c r="AU10" s="87"/>
+      <c r="AV10" s="87"/>
+      <c r="AW10" s="87"/>
+      <c r="AX10" s="87"/>
+      <c r="AY10" s="87"/>
+      <c r="AZ10" s="87"/>
+      <c r="BA10" s="87"/>
+      <c r="BB10" s="87"/>
+      <c r="BC10" s="110"/>
       <c r="BD10" s="29"/>
       <c r="BE10" s="29"/>
       <c r="BF10" s="30"/>
       <c r="BG10" s="30"/>
       <c r="BH10" s="30"/>
       <c r="BI10" s="30"/>
       <c r="BJ10" s="30"/>
       <c r="BK10" s="30"/>
       <c r="BL10" s="30"/>
       <c r="BM10" s="30"/>
       <c r="BN10" s="8"/>
       <c r="BO10" s="8"/>
       <c r="BP10" s="8"/>
       <c r="BQ10" s="8"/>
     </row>
     <row r="11" spans="1:69" s="8" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="105" t="s">
+      <c r="A11" s="160" t="s">
         <v>131</v>
       </c>
-      <c r="B11" s="106"/>
-[...5 lines deleted...]
-      <c r="H11" s="106" t="s">
+      <c r="B11" s="85"/>
+      <c r="C11" s="85"/>
+      <c r="D11" s="85"/>
+      <c r="E11" s="85"/>
+      <c r="F11" s="85"/>
+      <c r="G11" s="85"/>
+      <c r="H11" s="85" t="s">
         <v>98</v>
       </c>
-      <c r="I11" s="106"/>
-[...12 lines deleted...]
-      <c r="V11" s="152" t="s">
+      <c r="I11" s="85"/>
+      <c r="J11" s="85"/>
+      <c r="K11" s="85"/>
+      <c r="L11" s="85"/>
+      <c r="M11" s="95"/>
+      <c r="N11" s="96"/>
+      <c r="O11" s="96"/>
+      <c r="P11" s="96"/>
+      <c r="Q11" s="96"/>
+      <c r="R11" s="96"/>
+      <c r="S11" s="96"/>
+      <c r="T11" s="96"/>
+      <c r="U11" s="97"/>
+      <c r="V11" s="89" t="s">
         <v>97</v>
       </c>
-      <c r="W11" s="153"/>
-[...11 lines deleted...]
-      <c r="AI11" s="154"/>
+      <c r="W11" s="90"/>
+      <c r="X11" s="90"/>
+      <c r="Y11" s="90"/>
+      <c r="Z11" s="90"/>
+      <c r="AA11" s="90"/>
+      <c r="AB11" s="90"/>
+      <c r="AC11" s="90"/>
+      <c r="AD11" s="90"/>
+      <c r="AE11" s="90"/>
+      <c r="AF11" s="90"/>
+      <c r="AG11" s="90"/>
+      <c r="AH11" s="90"/>
+      <c r="AI11" s="91"/>
       <c r="AJ11" s="39"/>
-      <c r="AK11" s="152" t="s">
+      <c r="AK11" s="89" t="s">
         <v>118</v>
       </c>
-      <c r="AL11" s="153"/>
-[...15 lines deleted...]
-      <c r="BB11" s="153"/>
+      <c r="AL11" s="90"/>
+      <c r="AM11" s="90"/>
+      <c r="AN11" s="90"/>
+      <c r="AO11" s="90"/>
+      <c r="AP11" s="90"/>
+      <c r="AQ11" s="90"/>
+      <c r="AR11" s="90"/>
+      <c r="AS11" s="90"/>
+      <c r="AT11" s="90"/>
+      <c r="AU11" s="90"/>
+      <c r="AV11" s="90"/>
+      <c r="AW11" s="90"/>
+      <c r="AX11" s="90"/>
+      <c r="AY11" s="90"/>
+      <c r="AZ11" s="90"/>
+      <c r="BA11" s="90"/>
+      <c r="BB11" s="90"/>
       <c r="BC11" s="46"/>
     </row>
     <row r="12" spans="1:69" s="8" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="105"/>
-[...6 lines deleted...]
-      <c r="H12" s="106" t="s">
+      <c r="A12" s="160"/>
+      <c r="B12" s="85"/>
+      <c r="C12" s="85"/>
+      <c r="D12" s="85"/>
+      <c r="E12" s="85"/>
+      <c r="F12" s="85"/>
+      <c r="G12" s="85"/>
+      <c r="H12" s="85" t="s">
         <v>99</v>
       </c>
-      <c r="I12" s="106"/>
-[...12 lines deleted...]
-      <c r="V12" s="152" t="s">
+      <c r="I12" s="85"/>
+      <c r="J12" s="85"/>
+      <c r="K12" s="85"/>
+      <c r="L12" s="85"/>
+      <c r="M12" s="86"/>
+      <c r="N12" s="87"/>
+      <c r="O12" s="87"/>
+      <c r="P12" s="87"/>
+      <c r="Q12" s="87"/>
+      <c r="R12" s="87"/>
+      <c r="S12" s="87"/>
+      <c r="T12" s="87"/>
+      <c r="U12" s="88"/>
+      <c r="V12" s="89" t="s">
         <v>15</v>
       </c>
-      <c r="W12" s="153"/>
-[...5 lines deleted...]
-      <c r="AD12" s="152" t="s">
+      <c r="W12" s="90"/>
+      <c r="X12" s="90"/>
+      <c r="Y12" s="90"/>
+      <c r="Z12" s="90"/>
+      <c r="AA12" s="90"/>
+      <c r="AB12" s="91"/>
+      <c r="AD12" s="89" t="s">
         <v>16</v>
       </c>
-      <c r="AE12" s="153"/>
-[...3 lines deleted...]
-      <c r="AI12" s="154"/>
+      <c r="AE12" s="90"/>
+      <c r="AF12" s="90"/>
+      <c r="AG12" s="90"/>
+      <c r="AH12" s="90"/>
+      <c r="AI12" s="91"/>
       <c r="AJ12" s="45"/>
-      <c r="AK12" s="160" t="s">
+      <c r="AK12" s="92" t="s">
         <v>91</v>
       </c>
-      <c r="AL12" s="161"/>
-[...16 lines deleted...]
-      <c r="BC12" s="162"/>
+      <c r="AL12" s="93"/>
+      <c r="AM12" s="93"/>
+      <c r="AN12" s="93"/>
+      <c r="AO12" s="93"/>
+      <c r="AP12" s="93"/>
+      <c r="AQ12" s="93"/>
+      <c r="AR12" s="93"/>
+      <c r="AS12" s="93"/>
+      <c r="AT12" s="93"/>
+      <c r="AU12" s="93"/>
+      <c r="AV12" s="93"/>
+      <c r="AW12" s="93"/>
+      <c r="AX12" s="93"/>
+      <c r="AY12" s="93"/>
+      <c r="AZ12" s="93"/>
+      <c r="BA12" s="93"/>
+      <c r="BB12" s="93"/>
+      <c r="BC12" s="94"/>
     </row>
     <row r="13" spans="1:69" s="9" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="105" t="s">
+      <c r="A13" s="160" t="s">
         <v>132</v>
       </c>
-      <c r="B13" s="106"/>
-[...5 lines deleted...]
-      <c r="H13" s="152" t="s">
+      <c r="B13" s="85"/>
+      <c r="C13" s="85"/>
+      <c r="D13" s="85"/>
+      <c r="E13" s="85"/>
+      <c r="F13" s="85"/>
+      <c r="G13" s="85"/>
+      <c r="H13" s="89" t="s">
         <v>17</v>
       </c>
-      <c r="I13" s="153"/>
-[...5 lines deleted...]
-      <c r="O13" s="154"/>
+      <c r="I13" s="90"/>
+      <c r="J13" s="90"/>
+      <c r="K13" s="90"/>
+      <c r="L13" s="90"/>
+      <c r="M13" s="90"/>
+      <c r="N13" s="90"/>
+      <c r="O13" s="91"/>
       <c r="P13" s="31"/>
-      <c r="Q13" s="152" t="s">
+      <c r="Q13" s="89" t="s">
         <v>18</v>
       </c>
-      <c r="R13" s="153"/>
-[...3 lines deleted...]
-      <c r="V13" s="154"/>
+      <c r="R13" s="90"/>
+      <c r="S13" s="90"/>
+      <c r="T13" s="90"/>
+      <c r="U13" s="90"/>
+      <c r="V13" s="91"/>
       <c r="W13" s="31"/>
-      <c r="X13" s="152" t="s">
+      <c r="X13" s="89" t="s">
         <v>59</v>
       </c>
-      <c r="Y13" s="153"/>
-[...12 lines deleted...]
-      <c r="AL13" s="154"/>
+      <c r="Y13" s="90"/>
+      <c r="Z13" s="90"/>
+      <c r="AA13" s="90"/>
+      <c r="AB13" s="90"/>
+      <c r="AC13" s="90"/>
+      <c r="AD13" s="90"/>
+      <c r="AE13" s="90"/>
+      <c r="AF13" s="90"/>
+      <c r="AG13" s="90"/>
+      <c r="AH13" s="90"/>
+      <c r="AI13" s="90"/>
+      <c r="AJ13" s="90"/>
+      <c r="AK13" s="90"/>
+      <c r="AL13" s="91"/>
       <c r="AM13" s="31"/>
-      <c r="AN13" s="152" t="s">
+      <c r="AN13" s="89" t="s">
         <v>60</v>
       </c>
-      <c r="AO13" s="153"/>
-[...7 lines deleted...]
-      <c r="AX13" s="152" t="s">
+      <c r="AO13" s="90"/>
+      <c r="AP13" s="90"/>
+      <c r="AQ13" s="90"/>
+      <c r="AR13" s="90"/>
+      <c r="AS13" s="90"/>
+      <c r="AT13" s="90"/>
+      <c r="AU13" s="90"/>
+      <c r="AV13" s="91"/>
+      <c r="AX13" s="89" t="s">
         <v>92</v>
       </c>
-      <c r="AY13" s="153"/>
-[...2 lines deleted...]
-      <c r="BB13" s="154"/>
+      <c r="AY13" s="90"/>
+      <c r="AZ13" s="90"/>
+      <c r="BA13" s="90"/>
+      <c r="BB13" s="91"/>
       <c r="BC13" s="36"/>
       <c r="BD13" s="32"/>
       <c r="BE13" s="32"/>
       <c r="BF13" s="32"/>
       <c r="BG13" s="32"/>
       <c r="BH13" s="32"/>
       <c r="BI13" s="32"/>
       <c r="BJ13" s="32"/>
       <c r="BK13" s="32"/>
       <c r="BL13" s="32"/>
       <c r="BM13" s="32"/>
       <c r="BN13" s="32"/>
       <c r="BO13" s="32"/>
       <c r="BP13" s="32"/>
       <c r="BQ13" s="32"/>
     </row>
     <row r="14" spans="1:69" s="8" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="92" t="s">
+      <c r="A14" s="104" t="s">
         <v>133</v>
       </c>
-      <c r="B14" s="93"/>
-[...11 lines deleted...]
-      <c r="N14" s="157" t="s">
+      <c r="B14" s="100"/>
+      <c r="C14" s="100"/>
+      <c r="D14" s="100"/>
+      <c r="E14" s="100"/>
+      <c r="F14" s="100"/>
+      <c r="G14" s="100"/>
+      <c r="H14" s="83"/>
+      <c r="I14" s="83"/>
+      <c r="J14" s="83"/>
+      <c r="K14" s="83"/>
+      <c r="L14" s="83"/>
+      <c r="M14" s="98"/>
+      <c r="N14" s="99" t="s">
         <v>134</v>
       </c>
-      <c r="O14" s="93"/>
-[...12 lines deleted...]
-      <c r="AB14" s="157" t="s">
+      <c r="O14" s="100"/>
+      <c r="P14" s="100"/>
+      <c r="Q14" s="100"/>
+      <c r="R14" s="100"/>
+      <c r="S14" s="100"/>
+      <c r="T14" s="100"/>
+      <c r="U14" s="83"/>
+      <c r="V14" s="83"/>
+      <c r="W14" s="83"/>
+      <c r="X14" s="83"/>
+      <c r="Y14" s="83"/>
+      <c r="Z14" s="83"/>
+      <c r="AA14" s="98"/>
+      <c r="AB14" s="99" t="s">
         <v>135</v>
       </c>
-      <c r="AC14" s="93"/>
-[...25 lines deleted...]
-      <c r="BC14" s="158"/>
+      <c r="AC14" s="100"/>
+      <c r="AD14" s="100"/>
+      <c r="AE14" s="100"/>
+      <c r="AF14" s="100"/>
+      <c r="AG14" s="100"/>
+      <c r="AH14" s="100"/>
+      <c r="AI14" s="100"/>
+      <c r="AJ14" s="100"/>
+      <c r="AK14" s="100"/>
+      <c r="AL14" s="100"/>
+      <c r="AM14" s="100"/>
+      <c r="AN14" s="83"/>
+      <c r="AO14" s="83"/>
+      <c r="AP14" s="83"/>
+      <c r="AQ14" s="83"/>
+      <c r="AR14" s="83"/>
+      <c r="AS14" s="83"/>
+      <c r="AT14" s="83"/>
+      <c r="AU14" s="83"/>
+      <c r="AV14" s="83"/>
+      <c r="AW14" s="83"/>
+      <c r="AX14" s="83"/>
+      <c r="AY14" s="83"/>
+      <c r="AZ14" s="83"/>
+      <c r="BA14" s="83"/>
+      <c r="BB14" s="83"/>
+      <c r="BC14" s="84"/>
     </row>
     <row r="15" spans="1:69" s="23" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="112" t="s">
+      <c r="A15" s="142" t="s">
         <v>111</v>
       </c>
-      <c r="B15" s="112"/>
-[...11 lines deleted...]
-      <c r="N15" s="112" t="s">
+      <c r="B15" s="142"/>
+      <c r="C15" s="142"/>
+      <c r="D15" s="142"/>
+      <c r="E15" s="142"/>
+      <c r="F15" s="142"/>
+      <c r="G15" s="142"/>
+      <c r="H15" s="142"/>
+      <c r="I15" s="142"/>
+      <c r="J15" s="142"/>
+      <c r="K15" s="142"/>
+      <c r="L15" s="142"/>
+      <c r="M15" s="142"/>
+      <c r="N15" s="142" t="s">
         <v>112</v>
       </c>
-      <c r="O15" s="112"/>
-[...11 lines deleted...]
-      <c r="AA15" s="112" t="s">
+      <c r="O15" s="142"/>
+      <c r="P15" s="142"/>
+      <c r="Q15" s="142"/>
+      <c r="R15" s="142"/>
+      <c r="S15" s="142"/>
+      <c r="T15" s="142"/>
+      <c r="U15" s="142"/>
+      <c r="V15" s="142"/>
+      <c r="W15" s="142"/>
+      <c r="X15" s="142"/>
+      <c r="Y15" s="142"/>
+      <c r="Z15" s="142"/>
+      <c r="AA15" s="142" t="s">
         <v>113</v>
       </c>
-      <c r="AB15" s="112"/>
-[...15 lines deleted...]
-      <c r="AR15" s="112" t="s">
+      <c r="AB15" s="142"/>
+      <c r="AC15" s="142"/>
+      <c r="AD15" s="142"/>
+      <c r="AE15" s="142"/>
+      <c r="AF15" s="142"/>
+      <c r="AG15" s="142"/>
+      <c r="AH15" s="142"/>
+      <c r="AI15" s="142"/>
+      <c r="AJ15" s="142"/>
+      <c r="AK15" s="142"/>
+      <c r="AL15" s="142"/>
+      <c r="AM15" s="142"/>
+      <c r="AN15" s="142"/>
+      <c r="AO15" s="142"/>
+      <c r="AP15" s="142"/>
+      <c r="AQ15" s="142"/>
+      <c r="AR15" s="142" t="s">
         <v>114</v>
       </c>
-      <c r="AS15" s="112"/>
-[...9 lines deleted...]
-      <c r="BC15" s="118"/>
+      <c r="AS15" s="142"/>
+      <c r="AT15" s="142"/>
+      <c r="AU15" s="142"/>
+      <c r="AV15" s="142"/>
+      <c r="AW15" s="142"/>
+      <c r="AX15" s="142"/>
+      <c r="AY15" s="142"/>
+      <c r="AZ15" s="142"/>
+      <c r="BA15" s="142"/>
+      <c r="BB15" s="142"/>
+      <c r="BC15" s="144"/>
       <c r="BD15" s="9"/>
       <c r="BE15" s="9"/>
       <c r="BF15" s="9"/>
       <c r="BG15" s="9"/>
       <c r="BH15" s="9"/>
       <c r="BI15" s="9"/>
       <c r="BJ15" s="9"/>
       <c r="BK15" s="9"/>
       <c r="BL15" s="9"/>
       <c r="BM15" s="9"/>
       <c r="BN15" s="9"/>
       <c r="BO15" s="9"/>
       <c r="BP15" s="9"/>
       <c r="BQ15" s="9"/>
     </row>
     <row r="16" spans="1:69" s="3" customFormat="1" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="82"/>
-[...25 lines deleted...]
-      <c r="AA16" s="113">
+      <c r="A16" s="143"/>
+      <c r="B16" s="143"/>
+      <c r="C16" s="143"/>
+      <c r="D16" s="143"/>
+      <c r="E16" s="143"/>
+      <c r="F16" s="143"/>
+      <c r="G16" s="143"/>
+      <c r="H16" s="143"/>
+      <c r="I16" s="143"/>
+      <c r="J16" s="143"/>
+      <c r="K16" s="143"/>
+      <c r="L16" s="143"/>
+      <c r="M16" s="143"/>
+      <c r="N16" s="143"/>
+      <c r="O16" s="143"/>
+      <c r="P16" s="143"/>
+      <c r="Q16" s="143"/>
+      <c r="R16" s="143"/>
+      <c r="S16" s="143"/>
+      <c r="T16" s="143"/>
+      <c r="U16" s="143"/>
+      <c r="V16" s="143"/>
+      <c r="W16" s="143"/>
+      <c r="X16" s="143"/>
+      <c r="Y16" s="143"/>
+      <c r="Z16" s="143"/>
+      <c r="AA16" s="164">
         <f>SUM(N16*0.3)</f>
         <v>0</v>
       </c>
-      <c r="AB16" s="113"/>
-[...26 lines deleted...]
-      <c r="BC16" s="83"/>
+      <c r="AB16" s="164"/>
+      <c r="AC16" s="164"/>
+      <c r="AD16" s="164"/>
+      <c r="AE16" s="164"/>
+      <c r="AF16" s="164"/>
+      <c r="AG16" s="164"/>
+      <c r="AH16" s="164"/>
+      <c r="AI16" s="164"/>
+      <c r="AJ16" s="164"/>
+      <c r="AK16" s="164"/>
+      <c r="AL16" s="164"/>
+      <c r="AM16" s="164"/>
+      <c r="AN16" s="164"/>
+      <c r="AO16" s="164"/>
+      <c r="AP16" s="164"/>
+      <c r="AQ16" s="164"/>
+      <c r="AR16" s="143"/>
+      <c r="AS16" s="143"/>
+      <c r="AT16" s="143"/>
+      <c r="AU16" s="143"/>
+      <c r="AV16" s="143"/>
+      <c r="AW16" s="143"/>
+      <c r="AX16" s="143"/>
+      <c r="AY16" s="143"/>
+      <c r="AZ16" s="143"/>
+      <c r="BA16" s="143"/>
+      <c r="BB16" s="143"/>
+      <c r="BC16" s="151"/>
       <c r="BD16" s="8"/>
       <c r="BE16" s="8"/>
       <c r="BF16" s="8"/>
       <c r="BG16" s="8"/>
       <c r="BH16" s="8"/>
       <c r="BI16" s="8"/>
       <c r="BJ16" s="8"/>
       <c r="BK16" s="8"/>
       <c r="BL16" s="8"/>
       <c r="BM16" s="8"/>
       <c r="BN16" s="8"/>
       <c r="BO16" s="8"/>
       <c r="BP16" s="8"/>
       <c r="BQ16" s="8"/>
     </row>
     <row r="17" spans="1:69" s="20" customFormat="1" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="109" t="s">
+      <c r="A17" s="161" t="s">
         <v>19</v>
       </c>
-      <c r="B17" s="110"/>
-[...52 lines deleted...]
-      <c r="BC17" s="111"/>
+      <c r="B17" s="162"/>
+      <c r="C17" s="162"/>
+      <c r="D17" s="162"/>
+      <c r="E17" s="162"/>
+      <c r="F17" s="162"/>
+      <c r="G17" s="162"/>
+      <c r="H17" s="162"/>
+      <c r="I17" s="162"/>
+      <c r="J17" s="162"/>
+      <c r="K17" s="162"/>
+      <c r="L17" s="162"/>
+      <c r="M17" s="162"/>
+      <c r="N17" s="162"/>
+      <c r="O17" s="162"/>
+      <c r="P17" s="162"/>
+      <c r="Q17" s="162"/>
+      <c r="R17" s="162"/>
+      <c r="S17" s="162"/>
+      <c r="T17" s="162"/>
+      <c r="U17" s="162"/>
+      <c r="V17" s="162"/>
+      <c r="W17" s="162"/>
+      <c r="X17" s="162"/>
+      <c r="Y17" s="162"/>
+      <c r="Z17" s="162"/>
+      <c r="AA17" s="162"/>
+      <c r="AB17" s="162"/>
+      <c r="AC17" s="162"/>
+      <c r="AD17" s="162"/>
+      <c r="AE17" s="162"/>
+      <c r="AF17" s="162"/>
+      <c r="AG17" s="162"/>
+      <c r="AH17" s="162"/>
+      <c r="AI17" s="162"/>
+      <c r="AJ17" s="162"/>
+      <c r="AK17" s="162"/>
+      <c r="AL17" s="162"/>
+      <c r="AM17" s="162"/>
+      <c r="AN17" s="162"/>
+      <c r="AO17" s="162"/>
+      <c r="AP17" s="162"/>
+      <c r="AQ17" s="162"/>
+      <c r="AR17" s="162"/>
+      <c r="AS17" s="162"/>
+      <c r="AT17" s="162"/>
+      <c r="AU17" s="162"/>
+      <c r="AV17" s="162"/>
+      <c r="AW17" s="162"/>
+      <c r="AX17" s="162"/>
+      <c r="AY17" s="162"/>
+      <c r="AZ17" s="162"/>
+      <c r="BA17" s="162"/>
+      <c r="BB17" s="162"/>
+      <c r="BC17" s="163"/>
       <c r="BD17" s="8"/>
       <c r="BE17" s="8"/>
       <c r="BF17" s="8"/>
       <c r="BG17" s="8"/>
       <c r="BH17" s="8"/>
       <c r="BI17" s="8"/>
       <c r="BJ17" s="8"/>
       <c r="BK17" s="8"/>
       <c r="BL17" s="8"/>
       <c r="BM17" s="8"/>
       <c r="BN17" s="8"/>
       <c r="BO17" s="8"/>
       <c r="BP17" s="8"/>
       <c r="BQ17" s="8"/>
     </row>
     <row r="18" spans="1:69" s="9" customFormat="1" ht="23.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="107" t="s">
+      <c r="A18" s="114" t="s">
         <v>20</v>
       </c>
-      <c r="B18" s="108"/>
-      <c r="C18" s="108" t="s">
+      <c r="B18" s="115"/>
+      <c r="C18" s="115" t="s">
         <v>21</v>
       </c>
-      <c r="D18" s="108"/>
-      <c r="E18" s="108" t="s">
+      <c r="D18" s="115"/>
+      <c r="E18" s="115" t="s">
         <v>22</v>
       </c>
-      <c r="F18" s="108"/>
-      <c r="G18" s="131" t="s">
+      <c r="F18" s="115"/>
+      <c r="G18" s="111" t="s">
         <v>103</v>
       </c>
-      <c r="H18" s="132"/>
-[...46 lines deleted...]
-      <c r="BC18" s="133"/>
+      <c r="H18" s="112"/>
+      <c r="I18" s="112"/>
+      <c r="J18" s="112"/>
+      <c r="K18" s="112"/>
+      <c r="L18" s="112"/>
+      <c r="M18" s="112"/>
+      <c r="N18" s="112"/>
+      <c r="O18" s="112"/>
+      <c r="P18" s="112"/>
+      <c r="Q18" s="112"/>
+      <c r="R18" s="112"/>
+      <c r="S18" s="112"/>
+      <c r="T18" s="112"/>
+      <c r="U18" s="112"/>
+      <c r="V18" s="112"/>
+      <c r="W18" s="112"/>
+      <c r="X18" s="112"/>
+      <c r="Y18" s="112"/>
+      <c r="Z18" s="112"/>
+      <c r="AA18" s="112"/>
+      <c r="AB18" s="112"/>
+      <c r="AC18" s="112"/>
+      <c r="AD18" s="112"/>
+      <c r="AE18" s="112"/>
+      <c r="AF18" s="112"/>
+      <c r="AG18" s="112"/>
+      <c r="AH18" s="112"/>
+      <c r="AI18" s="112"/>
+      <c r="AJ18" s="112"/>
+      <c r="AK18" s="112"/>
+      <c r="AL18" s="112"/>
+      <c r="AM18" s="112"/>
+      <c r="AN18" s="112"/>
+      <c r="AO18" s="112"/>
+      <c r="AP18" s="112"/>
+      <c r="AQ18" s="112"/>
+      <c r="AR18" s="112"/>
+      <c r="AS18" s="112"/>
+      <c r="AT18" s="112"/>
+      <c r="AU18" s="112"/>
+      <c r="AV18" s="112"/>
+      <c r="AW18" s="112"/>
+      <c r="AX18" s="112"/>
+      <c r="AY18" s="112"/>
+      <c r="AZ18" s="112"/>
+      <c r="BA18" s="112"/>
+      <c r="BB18" s="112"/>
+      <c r="BC18" s="113"/>
       <c r="BD18" s="4"/>
       <c r="BE18" s="4"/>
       <c r="BF18" s="4"/>
       <c r="BG18" s="4"/>
       <c r="BH18" s="4"/>
       <c r="BI18" s="4"/>
       <c r="BJ18" s="4"/>
       <c r="BK18" s="4"/>
       <c r="BL18" s="4"/>
       <c r="BM18" s="4"/>
       <c r="BN18" s="4"/>
       <c r="BO18" s="4"/>
       <c r="BP18" s="4"/>
       <c r="BQ18" s="4"/>
     </row>
     <row r="19" spans="1:69" s="8" customFormat="1" ht="24.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="114"/>
-[...5 lines deleted...]
-      <c r="G19" s="127" t="s">
+      <c r="A19" s="140"/>
+      <c r="B19" s="141"/>
+      <c r="C19" s="139"/>
+      <c r="D19" s="139"/>
+      <c r="E19" s="139"/>
+      <c r="F19" s="139"/>
+      <c r="G19" s="133" t="s">
         <v>74</v>
       </c>
-      <c r="H19" s="127"/>
-[...46 lines deleted...]
-      <c r="BC19" s="128"/>
+      <c r="H19" s="133"/>
+      <c r="I19" s="133"/>
+      <c r="J19" s="133"/>
+      <c r="K19" s="133"/>
+      <c r="L19" s="133"/>
+      <c r="M19" s="133"/>
+      <c r="N19" s="133"/>
+      <c r="O19" s="133"/>
+      <c r="P19" s="133"/>
+      <c r="Q19" s="133"/>
+      <c r="R19" s="133"/>
+      <c r="S19" s="133"/>
+      <c r="T19" s="133"/>
+      <c r="U19" s="133"/>
+      <c r="V19" s="133"/>
+      <c r="W19" s="133"/>
+      <c r="X19" s="133"/>
+      <c r="Y19" s="133"/>
+      <c r="Z19" s="133"/>
+      <c r="AA19" s="133"/>
+      <c r="AB19" s="133"/>
+      <c r="AC19" s="133"/>
+      <c r="AD19" s="133"/>
+      <c r="AE19" s="133"/>
+      <c r="AF19" s="133"/>
+      <c r="AG19" s="133"/>
+      <c r="AH19" s="133"/>
+      <c r="AI19" s="133"/>
+      <c r="AJ19" s="133"/>
+      <c r="AK19" s="133"/>
+      <c r="AL19" s="133"/>
+      <c r="AM19" s="133"/>
+      <c r="AN19" s="133"/>
+      <c r="AO19" s="133"/>
+      <c r="AP19" s="133"/>
+      <c r="AQ19" s="133"/>
+      <c r="AR19" s="133"/>
+      <c r="AS19" s="133"/>
+      <c r="AT19" s="133"/>
+      <c r="AU19" s="133"/>
+      <c r="AV19" s="133"/>
+      <c r="AW19" s="133"/>
+      <c r="AX19" s="133"/>
+      <c r="AY19" s="133"/>
+      <c r="AZ19" s="133"/>
+      <c r="BA19" s="133"/>
+      <c r="BB19" s="133"/>
+      <c r="BC19" s="134"/>
     </row>
     <row r="20" spans="1:69" s="8" customFormat="1" ht="25.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="117"/>
-[...5 lines deleted...]
-      <c r="G20" s="129" t="s">
+      <c r="A20" s="138"/>
+      <c r="B20" s="139"/>
+      <c r="C20" s="139"/>
+      <c r="D20" s="139"/>
+      <c r="E20" s="139"/>
+      <c r="F20" s="139"/>
+      <c r="G20" s="135" t="s">
         <v>76</v>
       </c>
-      <c r="H20" s="129"/>
-[...46 lines deleted...]
-      <c r="BC20" s="130"/>
+      <c r="H20" s="135"/>
+      <c r="I20" s="135"/>
+      <c r="J20" s="135"/>
+      <c r="K20" s="135"/>
+      <c r="L20" s="135"/>
+      <c r="M20" s="135"/>
+      <c r="N20" s="135"/>
+      <c r="O20" s="135"/>
+      <c r="P20" s="135"/>
+      <c r="Q20" s="135"/>
+      <c r="R20" s="135"/>
+      <c r="S20" s="135"/>
+      <c r="T20" s="135"/>
+      <c r="U20" s="135"/>
+      <c r="V20" s="135"/>
+      <c r="W20" s="135"/>
+      <c r="X20" s="135"/>
+      <c r="Y20" s="135"/>
+      <c r="Z20" s="135"/>
+      <c r="AA20" s="135"/>
+      <c r="AB20" s="135"/>
+      <c r="AC20" s="135"/>
+      <c r="AD20" s="135"/>
+      <c r="AE20" s="135"/>
+      <c r="AF20" s="135"/>
+      <c r="AG20" s="135"/>
+      <c r="AH20" s="135"/>
+      <c r="AI20" s="135"/>
+      <c r="AJ20" s="135"/>
+      <c r="AK20" s="135"/>
+      <c r="AL20" s="135"/>
+      <c r="AM20" s="135"/>
+      <c r="AN20" s="135"/>
+      <c r="AO20" s="135"/>
+      <c r="AP20" s="135"/>
+      <c r="AQ20" s="135"/>
+      <c r="AR20" s="135"/>
+      <c r="AS20" s="135"/>
+      <c r="AT20" s="135"/>
+      <c r="AU20" s="135"/>
+      <c r="AV20" s="135"/>
+      <c r="AW20" s="135"/>
+      <c r="AX20" s="135"/>
+      <c r="AY20" s="135"/>
+      <c r="AZ20" s="135"/>
+      <c r="BA20" s="135"/>
+      <c r="BB20" s="135"/>
+      <c r="BC20" s="136"/>
     </row>
     <row r="21" spans="1:69" ht="23.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="107" t="s">
+      <c r="A21" s="114" t="s">
         <v>20</v>
       </c>
-      <c r="B21" s="108"/>
-      <c r="C21" s="108" t="s">
+      <c r="B21" s="115"/>
+      <c r="C21" s="115" t="s">
         <v>21</v>
       </c>
-      <c r="D21" s="108"/>
-      <c r="E21" s="108" t="s">
+      <c r="D21" s="115"/>
+      <c r="E21" s="115" t="s">
         <v>22</v>
       </c>
-      <c r="F21" s="108"/>
-      <c r="G21" s="131" t="s">
+      <c r="F21" s="115"/>
+      <c r="G21" s="111" t="s">
         <v>104</v>
       </c>
-      <c r="H21" s="132"/>
-[...46 lines deleted...]
-      <c r="BC21" s="133"/>
+      <c r="H21" s="112"/>
+      <c r="I21" s="112"/>
+      <c r="J21" s="112"/>
+      <c r="K21" s="112"/>
+      <c r="L21" s="112"/>
+      <c r="M21" s="112"/>
+      <c r="N21" s="112"/>
+      <c r="O21" s="112"/>
+      <c r="P21" s="112"/>
+      <c r="Q21" s="112"/>
+      <c r="R21" s="112"/>
+      <c r="S21" s="112"/>
+      <c r="T21" s="112"/>
+      <c r="U21" s="112"/>
+      <c r="V21" s="112"/>
+      <c r="W21" s="112"/>
+      <c r="X21" s="112"/>
+      <c r="Y21" s="112"/>
+      <c r="Z21" s="112"/>
+      <c r="AA21" s="112"/>
+      <c r="AB21" s="112"/>
+      <c r="AC21" s="112"/>
+      <c r="AD21" s="112"/>
+      <c r="AE21" s="112"/>
+      <c r="AF21" s="112"/>
+      <c r="AG21" s="112"/>
+      <c r="AH21" s="112"/>
+      <c r="AI21" s="112"/>
+      <c r="AJ21" s="112"/>
+      <c r="AK21" s="112"/>
+      <c r="AL21" s="112"/>
+      <c r="AM21" s="112"/>
+      <c r="AN21" s="112"/>
+      <c r="AO21" s="112"/>
+      <c r="AP21" s="112"/>
+      <c r="AQ21" s="112"/>
+      <c r="AR21" s="112"/>
+      <c r="AS21" s="112"/>
+      <c r="AT21" s="112"/>
+      <c r="AU21" s="112"/>
+      <c r="AV21" s="112"/>
+      <c r="AW21" s="112"/>
+      <c r="AX21" s="112"/>
+      <c r="AY21" s="112"/>
+      <c r="AZ21" s="112"/>
+      <c r="BA21" s="112"/>
+      <c r="BB21" s="112"/>
+      <c r="BC21" s="113"/>
     </row>
     <row r="22" spans="1:69" ht="24.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="114"/>
-[...5 lines deleted...]
-      <c r="G22" s="129" t="s">
+      <c r="A22" s="140"/>
+      <c r="B22" s="141"/>
+      <c r="C22" s="139"/>
+      <c r="D22" s="139"/>
+      <c r="E22" s="139"/>
+      <c r="F22" s="139"/>
+      <c r="G22" s="135" t="s">
         <v>75</v>
       </c>
-      <c r="H22" s="129"/>
-[...46 lines deleted...]
-      <c r="BC22" s="130"/>
+      <c r="H22" s="135"/>
+      <c r="I22" s="135"/>
+      <c r="J22" s="135"/>
+      <c r="K22" s="135"/>
+      <c r="L22" s="135"/>
+      <c r="M22" s="135"/>
+      <c r="N22" s="135"/>
+      <c r="O22" s="135"/>
+      <c r="P22" s="135"/>
+      <c r="Q22" s="135"/>
+      <c r="R22" s="135"/>
+      <c r="S22" s="135"/>
+      <c r="T22" s="135"/>
+      <c r="U22" s="135"/>
+      <c r="V22" s="135"/>
+      <c r="W22" s="135"/>
+      <c r="X22" s="135"/>
+      <c r="Y22" s="135"/>
+      <c r="Z22" s="135"/>
+      <c r="AA22" s="135"/>
+      <c r="AB22" s="135"/>
+      <c r="AC22" s="135"/>
+      <c r="AD22" s="135"/>
+      <c r="AE22" s="135"/>
+      <c r="AF22" s="135"/>
+      <c r="AG22" s="135"/>
+      <c r="AH22" s="135"/>
+      <c r="AI22" s="135"/>
+      <c r="AJ22" s="135"/>
+      <c r="AK22" s="135"/>
+      <c r="AL22" s="135"/>
+      <c r="AM22" s="135"/>
+      <c r="AN22" s="135"/>
+      <c r="AO22" s="135"/>
+      <c r="AP22" s="135"/>
+      <c r="AQ22" s="135"/>
+      <c r="AR22" s="135"/>
+      <c r="AS22" s="135"/>
+      <c r="AT22" s="135"/>
+      <c r="AU22" s="135"/>
+      <c r="AV22" s="135"/>
+      <c r="AW22" s="135"/>
+      <c r="AX22" s="135"/>
+      <c r="AY22" s="135"/>
+      <c r="AZ22" s="135"/>
+      <c r="BA22" s="135"/>
+      <c r="BB22" s="135"/>
+      <c r="BC22" s="136"/>
     </row>
     <row r="23" spans="1:69" ht="24.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="117"/>
-[...5 lines deleted...]
-      <c r="G23" s="104" t="s">
+      <c r="A23" s="138"/>
+      <c r="B23" s="139"/>
+      <c r="C23" s="139"/>
+      <c r="D23" s="139"/>
+      <c r="E23" s="139"/>
+      <c r="F23" s="139"/>
+      <c r="G23" s="86" t="s">
         <v>83</v>
       </c>
-      <c r="H23" s="95"/>
-[...46 lines deleted...]
-      <c r="BC23" s="96"/>
+      <c r="H23" s="87"/>
+      <c r="I23" s="87"/>
+      <c r="J23" s="87"/>
+      <c r="K23" s="87"/>
+      <c r="L23" s="87"/>
+      <c r="M23" s="87"/>
+      <c r="N23" s="87"/>
+      <c r="O23" s="87"/>
+      <c r="P23" s="87"/>
+      <c r="Q23" s="87"/>
+      <c r="R23" s="87"/>
+      <c r="S23" s="87"/>
+      <c r="T23" s="87"/>
+      <c r="U23" s="87"/>
+      <c r="V23" s="87"/>
+      <c r="W23" s="87"/>
+      <c r="X23" s="87"/>
+      <c r="Y23" s="87"/>
+      <c r="Z23" s="87"/>
+      <c r="AA23" s="87"/>
+      <c r="AB23" s="87"/>
+      <c r="AC23" s="87"/>
+      <c r="AD23" s="87"/>
+      <c r="AE23" s="87"/>
+      <c r="AF23" s="87"/>
+      <c r="AG23" s="87"/>
+      <c r="AH23" s="87"/>
+      <c r="AI23" s="87"/>
+      <c r="AJ23" s="87"/>
+      <c r="AK23" s="87"/>
+      <c r="AL23" s="87"/>
+      <c r="AM23" s="87"/>
+      <c r="AN23" s="87"/>
+      <c r="AO23" s="87"/>
+      <c r="AP23" s="87"/>
+      <c r="AQ23" s="87"/>
+      <c r="AR23" s="87"/>
+      <c r="AS23" s="87"/>
+      <c r="AT23" s="87"/>
+      <c r="AU23" s="87"/>
+      <c r="AV23" s="87"/>
+      <c r="AW23" s="87"/>
+      <c r="AX23" s="87"/>
+      <c r="AY23" s="87"/>
+      <c r="AZ23" s="87"/>
+      <c r="BA23" s="87"/>
+      <c r="BB23" s="87"/>
+      <c r="BC23" s="110"/>
     </row>
     <row r="24" spans="1:69" ht="23.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="107" t="s">
+      <c r="A24" s="114" t="s">
         <v>20</v>
       </c>
-      <c r="B24" s="108"/>
-      <c r="C24" s="108" t="s">
+      <c r="B24" s="115"/>
+      <c r="C24" s="115" t="s">
         <v>21</v>
       </c>
-      <c r="D24" s="108"/>
-      <c r="E24" s="108" t="s">
+      <c r="D24" s="115"/>
+      <c r="E24" s="115" t="s">
         <v>22</v>
       </c>
-      <c r="F24" s="108"/>
-      <c r="G24" s="131" t="s">
+      <c r="F24" s="115"/>
+      <c r="G24" s="111" t="s">
         <v>105</v>
       </c>
-      <c r="H24" s="132"/>
-[...46 lines deleted...]
-      <c r="BC24" s="133"/>
+      <c r="H24" s="112"/>
+      <c r="I24" s="112"/>
+      <c r="J24" s="112"/>
+      <c r="K24" s="112"/>
+      <c r="L24" s="112"/>
+      <c r="M24" s="112"/>
+      <c r="N24" s="112"/>
+      <c r="O24" s="112"/>
+      <c r="P24" s="112"/>
+      <c r="Q24" s="112"/>
+      <c r="R24" s="112"/>
+      <c r="S24" s="112"/>
+      <c r="T24" s="112"/>
+      <c r="U24" s="112"/>
+      <c r="V24" s="112"/>
+      <c r="W24" s="112"/>
+      <c r="X24" s="112"/>
+      <c r="Y24" s="112"/>
+      <c r="Z24" s="112"/>
+      <c r="AA24" s="112"/>
+      <c r="AB24" s="112"/>
+      <c r="AC24" s="112"/>
+      <c r="AD24" s="112"/>
+      <c r="AE24" s="112"/>
+      <c r="AF24" s="112"/>
+      <c r="AG24" s="112"/>
+      <c r="AH24" s="112"/>
+      <c r="AI24" s="112"/>
+      <c r="AJ24" s="112"/>
+      <c r="AK24" s="112"/>
+      <c r="AL24" s="112"/>
+      <c r="AM24" s="112"/>
+      <c r="AN24" s="112"/>
+      <c r="AO24" s="112"/>
+      <c r="AP24" s="112"/>
+      <c r="AQ24" s="112"/>
+      <c r="AR24" s="112"/>
+      <c r="AS24" s="112"/>
+      <c r="AT24" s="112"/>
+      <c r="AU24" s="112"/>
+      <c r="AV24" s="112"/>
+      <c r="AW24" s="112"/>
+      <c r="AX24" s="112"/>
+      <c r="AY24" s="112"/>
+      <c r="AZ24" s="112"/>
+      <c r="BA24" s="112"/>
+      <c r="BB24" s="112"/>
+      <c r="BC24" s="113"/>
     </row>
     <row r="25" spans="1:69" ht="24.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="84"/>
-[...5 lines deleted...]
-      <c r="G25" s="125" t="s">
+      <c r="A25" s="147"/>
+      <c r="B25" s="137"/>
+      <c r="C25" s="137"/>
+      <c r="D25" s="137"/>
+      <c r="E25" s="137"/>
+      <c r="F25" s="137"/>
+      <c r="G25" s="116" t="s">
         <v>119</v>
       </c>
-      <c r="H25" s="125"/>
-[...46 lines deleted...]
-      <c r="BC25" s="126"/>
+      <c r="H25" s="116"/>
+      <c r="I25" s="116"/>
+      <c r="J25" s="116"/>
+      <c r="K25" s="116"/>
+      <c r="L25" s="116"/>
+      <c r="M25" s="116"/>
+      <c r="N25" s="116"/>
+      <c r="O25" s="116"/>
+      <c r="P25" s="116"/>
+      <c r="Q25" s="116"/>
+      <c r="R25" s="116"/>
+      <c r="S25" s="116"/>
+      <c r="T25" s="116"/>
+      <c r="U25" s="116"/>
+      <c r="V25" s="116"/>
+      <c r="W25" s="116"/>
+      <c r="X25" s="116"/>
+      <c r="Y25" s="116"/>
+      <c r="Z25" s="116"/>
+      <c r="AA25" s="116"/>
+      <c r="AB25" s="116"/>
+      <c r="AC25" s="116"/>
+      <c r="AD25" s="116"/>
+      <c r="AE25" s="116"/>
+      <c r="AF25" s="116"/>
+      <c r="AG25" s="116"/>
+      <c r="AH25" s="116"/>
+      <c r="AI25" s="116"/>
+      <c r="AJ25" s="116"/>
+      <c r="AK25" s="116"/>
+      <c r="AL25" s="116"/>
+      <c r="AM25" s="116"/>
+      <c r="AN25" s="116"/>
+      <c r="AO25" s="116"/>
+      <c r="AP25" s="116"/>
+      <c r="AQ25" s="116"/>
+      <c r="AR25" s="116"/>
+      <c r="AS25" s="116"/>
+      <c r="AT25" s="116"/>
+      <c r="AU25" s="116"/>
+      <c r="AV25" s="116"/>
+      <c r="AW25" s="116"/>
+      <c r="AX25" s="116"/>
+      <c r="AY25" s="116"/>
+      <c r="AZ25" s="116"/>
+      <c r="BA25" s="116"/>
+      <c r="BB25" s="116"/>
+      <c r="BC25" s="117"/>
     </row>
     <row r="26" spans="1:69" ht="24.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="84"/>
-[...5 lines deleted...]
-      <c r="G26" s="127" t="s">
+      <c r="A26" s="147"/>
+      <c r="B26" s="137"/>
+      <c r="C26" s="137"/>
+      <c r="D26" s="137"/>
+      <c r="E26" s="137"/>
+      <c r="F26" s="137"/>
+      <c r="G26" s="133" t="s">
         <v>77</v>
       </c>
-      <c r="H26" s="127"/>
-[...46 lines deleted...]
-      <c r="BC26" s="128"/>
+      <c r="H26" s="133"/>
+      <c r="I26" s="133"/>
+      <c r="J26" s="133"/>
+      <c r="K26" s="133"/>
+      <c r="L26" s="133"/>
+      <c r="M26" s="133"/>
+      <c r="N26" s="133"/>
+      <c r="O26" s="133"/>
+      <c r="P26" s="133"/>
+      <c r="Q26" s="133"/>
+      <c r="R26" s="133"/>
+      <c r="S26" s="133"/>
+      <c r="T26" s="133"/>
+      <c r="U26" s="133"/>
+      <c r="V26" s="133"/>
+      <c r="W26" s="133"/>
+      <c r="X26" s="133"/>
+      <c r="Y26" s="133"/>
+      <c r="Z26" s="133"/>
+      <c r="AA26" s="133"/>
+      <c r="AB26" s="133"/>
+      <c r="AC26" s="133"/>
+      <c r="AD26" s="133"/>
+      <c r="AE26" s="133"/>
+      <c r="AF26" s="133"/>
+      <c r="AG26" s="133"/>
+      <c r="AH26" s="133"/>
+      <c r="AI26" s="133"/>
+      <c r="AJ26" s="133"/>
+      <c r="AK26" s="133"/>
+      <c r="AL26" s="133"/>
+      <c r="AM26" s="133"/>
+      <c r="AN26" s="133"/>
+      <c r="AO26" s="133"/>
+      <c r="AP26" s="133"/>
+      <c r="AQ26" s="133"/>
+      <c r="AR26" s="133"/>
+      <c r="AS26" s="133"/>
+      <c r="AT26" s="133"/>
+      <c r="AU26" s="133"/>
+      <c r="AV26" s="133"/>
+      <c r="AW26" s="133"/>
+      <c r="AX26" s="133"/>
+      <c r="AY26" s="133"/>
+      <c r="AZ26" s="133"/>
+      <c r="BA26" s="133"/>
+      <c r="BB26" s="133"/>
+      <c r="BC26" s="134"/>
     </row>
     <row r="27" spans="1:69" ht="24.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="84"/>
-[...5 lines deleted...]
-      <c r="G27" s="125" t="s">
+      <c r="A27" s="147"/>
+      <c r="B27" s="137"/>
+      <c r="C27" s="137"/>
+      <c r="D27" s="137"/>
+      <c r="E27" s="137"/>
+      <c r="F27" s="137"/>
+      <c r="G27" s="116" t="s">
         <v>78</v>
       </c>
-      <c r="H27" s="125"/>
-[...46 lines deleted...]
-      <c r="BC27" s="126"/>
+      <c r="H27" s="116"/>
+      <c r="I27" s="116"/>
+      <c r="J27" s="116"/>
+      <c r="K27" s="116"/>
+      <c r="L27" s="116"/>
+      <c r="M27" s="116"/>
+      <c r="N27" s="116"/>
+      <c r="O27" s="116"/>
+      <c r="P27" s="116"/>
+      <c r="Q27" s="116"/>
+      <c r="R27" s="116"/>
+      <c r="S27" s="116"/>
+      <c r="T27" s="116"/>
+      <c r="U27" s="116"/>
+      <c r="V27" s="116"/>
+      <c r="W27" s="116"/>
+      <c r="X27" s="116"/>
+      <c r="Y27" s="116"/>
+      <c r="Z27" s="116"/>
+      <c r="AA27" s="116"/>
+      <c r="AB27" s="116"/>
+      <c r="AC27" s="116"/>
+      <c r="AD27" s="116"/>
+      <c r="AE27" s="116"/>
+      <c r="AF27" s="116"/>
+      <c r="AG27" s="116"/>
+      <c r="AH27" s="116"/>
+      <c r="AI27" s="116"/>
+      <c r="AJ27" s="116"/>
+      <c r="AK27" s="116"/>
+      <c r="AL27" s="116"/>
+      <c r="AM27" s="116"/>
+      <c r="AN27" s="116"/>
+      <c r="AO27" s="116"/>
+      <c r="AP27" s="116"/>
+      <c r="AQ27" s="116"/>
+      <c r="AR27" s="116"/>
+      <c r="AS27" s="116"/>
+      <c r="AT27" s="116"/>
+      <c r="AU27" s="116"/>
+      <c r="AV27" s="116"/>
+      <c r="AW27" s="116"/>
+      <c r="AX27" s="116"/>
+      <c r="AY27" s="116"/>
+      <c r="AZ27" s="116"/>
+      <c r="BA27" s="116"/>
+      <c r="BB27" s="116"/>
+      <c r="BC27" s="117"/>
     </row>
     <row r="28" spans="1:69" ht="23.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="107" t="s">
+      <c r="A28" s="114" t="s">
         <v>20</v>
       </c>
-      <c r="B28" s="108"/>
-      <c r="C28" s="108" t="s">
+      <c r="B28" s="115"/>
+      <c r="C28" s="115" t="s">
         <v>21</v>
       </c>
-      <c r="D28" s="108"/>
-      <c r="E28" s="108" t="s">
+      <c r="D28" s="115"/>
+      <c r="E28" s="115" t="s">
         <v>22</v>
       </c>
-      <c r="F28" s="108"/>
-      <c r="G28" s="131" t="s">
+      <c r="F28" s="115"/>
+      <c r="G28" s="111" t="s">
         <v>106</v>
       </c>
-      <c r="H28" s="132"/>
-[...46 lines deleted...]
-      <c r="BC28" s="133"/>
+      <c r="H28" s="112"/>
+      <c r="I28" s="112"/>
+      <c r="J28" s="112"/>
+      <c r="K28" s="112"/>
+      <c r="L28" s="112"/>
+      <c r="M28" s="112"/>
+      <c r="N28" s="112"/>
+      <c r="O28" s="112"/>
+      <c r="P28" s="112"/>
+      <c r="Q28" s="112"/>
+      <c r="R28" s="112"/>
+      <c r="S28" s="112"/>
+      <c r="T28" s="112"/>
+      <c r="U28" s="112"/>
+      <c r="V28" s="112"/>
+      <c r="W28" s="112"/>
+      <c r="X28" s="112"/>
+      <c r="Y28" s="112"/>
+      <c r="Z28" s="112"/>
+      <c r="AA28" s="112"/>
+      <c r="AB28" s="112"/>
+      <c r="AC28" s="112"/>
+      <c r="AD28" s="112"/>
+      <c r="AE28" s="112"/>
+      <c r="AF28" s="112"/>
+      <c r="AG28" s="112"/>
+      <c r="AH28" s="112"/>
+      <c r="AI28" s="112"/>
+      <c r="AJ28" s="112"/>
+      <c r="AK28" s="112"/>
+      <c r="AL28" s="112"/>
+      <c r="AM28" s="112"/>
+      <c r="AN28" s="112"/>
+      <c r="AO28" s="112"/>
+      <c r="AP28" s="112"/>
+      <c r="AQ28" s="112"/>
+      <c r="AR28" s="112"/>
+      <c r="AS28" s="112"/>
+      <c r="AT28" s="112"/>
+      <c r="AU28" s="112"/>
+      <c r="AV28" s="112"/>
+      <c r="AW28" s="112"/>
+      <c r="AX28" s="112"/>
+      <c r="AY28" s="112"/>
+      <c r="AZ28" s="112"/>
+      <c r="BA28" s="112"/>
+      <c r="BB28" s="112"/>
+      <c r="BC28" s="113"/>
     </row>
     <row r="29" spans="1:69" ht="24.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="84"/>
-[...5 lines deleted...]
-      <c r="G29" s="125" t="s">
+      <c r="A29" s="147"/>
+      <c r="B29" s="137"/>
+      <c r="C29" s="137"/>
+      <c r="D29" s="137"/>
+      <c r="E29" s="137"/>
+      <c r="F29" s="137"/>
+      <c r="G29" s="116" t="s">
         <v>101</v>
       </c>
-      <c r="H29" s="125"/>
-[...46 lines deleted...]
-      <c r="BC29" s="126"/>
+      <c r="H29" s="116"/>
+      <c r="I29" s="116"/>
+      <c r="J29" s="116"/>
+      <c r="K29" s="116"/>
+      <c r="L29" s="116"/>
+      <c r="M29" s="116"/>
+      <c r="N29" s="116"/>
+      <c r="O29" s="116"/>
+      <c r="P29" s="116"/>
+      <c r="Q29" s="116"/>
+      <c r="R29" s="116"/>
+      <c r="S29" s="116"/>
+      <c r="T29" s="116"/>
+      <c r="U29" s="116"/>
+      <c r="V29" s="116"/>
+      <c r="W29" s="116"/>
+      <c r="X29" s="116"/>
+      <c r="Y29" s="116"/>
+      <c r="Z29" s="116"/>
+      <c r="AA29" s="116"/>
+      <c r="AB29" s="116"/>
+      <c r="AC29" s="116"/>
+      <c r="AD29" s="116"/>
+      <c r="AE29" s="116"/>
+      <c r="AF29" s="116"/>
+      <c r="AG29" s="116"/>
+      <c r="AH29" s="116"/>
+      <c r="AI29" s="116"/>
+      <c r="AJ29" s="116"/>
+      <c r="AK29" s="116"/>
+      <c r="AL29" s="116"/>
+      <c r="AM29" s="116"/>
+      <c r="AN29" s="116"/>
+      <c r="AO29" s="116"/>
+      <c r="AP29" s="116"/>
+      <c r="AQ29" s="116"/>
+      <c r="AR29" s="116"/>
+      <c r="AS29" s="116"/>
+      <c r="AT29" s="116"/>
+      <c r="AU29" s="116"/>
+      <c r="AV29" s="116"/>
+      <c r="AW29" s="116"/>
+      <c r="AX29" s="116"/>
+      <c r="AY29" s="116"/>
+      <c r="AZ29" s="116"/>
+      <c r="BA29" s="116"/>
+      <c r="BB29" s="116"/>
+      <c r="BC29" s="117"/>
     </row>
     <row r="30" spans="1:69" ht="24.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="84"/>
-[...5 lines deleted...]
-      <c r="G30" s="125" t="s">
+      <c r="A30" s="147"/>
+      <c r="B30" s="137"/>
+      <c r="C30" s="137"/>
+      <c r="D30" s="137"/>
+      <c r="E30" s="137"/>
+      <c r="F30" s="137"/>
+      <c r="G30" s="116" t="s">
         <v>79</v>
       </c>
-      <c r="H30" s="125"/>
-[...46 lines deleted...]
-      <c r="BC30" s="126"/>
+      <c r="H30" s="116"/>
+      <c r="I30" s="116"/>
+      <c r="J30" s="116"/>
+      <c r="K30" s="116"/>
+      <c r="L30" s="116"/>
+      <c r="M30" s="116"/>
+      <c r="N30" s="116"/>
+      <c r="O30" s="116"/>
+      <c r="P30" s="116"/>
+      <c r="Q30" s="116"/>
+      <c r="R30" s="116"/>
+      <c r="S30" s="116"/>
+      <c r="T30" s="116"/>
+      <c r="U30" s="116"/>
+      <c r="V30" s="116"/>
+      <c r="W30" s="116"/>
+      <c r="X30" s="116"/>
+      <c r="Y30" s="116"/>
+      <c r="Z30" s="116"/>
+      <c r="AA30" s="116"/>
+      <c r="AB30" s="116"/>
+      <c r="AC30" s="116"/>
+      <c r="AD30" s="116"/>
+      <c r="AE30" s="116"/>
+      <c r="AF30" s="116"/>
+      <c r="AG30" s="116"/>
+      <c r="AH30" s="116"/>
+      <c r="AI30" s="116"/>
+      <c r="AJ30" s="116"/>
+      <c r="AK30" s="116"/>
+      <c r="AL30" s="116"/>
+      <c r="AM30" s="116"/>
+      <c r="AN30" s="116"/>
+      <c r="AO30" s="116"/>
+      <c r="AP30" s="116"/>
+      <c r="AQ30" s="116"/>
+      <c r="AR30" s="116"/>
+      <c r="AS30" s="116"/>
+      <c r="AT30" s="116"/>
+      <c r="AU30" s="116"/>
+      <c r="AV30" s="116"/>
+      <c r="AW30" s="116"/>
+      <c r="AX30" s="116"/>
+      <c r="AY30" s="116"/>
+      <c r="AZ30" s="116"/>
+      <c r="BA30" s="116"/>
+      <c r="BB30" s="116"/>
+      <c r="BC30" s="117"/>
     </row>
     <row r="31" spans="1:69" ht="23.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="107" t="s">
+      <c r="A31" s="114" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="108"/>
-      <c r="C31" s="108" t="s">
+      <c r="B31" s="115"/>
+      <c r="C31" s="115" t="s">
         <v>21</v>
       </c>
-      <c r="D31" s="108"/>
-      <c r="E31" s="108" t="s">
+      <c r="D31" s="115"/>
+      <c r="E31" s="115" t="s">
         <v>22</v>
       </c>
-      <c r="F31" s="108"/>
-      <c r="G31" s="131" t="s">
+      <c r="F31" s="115"/>
+      <c r="G31" s="111" t="s">
         <v>107</v>
       </c>
-      <c r="H31" s="132"/>
-[...46 lines deleted...]
-      <c r="BC31" s="133"/>
+      <c r="H31" s="112"/>
+      <c r="I31" s="112"/>
+      <c r="J31" s="112"/>
+      <c r="K31" s="112"/>
+      <c r="L31" s="112"/>
+      <c r="M31" s="112"/>
+      <c r="N31" s="112"/>
+      <c r="O31" s="112"/>
+      <c r="P31" s="112"/>
+      <c r="Q31" s="112"/>
+      <c r="R31" s="112"/>
+      <c r="S31" s="112"/>
+      <c r="T31" s="112"/>
+      <c r="U31" s="112"/>
+      <c r="V31" s="112"/>
+      <c r="W31" s="112"/>
+      <c r="X31" s="112"/>
+      <c r="Y31" s="112"/>
+      <c r="Z31" s="112"/>
+      <c r="AA31" s="112"/>
+      <c r="AB31" s="112"/>
+      <c r="AC31" s="112"/>
+      <c r="AD31" s="112"/>
+      <c r="AE31" s="112"/>
+      <c r="AF31" s="112"/>
+      <c r="AG31" s="112"/>
+      <c r="AH31" s="112"/>
+      <c r="AI31" s="112"/>
+      <c r="AJ31" s="112"/>
+      <c r="AK31" s="112"/>
+      <c r="AL31" s="112"/>
+      <c r="AM31" s="112"/>
+      <c r="AN31" s="112"/>
+      <c r="AO31" s="112"/>
+      <c r="AP31" s="112"/>
+      <c r="AQ31" s="112"/>
+      <c r="AR31" s="112"/>
+      <c r="AS31" s="112"/>
+      <c r="AT31" s="112"/>
+      <c r="AU31" s="112"/>
+      <c r="AV31" s="112"/>
+      <c r="AW31" s="112"/>
+      <c r="AX31" s="112"/>
+      <c r="AY31" s="112"/>
+      <c r="AZ31" s="112"/>
+      <c r="BA31" s="112"/>
+      <c r="BB31" s="112"/>
+      <c r="BC31" s="113"/>
     </row>
     <row r="32" spans="1:69" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="84"/>
-[...5 lines deleted...]
-      <c r="G32" s="104" t="s">
+      <c r="A32" s="147"/>
+      <c r="B32" s="137"/>
+      <c r="C32" s="137"/>
+      <c r="D32" s="137"/>
+      <c r="E32" s="137"/>
+      <c r="F32" s="137"/>
+      <c r="G32" s="86" t="s">
         <v>80</v>
       </c>
-      <c r="H32" s="95"/>
-[...30 lines deleted...]
-      <c r="AM32" s="103"/>
+      <c r="H32" s="87"/>
+      <c r="I32" s="87"/>
+      <c r="J32" s="87"/>
+      <c r="K32" s="87"/>
+      <c r="L32" s="87"/>
+      <c r="M32" s="87"/>
+      <c r="N32" s="87"/>
+      <c r="O32" s="87"/>
+      <c r="P32" s="87"/>
+      <c r="Q32" s="87"/>
+      <c r="R32" s="87"/>
+      <c r="S32" s="87"/>
+      <c r="T32" s="87"/>
+      <c r="U32" s="87"/>
+      <c r="V32" s="87"/>
+      <c r="W32" s="87"/>
+      <c r="X32" s="87"/>
+      <c r="Y32" s="87"/>
+      <c r="Z32" s="87"/>
+      <c r="AA32" s="87"/>
+      <c r="AB32" s="87"/>
+      <c r="AC32" s="87"/>
+      <c r="AD32" s="87"/>
+      <c r="AE32" s="87"/>
+      <c r="AF32" s="87"/>
+      <c r="AG32" s="87"/>
+      <c r="AH32" s="87"/>
+      <c r="AI32" s="87"/>
+      <c r="AJ32" s="87"/>
+      <c r="AK32" s="87"/>
+      <c r="AL32" s="87"/>
+      <c r="AM32" s="88"/>
       <c r="AN32" s="33"/>
-      <c r="AO32" s="143" t="s">
+      <c r="AO32" s="118" t="s">
         <v>29</v>
       </c>
-      <c r="AP32" s="135"/>
-[...4 lines deleted...]
-      <c r="AU32" s="147"/>
+      <c r="AP32" s="119"/>
+      <c r="AQ32" s="119"/>
+      <c r="AR32" s="119"/>
+      <c r="AS32" s="119"/>
+      <c r="AT32" s="119"/>
+      <c r="AU32" s="121"/>
       <c r="AV32" s="25"/>
-      <c r="AW32" s="143" t="s">
+      <c r="AW32" s="118" t="s">
         <v>30</v>
       </c>
-      <c r="AX32" s="135"/>
-[...4 lines deleted...]
-      <c r="BC32" s="136"/>
+      <c r="AX32" s="119"/>
+      <c r="AY32" s="119"/>
+      <c r="AZ32" s="119"/>
+      <c r="BA32" s="119"/>
+      <c r="BB32" s="119"/>
+      <c r="BC32" s="120"/>
     </row>
     <row r="33" spans="1:69" ht="33.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="84"/>
-[...5 lines deleted...]
-      <c r="G33" s="104" t="s">
+      <c r="A33" s="147"/>
+      <c r="B33" s="137"/>
+      <c r="C33" s="137"/>
+      <c r="D33" s="137"/>
+      <c r="E33" s="137"/>
+      <c r="F33" s="137"/>
+      <c r="G33" s="86" t="s">
         <v>120</v>
       </c>
-      <c r="H33" s="95"/>
-[...30 lines deleted...]
-      <c r="AM33" s="103"/>
+      <c r="H33" s="87"/>
+      <c r="I33" s="87"/>
+      <c r="J33" s="87"/>
+      <c r="K33" s="87"/>
+      <c r="L33" s="87"/>
+      <c r="M33" s="87"/>
+      <c r="N33" s="87"/>
+      <c r="O33" s="87"/>
+      <c r="P33" s="87"/>
+      <c r="Q33" s="87"/>
+      <c r="R33" s="87"/>
+      <c r="S33" s="87"/>
+      <c r="T33" s="87"/>
+      <c r="U33" s="87"/>
+      <c r="V33" s="87"/>
+      <c r="W33" s="87"/>
+      <c r="X33" s="87"/>
+      <c r="Y33" s="87"/>
+      <c r="Z33" s="87"/>
+      <c r="AA33" s="87"/>
+      <c r="AB33" s="87"/>
+      <c r="AC33" s="87"/>
+      <c r="AD33" s="87"/>
+      <c r="AE33" s="87"/>
+      <c r="AF33" s="87"/>
+      <c r="AG33" s="87"/>
+      <c r="AH33" s="87"/>
+      <c r="AI33" s="87"/>
+      <c r="AJ33" s="87"/>
+      <c r="AK33" s="87"/>
+      <c r="AL33" s="87"/>
+      <c r="AM33" s="88"/>
       <c r="AN33" s="26"/>
-      <c r="AO33" s="148" t="s">
+      <c r="AO33" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="AP33" s="149"/>
-[...4 lines deleted...]
-      <c r="AU33" s="151"/>
+      <c r="AP33" s="107"/>
+      <c r="AQ33" s="107"/>
+      <c r="AR33" s="107"/>
+      <c r="AS33" s="107"/>
+      <c r="AT33" s="107"/>
+      <c r="AU33" s="109"/>
       <c r="AV33" s="25"/>
-      <c r="AW33" s="148" t="s">
+      <c r="AW33" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="AX33" s="149"/>
-[...4 lines deleted...]
-      <c r="BC33" s="150"/>
+      <c r="AX33" s="107"/>
+      <c r="AY33" s="107"/>
+      <c r="AZ33" s="107"/>
+      <c r="BA33" s="107"/>
+      <c r="BB33" s="107"/>
+      <c r="BC33" s="108"/>
       <c r="BD33" s="20"/>
       <c r="BE33" s="20"/>
       <c r="BF33" s="20"/>
       <c r="BG33" s="20"/>
       <c r="BH33" s="20"/>
       <c r="BI33" s="20"/>
       <c r="BJ33" s="20"/>
       <c r="BK33" s="20"/>
       <c r="BL33" s="20"/>
       <c r="BM33" s="20"/>
       <c r="BN33" s="20"/>
       <c r="BO33" s="20"/>
       <c r="BP33" s="20"/>
       <c r="BQ33" s="20"/>
     </row>
     <row r="34" spans="1:69" ht="33.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="84"/>
-[...5 lines deleted...]
-      <c r="G34" s="104" t="s">
+      <c r="A34" s="147"/>
+      <c r="B34" s="137"/>
+      <c r="C34" s="137"/>
+      <c r="D34" s="137"/>
+      <c r="E34" s="137"/>
+      <c r="F34" s="137"/>
+      <c r="G34" s="86" t="s">
         <v>81</v>
       </c>
-      <c r="H34" s="95"/>
-[...30 lines deleted...]
-      <c r="AM34" s="103"/>
+      <c r="H34" s="87"/>
+      <c r="I34" s="87"/>
+      <c r="J34" s="87"/>
+      <c r="K34" s="87"/>
+      <c r="L34" s="87"/>
+      <c r="M34" s="87"/>
+      <c r="N34" s="87"/>
+      <c r="O34" s="87"/>
+      <c r="P34" s="87"/>
+      <c r="Q34" s="87"/>
+      <c r="R34" s="87"/>
+      <c r="S34" s="87"/>
+      <c r="T34" s="87"/>
+      <c r="U34" s="87"/>
+      <c r="V34" s="87"/>
+      <c r="W34" s="87"/>
+      <c r="X34" s="87"/>
+      <c r="Y34" s="87"/>
+      <c r="Z34" s="87"/>
+      <c r="AA34" s="87"/>
+      <c r="AB34" s="87"/>
+      <c r="AC34" s="87"/>
+      <c r="AD34" s="87"/>
+      <c r="AE34" s="87"/>
+      <c r="AF34" s="87"/>
+      <c r="AG34" s="87"/>
+      <c r="AH34" s="87"/>
+      <c r="AI34" s="87"/>
+      <c r="AJ34" s="87"/>
+      <c r="AK34" s="87"/>
+      <c r="AL34" s="87"/>
+      <c r="AM34" s="88"/>
       <c r="AN34" s="26"/>
-      <c r="AO34" s="148" t="s">
+      <c r="AO34" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="AP34" s="149"/>
-[...4 lines deleted...]
-      <c r="AU34" s="151"/>
+      <c r="AP34" s="107"/>
+      <c r="AQ34" s="107"/>
+      <c r="AR34" s="107"/>
+      <c r="AS34" s="107"/>
+      <c r="AT34" s="107"/>
+      <c r="AU34" s="109"/>
       <c r="AV34" s="25"/>
-      <c r="AW34" s="148" t="s">
+      <c r="AW34" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="AX34" s="149"/>
-[...4 lines deleted...]
-      <c r="BC34" s="150"/>
+      <c r="AX34" s="107"/>
+      <c r="AY34" s="107"/>
+      <c r="AZ34" s="107"/>
+      <c r="BA34" s="107"/>
+      <c r="BB34" s="107"/>
+      <c r="BC34" s="108"/>
     </row>
     <row r="35" spans="1:69" ht="33.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="84"/>
-[...5 lines deleted...]
-      <c r="G35" s="104" t="s">
+      <c r="A35" s="147"/>
+      <c r="B35" s="137"/>
+      <c r="C35" s="137"/>
+      <c r="D35" s="137"/>
+      <c r="E35" s="137"/>
+      <c r="F35" s="137"/>
+      <c r="G35" s="86" t="s">
         <v>82</v>
       </c>
-      <c r="H35" s="95"/>
-[...30 lines deleted...]
-      <c r="AM35" s="103"/>
+      <c r="H35" s="87"/>
+      <c r="I35" s="87"/>
+      <c r="J35" s="87"/>
+      <c r="K35" s="87"/>
+      <c r="L35" s="87"/>
+      <c r="M35" s="87"/>
+      <c r="N35" s="87"/>
+      <c r="O35" s="87"/>
+      <c r="P35" s="87"/>
+      <c r="Q35" s="87"/>
+      <c r="R35" s="87"/>
+      <c r="S35" s="87"/>
+      <c r="T35" s="87"/>
+      <c r="U35" s="87"/>
+      <c r="V35" s="87"/>
+      <c r="W35" s="87"/>
+      <c r="X35" s="87"/>
+      <c r="Y35" s="87"/>
+      <c r="Z35" s="87"/>
+      <c r="AA35" s="87"/>
+      <c r="AB35" s="87"/>
+      <c r="AC35" s="87"/>
+      <c r="AD35" s="87"/>
+      <c r="AE35" s="87"/>
+      <c r="AF35" s="87"/>
+      <c r="AG35" s="87"/>
+      <c r="AH35" s="87"/>
+      <c r="AI35" s="87"/>
+      <c r="AJ35" s="87"/>
+      <c r="AK35" s="87"/>
+      <c r="AL35" s="87"/>
+      <c r="AM35" s="88"/>
       <c r="AN35" s="26"/>
-      <c r="AO35" s="148" t="s">
+      <c r="AO35" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="AP35" s="149"/>
-[...4 lines deleted...]
-      <c r="AU35" s="151"/>
+      <c r="AP35" s="107"/>
+      <c r="AQ35" s="107"/>
+      <c r="AR35" s="107"/>
+      <c r="AS35" s="107"/>
+      <c r="AT35" s="107"/>
+      <c r="AU35" s="109"/>
       <c r="AV35" s="25"/>
-      <c r="AW35" s="148" t="s">
+      <c r="AW35" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="AX35" s="149"/>
-[...4 lines deleted...]
-      <c r="BC35" s="150"/>
+      <c r="AX35" s="107"/>
+      <c r="AY35" s="107"/>
+      <c r="AZ35" s="107"/>
+      <c r="BA35" s="107"/>
+      <c r="BB35" s="107"/>
+      <c r="BC35" s="108"/>
     </row>
     <row r="36" spans="1:69" s="20" customFormat="1" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="102" t="s">
+      <c r="A36" s="146" t="s">
         <v>115</v>
       </c>
-      <c r="B36" s="95"/>
-[...52 lines deleted...]
-      <c r="BC36" s="136"/>
+      <c r="B36" s="87"/>
+      <c r="C36" s="87"/>
+      <c r="D36" s="87"/>
+      <c r="E36" s="87"/>
+      <c r="F36" s="88"/>
+      <c r="G36" s="118"/>
+      <c r="H36" s="119"/>
+      <c r="I36" s="119"/>
+      <c r="J36" s="119"/>
+      <c r="K36" s="119"/>
+      <c r="L36" s="119"/>
+      <c r="M36" s="119"/>
+      <c r="N36" s="119"/>
+      <c r="O36" s="119"/>
+      <c r="P36" s="119"/>
+      <c r="Q36" s="119"/>
+      <c r="R36" s="119"/>
+      <c r="S36" s="119"/>
+      <c r="T36" s="119"/>
+      <c r="U36" s="119"/>
+      <c r="V36" s="119"/>
+      <c r="W36" s="119"/>
+      <c r="X36" s="119"/>
+      <c r="Y36" s="119"/>
+      <c r="Z36" s="119"/>
+      <c r="AA36" s="119"/>
+      <c r="AB36" s="119"/>
+      <c r="AC36" s="119"/>
+      <c r="AD36" s="119"/>
+      <c r="AE36" s="119"/>
+      <c r="AF36" s="119"/>
+      <c r="AG36" s="119"/>
+      <c r="AH36" s="119"/>
+      <c r="AI36" s="119"/>
+      <c r="AJ36" s="119"/>
+      <c r="AK36" s="119"/>
+      <c r="AL36" s="119"/>
+      <c r="AM36" s="119"/>
+      <c r="AN36" s="119"/>
+      <c r="AO36" s="119"/>
+      <c r="AP36" s="119"/>
+      <c r="AQ36" s="119"/>
+      <c r="AR36" s="119"/>
+      <c r="AS36" s="119"/>
+      <c r="AT36" s="119"/>
+      <c r="AU36" s="119"/>
+      <c r="AV36" s="119"/>
+      <c r="AW36" s="119"/>
+      <c r="AX36" s="119"/>
+      <c r="AY36" s="119"/>
+      <c r="AZ36" s="119"/>
+      <c r="BA36" s="119"/>
+      <c r="BB36" s="119"/>
+      <c r="BC36" s="120"/>
       <c r="BD36" s="4"/>
       <c r="BE36" s="4"/>
       <c r="BF36" s="4"/>
       <c r="BG36" s="4"/>
       <c r="BH36" s="4"/>
       <c r="BI36" s="4"/>
       <c r="BJ36" s="4"/>
       <c r="BK36" s="4"/>
       <c r="BL36" s="4"/>
       <c r="BM36" s="4"/>
       <c r="BN36" s="4"/>
       <c r="BO36" s="4"/>
       <c r="BP36" s="4"/>
       <c r="BQ36" s="4"/>
     </row>
     <row r="37" spans="1:69" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="141" t="s">
+      <c r="A37" s="126" t="s">
         <v>95</v>
       </c>
-      <c r="B37" s="142"/>
-[...2 lines deleted...]
-      <c r="E37" s="142"/>
+      <c r="B37" s="96"/>
+      <c r="C37" s="96"/>
+      <c r="D37" s="96"/>
+      <c r="E37" s="96"/>
       <c r="F37" s="28"/>
-      <c r="G37" s="143"/>
-[...47 lines deleted...]
-      <c r="BC37" s="136"/>
+      <c r="G37" s="118"/>
+      <c r="H37" s="119"/>
+      <c r="I37" s="119"/>
+      <c r="J37" s="119"/>
+      <c r="K37" s="119"/>
+      <c r="L37" s="119"/>
+      <c r="M37" s="119"/>
+      <c r="N37" s="119"/>
+      <c r="O37" s="119"/>
+      <c r="P37" s="119"/>
+      <c r="Q37" s="119"/>
+      <c r="R37" s="119"/>
+      <c r="S37" s="119"/>
+      <c r="T37" s="119"/>
+      <c r="U37" s="119"/>
+      <c r="V37" s="119"/>
+      <c r="W37" s="119"/>
+      <c r="X37" s="119"/>
+      <c r="Y37" s="119"/>
+      <c r="Z37" s="119"/>
+      <c r="AA37" s="119"/>
+      <c r="AB37" s="119"/>
+      <c r="AC37" s="119"/>
+      <c r="AD37" s="119"/>
+      <c r="AE37" s="119"/>
+      <c r="AF37" s="119"/>
+      <c r="AG37" s="119"/>
+      <c r="AH37" s="119"/>
+      <c r="AI37" s="119"/>
+      <c r="AJ37" s="119"/>
+      <c r="AK37" s="119"/>
+      <c r="AL37" s="119"/>
+      <c r="AM37" s="119"/>
+      <c r="AN37" s="119"/>
+      <c r="AO37" s="119"/>
+      <c r="AP37" s="119"/>
+      <c r="AQ37" s="119"/>
+      <c r="AR37" s="119"/>
+      <c r="AS37" s="119"/>
+      <c r="AT37" s="119"/>
+      <c r="AU37" s="119"/>
+      <c r="AV37" s="119"/>
+      <c r="AW37" s="119"/>
+      <c r="AX37" s="119"/>
+      <c r="AY37" s="119"/>
+      <c r="AZ37" s="119"/>
+      <c r="BA37" s="119"/>
+      <c r="BB37" s="119"/>
+      <c r="BC37" s="120"/>
     </row>
     <row r="38" spans="1:69" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="141"/>
-[...3 lines deleted...]
-      <c r="E38" s="142"/>
+      <c r="A38" s="126"/>
+      <c r="B38" s="96"/>
+      <c r="C38" s="96"/>
+      <c r="D38" s="96"/>
+      <c r="E38" s="96"/>
       <c r="F38" s="37"/>
-      <c r="G38" s="143"/>
-[...47 lines deleted...]
-      <c r="BC38" s="136"/>
+      <c r="G38" s="118"/>
+      <c r="H38" s="119"/>
+      <c r="I38" s="119"/>
+      <c r="J38" s="119"/>
+      <c r="K38" s="119"/>
+      <c r="L38" s="119"/>
+      <c r="M38" s="119"/>
+      <c r="N38" s="119"/>
+      <c r="O38" s="119"/>
+      <c r="P38" s="119"/>
+      <c r="Q38" s="119"/>
+      <c r="R38" s="119"/>
+      <c r="S38" s="119"/>
+      <c r="T38" s="119"/>
+      <c r="U38" s="119"/>
+      <c r="V38" s="119"/>
+      <c r="W38" s="119"/>
+      <c r="X38" s="119"/>
+      <c r="Y38" s="119"/>
+      <c r="Z38" s="119"/>
+      <c r="AA38" s="119"/>
+      <c r="AB38" s="119"/>
+      <c r="AC38" s="119"/>
+      <c r="AD38" s="119"/>
+      <c r="AE38" s="119"/>
+      <c r="AF38" s="119"/>
+      <c r="AG38" s="119"/>
+      <c r="AH38" s="119"/>
+      <c r="AI38" s="119"/>
+      <c r="AJ38" s="119"/>
+      <c r="AK38" s="119"/>
+      <c r="AL38" s="119"/>
+      <c r="AM38" s="119"/>
+      <c r="AN38" s="119"/>
+      <c r="AO38" s="119"/>
+      <c r="AP38" s="119"/>
+      <c r="AQ38" s="119"/>
+      <c r="AR38" s="119"/>
+      <c r="AS38" s="119"/>
+      <c r="AT38" s="119"/>
+      <c r="AU38" s="119"/>
+      <c r="AV38" s="119"/>
+      <c r="AW38" s="119"/>
+      <c r="AX38" s="119"/>
+      <c r="AY38" s="119"/>
+      <c r="AZ38" s="119"/>
+      <c r="BA38" s="119"/>
+      <c r="BB38" s="119"/>
+      <c r="BC38" s="120"/>
     </row>
     <row r="39" spans="1:69" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="89" t="s">
+      <c r="A39" s="127" t="s">
         <v>102</v>
       </c>
-      <c r="B39" s="90"/>
-[...52 lines deleted...]
-      <c r="BC39" s="91"/>
+      <c r="B39" s="128"/>
+      <c r="C39" s="128"/>
+      <c r="D39" s="128"/>
+      <c r="E39" s="128"/>
+      <c r="F39" s="128"/>
+      <c r="G39" s="128"/>
+      <c r="H39" s="128"/>
+      <c r="I39" s="128"/>
+      <c r="J39" s="128"/>
+      <c r="K39" s="128"/>
+      <c r="L39" s="128"/>
+      <c r="M39" s="128"/>
+      <c r="N39" s="128"/>
+      <c r="O39" s="128"/>
+      <c r="P39" s="128"/>
+      <c r="Q39" s="128"/>
+      <c r="R39" s="128"/>
+      <c r="S39" s="128"/>
+      <c r="T39" s="128"/>
+      <c r="U39" s="128"/>
+      <c r="V39" s="128"/>
+      <c r="W39" s="128"/>
+      <c r="X39" s="128"/>
+      <c r="Y39" s="128"/>
+      <c r="Z39" s="128"/>
+      <c r="AA39" s="128"/>
+      <c r="AB39" s="128"/>
+      <c r="AC39" s="128"/>
+      <c r="AD39" s="128"/>
+      <c r="AE39" s="128"/>
+      <c r="AF39" s="128"/>
+      <c r="AG39" s="128"/>
+      <c r="AH39" s="128"/>
+      <c r="AI39" s="128"/>
+      <c r="AJ39" s="128"/>
+      <c r="AK39" s="128"/>
+      <c r="AL39" s="128"/>
+      <c r="AM39" s="128"/>
+      <c r="AN39" s="128"/>
+      <c r="AO39" s="128"/>
+      <c r="AP39" s="128"/>
+      <c r="AQ39" s="128"/>
+      <c r="AR39" s="128"/>
+      <c r="AS39" s="128"/>
+      <c r="AT39" s="128"/>
+      <c r="AU39" s="128"/>
+      <c r="AV39" s="128"/>
+      <c r="AW39" s="128"/>
+      <c r="AX39" s="128"/>
+      <c r="AY39" s="128"/>
+      <c r="AZ39" s="128"/>
+      <c r="BA39" s="128"/>
+      <c r="BB39" s="128"/>
+      <c r="BC39" s="129"/>
       <c r="BD39" s="20"/>
       <c r="BE39" s="20"/>
       <c r="BF39" s="20"/>
       <c r="BG39" s="20"/>
       <c r="BH39" s="20"/>
       <c r="BI39" s="20"/>
       <c r="BJ39" s="20"/>
       <c r="BK39" s="20"/>
       <c r="BL39" s="20"/>
       <c r="BM39" s="20"/>
       <c r="BN39" s="20"/>
       <c r="BO39" s="20"/>
       <c r="BP39" s="20"/>
       <c r="BQ39" s="20"/>
     </row>
     <row r="40" spans="1:69" ht="36.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="144" t="s">
+      <c r="A40" s="130" t="s">
         <v>100</v>
       </c>
-      <c r="B40" s="145"/>
-[...50 lines deleted...]
-      <c r="BA40" s="146"/>
+      <c r="B40" s="131"/>
+      <c r="C40" s="131"/>
+      <c r="D40" s="131"/>
+      <c r="E40" s="131"/>
+      <c r="F40" s="131"/>
+      <c r="G40" s="131"/>
+      <c r="H40" s="131"/>
+      <c r="I40" s="131"/>
+      <c r="J40" s="131"/>
+      <c r="K40" s="131"/>
+      <c r="L40" s="131"/>
+      <c r="M40" s="131"/>
+      <c r="N40" s="131"/>
+      <c r="O40" s="131"/>
+      <c r="P40" s="131"/>
+      <c r="Q40" s="131"/>
+      <c r="R40" s="131"/>
+      <c r="S40" s="131"/>
+      <c r="T40" s="131"/>
+      <c r="U40" s="131"/>
+      <c r="V40" s="131"/>
+      <c r="W40" s="131"/>
+      <c r="X40" s="131"/>
+      <c r="Y40" s="131"/>
+      <c r="Z40" s="131"/>
+      <c r="AA40" s="131"/>
+      <c r="AB40" s="131"/>
+      <c r="AC40" s="131"/>
+      <c r="AD40" s="131"/>
+      <c r="AE40" s="131"/>
+      <c r="AF40" s="131"/>
+      <c r="AG40" s="131"/>
+      <c r="AH40" s="131"/>
+      <c r="AI40" s="131"/>
+      <c r="AJ40" s="131"/>
+      <c r="AK40" s="131"/>
+      <c r="AL40" s="131"/>
+      <c r="AM40" s="131"/>
+      <c r="AN40" s="131"/>
+      <c r="AO40" s="131"/>
+      <c r="AP40" s="131"/>
+      <c r="AQ40" s="131"/>
+      <c r="AR40" s="131"/>
+      <c r="AS40" s="131"/>
+      <c r="AT40" s="131"/>
+      <c r="AU40" s="131"/>
+      <c r="AV40" s="131"/>
+      <c r="AW40" s="131"/>
+      <c r="AX40" s="131"/>
+      <c r="AY40" s="131"/>
+      <c r="AZ40" s="131"/>
+      <c r="BA40" s="132"/>
       <c r="BB40" s="33"/>
       <c r="BC40" s="34"/>
     </row>
     <row r="41" spans="1:69" ht="36.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="144" t="s">
+      <c r="A41" s="130" t="s">
         <v>96</v>
       </c>
-      <c r="B41" s="145"/>
-[...50 lines deleted...]
-      <c r="BA41" s="146"/>
+      <c r="B41" s="131"/>
+      <c r="C41" s="131"/>
+      <c r="D41" s="131"/>
+      <c r="E41" s="131"/>
+      <c r="F41" s="131"/>
+      <c r="G41" s="131"/>
+      <c r="H41" s="131"/>
+      <c r="I41" s="131"/>
+      <c r="J41" s="131"/>
+      <c r="K41" s="131"/>
+      <c r="L41" s="131"/>
+      <c r="M41" s="131"/>
+      <c r="N41" s="131"/>
+      <c r="O41" s="131"/>
+      <c r="P41" s="131"/>
+      <c r="Q41" s="131"/>
+      <c r="R41" s="131"/>
+      <c r="S41" s="131"/>
+      <c r="T41" s="131"/>
+      <c r="U41" s="131"/>
+      <c r="V41" s="131"/>
+      <c r="W41" s="131"/>
+      <c r="X41" s="131"/>
+      <c r="Y41" s="131"/>
+      <c r="Z41" s="131"/>
+      <c r="AA41" s="131"/>
+      <c r="AB41" s="131"/>
+      <c r="AC41" s="131"/>
+      <c r="AD41" s="131"/>
+      <c r="AE41" s="131"/>
+      <c r="AF41" s="131"/>
+      <c r="AG41" s="131"/>
+      <c r="AH41" s="131"/>
+      <c r="AI41" s="131"/>
+      <c r="AJ41" s="131"/>
+      <c r="AK41" s="131"/>
+      <c r="AL41" s="131"/>
+      <c r="AM41" s="131"/>
+      <c r="AN41" s="131"/>
+      <c r="AO41" s="131"/>
+      <c r="AP41" s="131"/>
+      <c r="AQ41" s="131"/>
+      <c r="AR41" s="131"/>
+      <c r="AS41" s="131"/>
+      <c r="AT41" s="131"/>
+      <c r="AU41" s="131"/>
+      <c r="AV41" s="131"/>
+      <c r="AW41" s="131"/>
+      <c r="AX41" s="131"/>
+      <c r="AY41" s="131"/>
+      <c r="AZ41" s="131"/>
+      <c r="BA41" s="132"/>
       <c r="BB41" s="27"/>
       <c r="BC41" s="35"/>
       <c r="BD41" s="8"/>
       <c r="BE41" s="8"/>
       <c r="BF41" s="8"/>
       <c r="BG41" s="8"/>
       <c r="BH41" s="8"/>
       <c r="BI41" s="8"/>
       <c r="BJ41" s="8"/>
       <c r="BK41" s="8"/>
       <c r="BL41" s="8"/>
       <c r="BM41" s="8"/>
       <c r="BN41" s="8"/>
       <c r="BO41" s="8"/>
       <c r="BP41" s="8"/>
       <c r="BQ41" s="8"/>
     </row>
     <row r="42" spans="1:69" s="20" customFormat="1" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="102" t="s">
+      <c r="A42" s="146" t="s">
         <v>115</v>
       </c>
-      <c r="B42" s="95"/>
-[...52 lines deleted...]
-      <c r="BC42" s="136"/>
+      <c r="B42" s="87"/>
+      <c r="C42" s="87"/>
+      <c r="D42" s="87"/>
+      <c r="E42" s="87"/>
+      <c r="F42" s="88"/>
+      <c r="G42" s="118"/>
+      <c r="H42" s="119"/>
+      <c r="I42" s="119"/>
+      <c r="J42" s="119"/>
+      <c r="K42" s="119"/>
+      <c r="L42" s="119"/>
+      <c r="M42" s="119"/>
+      <c r="N42" s="119"/>
+      <c r="O42" s="119"/>
+      <c r="P42" s="119"/>
+      <c r="Q42" s="119"/>
+      <c r="R42" s="119"/>
+      <c r="S42" s="119"/>
+      <c r="T42" s="119"/>
+      <c r="U42" s="119"/>
+      <c r="V42" s="119"/>
+      <c r="W42" s="119"/>
+      <c r="X42" s="119"/>
+      <c r="Y42" s="119"/>
+      <c r="Z42" s="119"/>
+      <c r="AA42" s="119"/>
+      <c r="AB42" s="119"/>
+      <c r="AC42" s="119"/>
+      <c r="AD42" s="119"/>
+      <c r="AE42" s="119"/>
+      <c r="AF42" s="119"/>
+      <c r="AG42" s="119"/>
+      <c r="AH42" s="119"/>
+      <c r="AI42" s="119"/>
+      <c r="AJ42" s="119"/>
+      <c r="AK42" s="119"/>
+      <c r="AL42" s="119"/>
+      <c r="AM42" s="119"/>
+      <c r="AN42" s="119"/>
+      <c r="AO42" s="119"/>
+      <c r="AP42" s="119"/>
+      <c r="AQ42" s="119"/>
+      <c r="AR42" s="119"/>
+      <c r="AS42" s="119"/>
+      <c r="AT42" s="119"/>
+      <c r="AU42" s="119"/>
+      <c r="AV42" s="119"/>
+      <c r="AW42" s="119"/>
+      <c r="AX42" s="119"/>
+      <c r="AY42" s="119"/>
+      <c r="AZ42" s="119"/>
+      <c r="BA42" s="119"/>
+      <c r="BB42" s="119"/>
+      <c r="BC42" s="120"/>
       <c r="BD42" s="4"/>
       <c r="BE42" s="4"/>
       <c r="BF42" s="4"/>
       <c r="BG42" s="4"/>
       <c r="BH42" s="4"/>
       <c r="BI42" s="4"/>
       <c r="BJ42" s="4"/>
       <c r="BK42" s="4"/>
       <c r="BL42" s="4"/>
       <c r="BM42" s="4"/>
       <c r="BN42" s="4"/>
       <c r="BO42" s="4"/>
       <c r="BP42" s="4"/>
       <c r="BQ42" s="4"/>
     </row>
     <row r="43" spans="1:69" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="141" t="s">
+      <c r="A43" s="126" t="s">
         <v>95</v>
       </c>
-      <c r="B43" s="142"/>
-[...2 lines deleted...]
-      <c r="E43" s="142"/>
+      <c r="B43" s="96"/>
+      <c r="C43" s="96"/>
+      <c r="D43" s="96"/>
+      <c r="E43" s="96"/>
       <c r="F43" s="28"/>
-      <c r="G43" s="143"/>
-[...47 lines deleted...]
-      <c r="BC43" s="136"/>
+      <c r="G43" s="118"/>
+      <c r="H43" s="119"/>
+      <c r="I43" s="119"/>
+      <c r="J43" s="119"/>
+      <c r="K43" s="119"/>
+      <c r="L43" s="119"/>
+      <c r="M43" s="119"/>
+      <c r="N43" s="119"/>
+      <c r="O43" s="119"/>
+      <c r="P43" s="119"/>
+      <c r="Q43" s="119"/>
+      <c r="R43" s="119"/>
+      <c r="S43" s="119"/>
+      <c r="T43" s="119"/>
+      <c r="U43" s="119"/>
+      <c r="V43" s="119"/>
+      <c r="W43" s="119"/>
+      <c r="X43" s="119"/>
+      <c r="Y43" s="119"/>
+      <c r="Z43" s="119"/>
+      <c r="AA43" s="119"/>
+      <c r="AB43" s="119"/>
+      <c r="AC43" s="119"/>
+      <c r="AD43" s="119"/>
+      <c r="AE43" s="119"/>
+      <c r="AF43" s="119"/>
+      <c r="AG43" s="119"/>
+      <c r="AH43" s="119"/>
+      <c r="AI43" s="119"/>
+      <c r="AJ43" s="119"/>
+      <c r="AK43" s="119"/>
+      <c r="AL43" s="119"/>
+      <c r="AM43" s="119"/>
+      <c r="AN43" s="119"/>
+      <c r="AO43" s="119"/>
+      <c r="AP43" s="119"/>
+      <c r="AQ43" s="119"/>
+      <c r="AR43" s="119"/>
+      <c r="AS43" s="119"/>
+      <c r="AT43" s="119"/>
+      <c r="AU43" s="119"/>
+      <c r="AV43" s="119"/>
+      <c r="AW43" s="119"/>
+      <c r="AX43" s="119"/>
+      <c r="AY43" s="119"/>
+      <c r="AZ43" s="119"/>
+      <c r="BA43" s="119"/>
+      <c r="BB43" s="119"/>
+      <c r="BC43" s="120"/>
       <c r="BD43" s="8"/>
       <c r="BE43" s="8"/>
       <c r="BF43" s="8"/>
       <c r="BG43" s="8"/>
       <c r="BH43" s="8"/>
       <c r="BI43" s="8"/>
       <c r="BJ43" s="8"/>
       <c r="BK43" s="8"/>
       <c r="BL43" s="8"/>
       <c r="BM43" s="8"/>
       <c r="BN43" s="8"/>
       <c r="BO43" s="8"/>
       <c r="BP43" s="8"/>
       <c r="BQ43" s="8"/>
     </row>
     <row r="44" spans="1:69" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="141"/>
-[...3 lines deleted...]
-      <c r="E44" s="142"/>
+      <c r="A44" s="126"/>
+      <c r="B44" s="96"/>
+      <c r="C44" s="96"/>
+      <c r="D44" s="96"/>
+      <c r="E44" s="96"/>
       <c r="F44" s="37"/>
-      <c r="G44" s="143"/>
-[...47 lines deleted...]
-      <c r="BC44" s="136"/>
+      <c r="G44" s="118"/>
+      <c r="H44" s="119"/>
+      <c r="I44" s="119"/>
+      <c r="J44" s="119"/>
+      <c r="K44" s="119"/>
+      <c r="L44" s="119"/>
+      <c r="M44" s="119"/>
+      <c r="N44" s="119"/>
+      <c r="O44" s="119"/>
+      <c r="P44" s="119"/>
+      <c r="Q44" s="119"/>
+      <c r="R44" s="119"/>
+      <c r="S44" s="119"/>
+      <c r="T44" s="119"/>
+      <c r="U44" s="119"/>
+      <c r="V44" s="119"/>
+      <c r="W44" s="119"/>
+      <c r="X44" s="119"/>
+      <c r="Y44" s="119"/>
+      <c r="Z44" s="119"/>
+      <c r="AA44" s="119"/>
+      <c r="AB44" s="119"/>
+      <c r="AC44" s="119"/>
+      <c r="AD44" s="119"/>
+      <c r="AE44" s="119"/>
+      <c r="AF44" s="119"/>
+      <c r="AG44" s="119"/>
+      <c r="AH44" s="119"/>
+      <c r="AI44" s="119"/>
+      <c r="AJ44" s="119"/>
+      <c r="AK44" s="119"/>
+      <c r="AL44" s="119"/>
+      <c r="AM44" s="119"/>
+      <c r="AN44" s="119"/>
+      <c r="AO44" s="119"/>
+      <c r="AP44" s="119"/>
+      <c r="AQ44" s="119"/>
+      <c r="AR44" s="119"/>
+      <c r="AS44" s="119"/>
+      <c r="AT44" s="119"/>
+      <c r="AU44" s="119"/>
+      <c r="AV44" s="119"/>
+      <c r="AW44" s="119"/>
+      <c r="AX44" s="119"/>
+      <c r="AY44" s="119"/>
+      <c r="AZ44" s="119"/>
+      <c r="BA44" s="119"/>
+      <c r="BB44" s="119"/>
+      <c r="BC44" s="120"/>
       <c r="BD44" s="8"/>
       <c r="BE44" s="8"/>
       <c r="BF44" s="8"/>
       <c r="BG44" s="8"/>
       <c r="BH44" s="8"/>
       <c r="BI44" s="8"/>
       <c r="BJ44" s="8"/>
       <c r="BK44" s="8"/>
       <c r="BL44" s="8"/>
       <c r="BM44" s="8"/>
       <c r="BN44" s="8"/>
       <c r="BO44" s="8"/>
       <c r="BP44" s="8"/>
       <c r="BQ44" s="8"/>
     </row>
     <row r="45" spans="1:69" s="9" customFormat="1" ht="34.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="92" t="s">
+      <c r="A45" s="104" t="s">
         <v>94</v>
       </c>
-      <c r="B45" s="93"/>
-[...6 lines deleted...]
-      <c r="I45" s="120" t="s">
+      <c r="B45" s="100"/>
+      <c r="C45" s="105"/>
+      <c r="D45" s="101"/>
+      <c r="E45" s="102"/>
+      <c r="F45" s="102"/>
+      <c r="G45" s="102"/>
+      <c r="H45" s="103"/>
+      <c r="I45" s="123" t="s">
         <v>136</v>
       </c>
-      <c r="J45" s="121"/>
-[...24 lines deleted...]
-      <c r="AI45" s="120" t="s">
+      <c r="J45" s="124"/>
+      <c r="K45" s="124"/>
+      <c r="L45" s="124"/>
+      <c r="M45" s="124"/>
+      <c r="N45" s="148"/>
+      <c r="O45" s="149"/>
+      <c r="P45" s="149"/>
+      <c r="Q45" s="149"/>
+      <c r="R45" s="149"/>
+      <c r="S45" s="149"/>
+      <c r="T45" s="149"/>
+      <c r="U45" s="149"/>
+      <c r="V45" s="149"/>
+      <c r="W45" s="149"/>
+      <c r="X45" s="149"/>
+      <c r="Y45" s="149"/>
+      <c r="Z45" s="149"/>
+      <c r="AA45" s="149"/>
+      <c r="AB45" s="149"/>
+      <c r="AC45" s="149"/>
+      <c r="AD45" s="149"/>
+      <c r="AE45" s="149"/>
+      <c r="AF45" s="149"/>
+      <c r="AG45" s="149"/>
+      <c r="AH45" s="150"/>
+      <c r="AI45" s="123" t="s">
         <v>93</v>
       </c>
-      <c r="AJ45" s="121"/>
-[...18 lines deleted...]
-      <c r="BC45" s="140"/>
+      <c r="AJ45" s="124"/>
+      <c r="AK45" s="124"/>
+      <c r="AL45" s="124"/>
+      <c r="AM45" s="124"/>
+      <c r="AN45" s="124"/>
+      <c r="AO45" s="124"/>
+      <c r="AP45" s="124"/>
+      <c r="AQ45" s="124"/>
+      <c r="AR45" s="124"/>
+      <c r="AS45" s="124"/>
+      <c r="AT45" s="124"/>
+      <c r="AU45" s="124"/>
+      <c r="AV45" s="124"/>
+      <c r="AW45" s="124"/>
+      <c r="AX45" s="124"/>
+      <c r="AY45" s="124"/>
+      <c r="AZ45" s="124"/>
+      <c r="BA45" s="124"/>
+      <c r="BB45" s="124"/>
+      <c r="BC45" s="125"/>
     </row>
     <row r="46" spans="1:69" ht="51.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="134" t="s">
+      <c r="A46" s="122" t="s">
         <v>38</v>
       </c>
-      <c r="B46" s="135"/>
-[...52 lines deleted...]
-      <c r="BC46" s="136"/>
+      <c r="B46" s="119"/>
+      <c r="C46" s="119"/>
+      <c r="D46" s="119"/>
+      <c r="E46" s="119"/>
+      <c r="F46" s="119"/>
+      <c r="G46" s="119"/>
+      <c r="H46" s="119"/>
+      <c r="I46" s="119"/>
+      <c r="J46" s="119"/>
+      <c r="K46" s="119"/>
+      <c r="L46" s="119"/>
+      <c r="M46" s="119"/>
+      <c r="N46" s="119"/>
+      <c r="O46" s="119"/>
+      <c r="P46" s="119"/>
+      <c r="Q46" s="119"/>
+      <c r="R46" s="119"/>
+      <c r="S46" s="119"/>
+      <c r="T46" s="119"/>
+      <c r="U46" s="119"/>
+      <c r="V46" s="119"/>
+      <c r="W46" s="119"/>
+      <c r="X46" s="119"/>
+      <c r="Y46" s="119"/>
+      <c r="Z46" s="119"/>
+      <c r="AA46" s="119"/>
+      <c r="AB46" s="119"/>
+      <c r="AC46" s="119"/>
+      <c r="AD46" s="119"/>
+      <c r="AE46" s="119"/>
+      <c r="AF46" s="119"/>
+      <c r="AG46" s="119"/>
+      <c r="AH46" s="119"/>
+      <c r="AI46" s="119"/>
+      <c r="AJ46" s="119"/>
+      <c r="AK46" s="119"/>
+      <c r="AL46" s="119"/>
+      <c r="AM46" s="119"/>
+      <c r="AN46" s="119"/>
+      <c r="AO46" s="119"/>
+      <c r="AP46" s="119"/>
+      <c r="AQ46" s="119"/>
+      <c r="AR46" s="119"/>
+      <c r="AS46" s="119"/>
+      <c r="AT46" s="119"/>
+      <c r="AU46" s="119"/>
+      <c r="AV46" s="119"/>
+      <c r="AW46" s="119"/>
+      <c r="AX46" s="119"/>
+      <c r="AY46" s="119"/>
+      <c r="AZ46" s="119"/>
+      <c r="BA46" s="119"/>
+      <c r="BB46" s="119"/>
+      <c r="BC46" s="120"/>
     </row>
     <row r="47" spans="1:69" s="9" customFormat="1" ht="34.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="92" t="s">
+      <c r="A47" s="104" t="s">
         <v>137</v>
       </c>
-      <c r="B47" s="93"/>
-[...6 lines deleted...]
-      <c r="I47" s="120" t="s">
+      <c r="B47" s="100"/>
+      <c r="C47" s="105"/>
+      <c r="D47" s="101"/>
+      <c r="E47" s="102"/>
+      <c r="F47" s="102"/>
+      <c r="G47" s="102"/>
+      <c r="H47" s="103"/>
+      <c r="I47" s="123" t="s">
         <v>138</v>
       </c>
-      <c r="J47" s="121"/>
-[...24 lines deleted...]
-      <c r="AI47" s="120" t="s">
+      <c r="J47" s="124"/>
+      <c r="K47" s="124"/>
+      <c r="L47" s="124"/>
+      <c r="M47" s="124"/>
+      <c r="N47" s="148"/>
+      <c r="O47" s="149"/>
+      <c r="P47" s="149"/>
+      <c r="Q47" s="149"/>
+      <c r="R47" s="149"/>
+      <c r="S47" s="149"/>
+      <c r="T47" s="149"/>
+      <c r="U47" s="149"/>
+      <c r="V47" s="149"/>
+      <c r="W47" s="149"/>
+      <c r="X47" s="149"/>
+      <c r="Y47" s="149"/>
+      <c r="Z47" s="149"/>
+      <c r="AA47" s="149"/>
+      <c r="AB47" s="149"/>
+      <c r="AC47" s="149"/>
+      <c r="AD47" s="149"/>
+      <c r="AE47" s="149"/>
+      <c r="AF47" s="149"/>
+      <c r="AG47" s="149"/>
+      <c r="AH47" s="150"/>
+      <c r="AI47" s="123" t="s">
         <v>93</v>
       </c>
-      <c r="AJ47" s="121"/>
-[...18 lines deleted...]
-      <c r="BC47" s="140"/>
+      <c r="AJ47" s="124"/>
+      <c r="AK47" s="124"/>
+      <c r="AL47" s="124"/>
+      <c r="AM47" s="124"/>
+      <c r="AN47" s="124"/>
+      <c r="AO47" s="124"/>
+      <c r="AP47" s="124"/>
+      <c r="AQ47" s="124"/>
+      <c r="AR47" s="124"/>
+      <c r="AS47" s="124"/>
+      <c r="AT47" s="124"/>
+      <c r="AU47" s="124"/>
+      <c r="AV47" s="124"/>
+      <c r="AW47" s="124"/>
+      <c r="AX47" s="124"/>
+      <c r="AY47" s="124"/>
+      <c r="AZ47" s="124"/>
+      <c r="BA47" s="124"/>
+      <c r="BB47" s="124"/>
+      <c r="BC47" s="125"/>
     </row>
     <row r="48" spans="1:69" x14ac:dyDescent="0.25">
-      <c r="G48" s="119"/>
-[...15 lines deleted...]
-      <c r="W48" s="119"/>
+      <c r="G48" s="145"/>
+      <c r="H48" s="145"/>
+      <c r="I48" s="145"/>
+      <c r="J48" s="145"/>
+      <c r="K48" s="145"/>
+      <c r="L48" s="145"/>
+      <c r="M48" s="145"/>
+      <c r="N48" s="145"/>
+      <c r="O48" s="145"/>
+      <c r="P48" s="145"/>
+      <c r="Q48" s="145"/>
+      <c r="R48" s="145"/>
+      <c r="S48" s="145"/>
+      <c r="T48" s="145"/>
+      <c r="U48" s="145"/>
+      <c r="V48" s="145"/>
+      <c r="W48" s="145"/>
       <c r="AU48" s="4"/>
       <c r="AV48" s="4"/>
       <c r="AW48" s="4"/>
       <c r="AX48" s="4"/>
     </row>
     <row r="49" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="50" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="51" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="52" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="53" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="54" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="151">
-[...9 lines deleted...]
-    <mergeCell ref="M11:U11"/>
+  <mergeCells count="152">
+    <mergeCell ref="A16:M16"/>
+    <mergeCell ref="AA15:AQ15"/>
+    <mergeCell ref="AA16:AQ16"/>
+    <mergeCell ref="AW2:BC2"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="C27:D27"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="AR16:BC16"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="A5:BC5"/>
+    <mergeCell ref="A6:BC6"/>
+    <mergeCell ref="A9:BC9"/>
+    <mergeCell ref="A10:L10"/>
+    <mergeCell ref="M10:BC10"/>
+    <mergeCell ref="AV7:BC7"/>
+    <mergeCell ref="AM7:AU7"/>
+    <mergeCell ref="AC7:AL7"/>
+    <mergeCell ref="Q7:AB7"/>
+    <mergeCell ref="A7:P7"/>
+    <mergeCell ref="A8:P8"/>
+    <mergeCell ref="Q8:AB8"/>
+    <mergeCell ref="AC8:AL8"/>
+    <mergeCell ref="AM8:AU8"/>
+    <mergeCell ref="A11:G12"/>
+    <mergeCell ref="A13:G13"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="A17:BC17"/>
+    <mergeCell ref="A15:M15"/>
+    <mergeCell ref="C31:D31"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="A36:F36"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="E34:F34"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="E26:F26"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="G26:BC26"/>
+    <mergeCell ref="N15:Z15"/>
+    <mergeCell ref="N16:Z16"/>
+    <mergeCell ref="AR15:BC15"/>
+    <mergeCell ref="G48:W48"/>
+    <mergeCell ref="A14:G14"/>
+    <mergeCell ref="A42:F42"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="C35:D35"/>
+    <mergeCell ref="E35:F35"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="I45:N45"/>
+    <mergeCell ref="O45:AH45"/>
+    <mergeCell ref="I47:N47"/>
+    <mergeCell ref="O47:AH47"/>
+    <mergeCell ref="G27:BC27"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="C32:D32"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="G19:BC19"/>
+    <mergeCell ref="G20:BC20"/>
+    <mergeCell ref="G22:BC22"/>
+    <mergeCell ref="E25:F25"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="G25:BC25"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="G18:BC18"/>
+    <mergeCell ref="G21:BC21"/>
+    <mergeCell ref="G24:BC24"/>
+    <mergeCell ref="AW33:BC33"/>
+    <mergeCell ref="AO33:AU33"/>
+    <mergeCell ref="G33:AM33"/>
+    <mergeCell ref="AO34:AU34"/>
+    <mergeCell ref="AW34:BC34"/>
+    <mergeCell ref="A46:BC46"/>
+    <mergeCell ref="A47:C47"/>
+    <mergeCell ref="D47:H47"/>
+    <mergeCell ref="AI47:BC47"/>
+    <mergeCell ref="A43:E44"/>
+    <mergeCell ref="A37:E38"/>
+    <mergeCell ref="G36:BC36"/>
+    <mergeCell ref="G37:BC37"/>
+    <mergeCell ref="G38:BC38"/>
+    <mergeCell ref="A39:BC39"/>
+    <mergeCell ref="A40:BA40"/>
+    <mergeCell ref="A41:BA41"/>
+    <mergeCell ref="G42:BC42"/>
+    <mergeCell ref="G43:BC43"/>
+    <mergeCell ref="G44:BC44"/>
+    <mergeCell ref="AI45:BC45"/>
+    <mergeCell ref="G34:AM34"/>
     <mergeCell ref="X13:AL13"/>
     <mergeCell ref="AN13:AV13"/>
     <mergeCell ref="H13:O13"/>
     <mergeCell ref="Q13:V13"/>
     <mergeCell ref="H14:M14"/>
     <mergeCell ref="N14:T14"/>
     <mergeCell ref="D45:H45"/>
     <mergeCell ref="A45:C45"/>
     <mergeCell ref="AW35:BC35"/>
     <mergeCell ref="AO35:AU35"/>
     <mergeCell ref="G35:AM35"/>
     <mergeCell ref="G23:BC23"/>
     <mergeCell ref="U14:AA14"/>
     <mergeCell ref="AB14:AM14"/>
     <mergeCell ref="AX13:BB13"/>
     <mergeCell ref="AN14:BC14"/>
     <mergeCell ref="G28:BC28"/>
     <mergeCell ref="G31:BC31"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="G29:BC29"/>
     <mergeCell ref="G30:BC30"/>
     <mergeCell ref="AW32:BC32"/>
     <mergeCell ref="AO32:AU32"/>
     <mergeCell ref="G32:AM32"/>
-    <mergeCell ref="AW33:BC33"/>
-[...115 lines deleted...]
-    <mergeCell ref="AA16:AQ16"/>
+    <mergeCell ref="AV8:BC8"/>
+    <mergeCell ref="H12:L12"/>
+    <mergeCell ref="M12:U12"/>
+    <mergeCell ref="V12:AB12"/>
+    <mergeCell ref="V11:AI11"/>
+    <mergeCell ref="AD12:AI12"/>
+    <mergeCell ref="AK12:BC12"/>
+    <mergeCell ref="AK11:BB11"/>
+    <mergeCell ref="H11:L11"/>
+    <mergeCell ref="M11:U11"/>
   </mergeCells>
   <pageMargins left="0.14000000000000001" right="0.05" top="0.1" bottom="0" header="0.22" footer="7.0000000000000007E-2"/>
-  <pageSetup scale="57" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="58" orientation="portrait" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="55" max="46" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="3077" r:id="rId4" name="Check Box 5">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>39</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>33</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>39</xdr:col>
                     <xdr:colOff>209550</xdr:colOff>
                     <xdr:row>33</xdr:row>
                     <xdr:rowOff>209550</xdr:rowOff>
                   </to>
@@ -21922,2752 +21936,2752 @@
       <c r="BC1" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:55" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AT2" s="5"/>
       <c r="AU2" s="4"/>
       <c r="BC2" s="5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:55" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AT3" s="5"/>
       <c r="AU3" s="4"/>
       <c r="BC3" s="77">
         <v>45069</v>
       </c>
     </row>
     <row r="4" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="AA4" s="7"/>
       <c r="AB4" s="21" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:55" ht="35.450000000000003" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="189" t="s">
+      <c r="A5" s="219" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="190"/>
-[...52 lines deleted...]
-      <c r="BC5" s="191"/>
+      <c r="B5" s="220"/>
+      <c r="C5" s="220"/>
+      <c r="D5" s="220"/>
+      <c r="E5" s="220"/>
+      <c r="F5" s="220"/>
+      <c r="G5" s="220"/>
+      <c r="H5" s="220"/>
+      <c r="I5" s="220"/>
+      <c r="J5" s="220"/>
+      <c r="K5" s="220"/>
+      <c r="L5" s="220"/>
+      <c r="M5" s="220"/>
+      <c r="N5" s="220"/>
+      <c r="O5" s="220"/>
+      <c r="P5" s="220"/>
+      <c r="Q5" s="220"/>
+      <c r="R5" s="220"/>
+      <c r="S5" s="220"/>
+      <c r="T5" s="220"/>
+      <c r="U5" s="220"/>
+      <c r="V5" s="220"/>
+      <c r="W5" s="220"/>
+      <c r="X5" s="220"/>
+      <c r="Y5" s="220"/>
+      <c r="Z5" s="220"/>
+      <c r="AA5" s="220"/>
+      <c r="AB5" s="220"/>
+      <c r="AC5" s="220"/>
+      <c r="AD5" s="220"/>
+      <c r="AE5" s="220"/>
+      <c r="AF5" s="220"/>
+      <c r="AG5" s="220"/>
+      <c r="AH5" s="220"/>
+      <c r="AI5" s="220"/>
+      <c r="AJ5" s="220"/>
+      <c r="AK5" s="220"/>
+      <c r="AL5" s="220"/>
+      <c r="AM5" s="220"/>
+      <c r="AN5" s="220"/>
+      <c r="AO5" s="220"/>
+      <c r="AP5" s="220"/>
+      <c r="AQ5" s="220"/>
+      <c r="AR5" s="220"/>
+      <c r="AS5" s="220"/>
+      <c r="AT5" s="220"/>
+      <c r="AU5" s="220"/>
+      <c r="AV5" s="220"/>
+      <c r="AW5" s="220"/>
+      <c r="AX5" s="220"/>
+      <c r="AY5" s="220"/>
+      <c r="AZ5" s="220"/>
+      <c r="BA5" s="220"/>
+      <c r="BB5" s="220"/>
+      <c r="BC5" s="221"/>
     </row>
     <row r="6" spans="1:55" s="20" customFormat="1" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="168" t="s">
+      <c r="A6" s="204" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="169"/>
-[...52 lines deleted...]
-      <c r="BC6" s="170"/>
+      <c r="B6" s="205"/>
+      <c r="C6" s="205"/>
+      <c r="D6" s="205"/>
+      <c r="E6" s="205"/>
+      <c r="F6" s="205"/>
+      <c r="G6" s="205"/>
+      <c r="H6" s="205"/>
+      <c r="I6" s="205"/>
+      <c r="J6" s="205"/>
+      <c r="K6" s="205"/>
+      <c r="L6" s="205"/>
+      <c r="M6" s="205"/>
+      <c r="N6" s="205"/>
+      <c r="O6" s="205"/>
+      <c r="P6" s="205"/>
+      <c r="Q6" s="205"/>
+      <c r="R6" s="205"/>
+      <c r="S6" s="205"/>
+      <c r="T6" s="205"/>
+      <c r="U6" s="205"/>
+      <c r="V6" s="205"/>
+      <c r="W6" s="205"/>
+      <c r="X6" s="205"/>
+      <c r="Y6" s="205"/>
+      <c r="Z6" s="205"/>
+      <c r="AA6" s="205"/>
+      <c r="AB6" s="205"/>
+      <c r="AC6" s="205"/>
+      <c r="AD6" s="205"/>
+      <c r="AE6" s="205"/>
+      <c r="AF6" s="205"/>
+      <c r="AG6" s="205"/>
+      <c r="AH6" s="205"/>
+      <c r="AI6" s="205"/>
+      <c r="AJ6" s="205"/>
+      <c r="AK6" s="205"/>
+      <c r="AL6" s="205"/>
+      <c r="AM6" s="205"/>
+      <c r="AN6" s="205"/>
+      <c r="AO6" s="205"/>
+      <c r="AP6" s="205"/>
+      <c r="AQ6" s="205"/>
+      <c r="AR6" s="205"/>
+      <c r="AS6" s="205"/>
+      <c r="AT6" s="205"/>
+      <c r="AU6" s="205"/>
+      <c r="AV6" s="205"/>
+      <c r="AW6" s="205"/>
+      <c r="AX6" s="205"/>
+      <c r="AY6" s="205"/>
+      <c r="AZ6" s="205"/>
+      <c r="BA6" s="205"/>
+      <c r="BB6" s="205"/>
+      <c r="BC6" s="206"/>
     </row>
     <row r="7" spans="1:55" s="22" customFormat="1" ht="23.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="101" t="s">
+      <c r="A7" s="159" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="98"/>
-[...14 lines deleted...]
-      <c r="Q7" s="97" t="s">
+      <c r="B7" s="156"/>
+      <c r="C7" s="156"/>
+      <c r="D7" s="156"/>
+      <c r="E7" s="156"/>
+      <c r="F7" s="156"/>
+      <c r="G7" s="156"/>
+      <c r="H7" s="156"/>
+      <c r="I7" s="156"/>
+      <c r="J7" s="156"/>
+      <c r="K7" s="156"/>
+      <c r="L7" s="156"/>
+      <c r="M7" s="156"/>
+      <c r="N7" s="156"/>
+      <c r="O7" s="156"/>
+      <c r="P7" s="158"/>
+      <c r="Q7" s="155" t="s">
         <v>116</v>
       </c>
-      <c r="R7" s="98"/>
-[...10 lines deleted...]
-      <c r="AC7" s="97" t="s">
+      <c r="R7" s="156"/>
+      <c r="S7" s="156"/>
+      <c r="T7" s="156"/>
+      <c r="U7" s="156"/>
+      <c r="V7" s="156"/>
+      <c r="W7" s="156"/>
+      <c r="X7" s="156"/>
+      <c r="Y7" s="156"/>
+      <c r="Z7" s="156"/>
+      <c r="AA7" s="156"/>
+      <c r="AB7" s="158"/>
+      <c r="AC7" s="155" t="s">
         <v>8</v>
       </c>
-      <c r="AD7" s="98"/>
-[...8 lines deleted...]
-      <c r="AM7" s="97" t="s">
+      <c r="AD7" s="156"/>
+      <c r="AE7" s="156"/>
+      <c r="AF7" s="156"/>
+      <c r="AG7" s="156"/>
+      <c r="AH7" s="156"/>
+      <c r="AI7" s="156"/>
+      <c r="AJ7" s="156"/>
+      <c r="AK7" s="156"/>
+      <c r="AL7" s="158"/>
+      <c r="AM7" s="155" t="s">
         <v>9</v>
       </c>
-      <c r="AN7" s="98"/>
-[...7 lines deleted...]
-      <c r="AV7" s="97" t="s">
+      <c r="AN7" s="156"/>
+      <c r="AO7" s="156"/>
+      <c r="AP7" s="156"/>
+      <c r="AQ7" s="156"/>
+      <c r="AR7" s="156"/>
+      <c r="AS7" s="156"/>
+      <c r="AT7" s="156"/>
+      <c r="AU7" s="158"/>
+      <c r="AV7" s="155" t="s">
         <v>10</v>
       </c>
-      <c r="AW7" s="98"/>
-[...5 lines deleted...]
-      <c r="BC7" s="99"/>
+      <c r="AW7" s="156"/>
+      <c r="AX7" s="156"/>
+      <c r="AY7" s="156"/>
+      <c r="AZ7" s="156"/>
+      <c r="BA7" s="156"/>
+      <c r="BB7" s="156"/>
+      <c r="BC7" s="157"/>
     </row>
     <row r="8" spans="1:55" s="9" customFormat="1" ht="24.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="102" t="s">
+      <c r="A8" s="146" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="95"/>
-[...14 lines deleted...]
-      <c r="Q8" s="104" t="s">
+      <c r="B8" s="87"/>
+      <c r="C8" s="87"/>
+      <c r="D8" s="87"/>
+      <c r="E8" s="87"/>
+      <c r="F8" s="87"/>
+      <c r="G8" s="87"/>
+      <c r="H8" s="87"/>
+      <c r="I8" s="87"/>
+      <c r="J8" s="87"/>
+      <c r="K8" s="87"/>
+      <c r="L8" s="87"/>
+      <c r="M8" s="87"/>
+      <c r="N8" s="87"/>
+      <c r="O8" s="87"/>
+      <c r="P8" s="88"/>
+      <c r="Q8" s="86" t="s">
         <v>11</v>
       </c>
-      <c r="R8" s="95"/>
-[...28 lines deleted...]
-      <c r="AU8" s="103"/>
+      <c r="R8" s="87"/>
+      <c r="S8" s="87"/>
+      <c r="T8" s="87"/>
+      <c r="U8" s="87"/>
+      <c r="V8" s="87"/>
+      <c r="W8" s="87"/>
+      <c r="X8" s="87"/>
+      <c r="Y8" s="87"/>
+      <c r="Z8" s="87"/>
+      <c r="AA8" s="87"/>
+      <c r="AB8" s="88"/>
+      <c r="AC8" s="86"/>
+      <c r="AD8" s="87"/>
+      <c r="AE8" s="87"/>
+      <c r="AF8" s="87"/>
+      <c r="AG8" s="87"/>
+      <c r="AH8" s="87"/>
+      <c r="AI8" s="87"/>
+      <c r="AJ8" s="87"/>
+      <c r="AK8" s="87"/>
+      <c r="AL8" s="88"/>
+      <c r="AM8" s="86"/>
+      <c r="AN8" s="87"/>
+      <c r="AO8" s="87"/>
+      <c r="AP8" s="87"/>
+      <c r="AQ8" s="87"/>
+      <c r="AR8" s="87"/>
+      <c r="AS8" s="87"/>
+      <c r="AT8" s="87"/>
+      <c r="AU8" s="88"/>
       <c r="AV8" s="24"/>
-      <c r="AW8" s="95"/>
-[...5 lines deleted...]
-      <c r="BC8" s="96"/>
+      <c r="AW8" s="87"/>
+      <c r="AX8" s="87"/>
+      <c r="AY8" s="87"/>
+      <c r="AZ8" s="87"/>
+      <c r="BA8" s="87"/>
+      <c r="BB8" s="87"/>
+      <c r="BC8" s="110"/>
     </row>
     <row r="9" spans="1:55" s="20" customFormat="1" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="168" t="s">
+      <c r="A9" s="204" t="s">
         <v>12</v>
       </c>
-      <c r="B9" s="169"/>
-[...52 lines deleted...]
-      <c r="BC9" s="170"/>
+      <c r="B9" s="205"/>
+      <c r="C9" s="205"/>
+      <c r="D9" s="205"/>
+      <c r="E9" s="205"/>
+      <c r="F9" s="205"/>
+      <c r="G9" s="205"/>
+      <c r="H9" s="205"/>
+      <c r="I9" s="205"/>
+      <c r="J9" s="205"/>
+      <c r="K9" s="205"/>
+      <c r="L9" s="205"/>
+      <c r="M9" s="205"/>
+      <c r="N9" s="205"/>
+      <c r="O9" s="205"/>
+      <c r="P9" s="205"/>
+      <c r="Q9" s="205"/>
+      <c r="R9" s="205"/>
+      <c r="S9" s="205"/>
+      <c r="T9" s="205"/>
+      <c r="U9" s="205"/>
+      <c r="V9" s="205"/>
+      <c r="W9" s="205"/>
+      <c r="X9" s="205"/>
+      <c r="Y9" s="205"/>
+      <c r="Z9" s="205"/>
+      <c r="AA9" s="205"/>
+      <c r="AB9" s="205"/>
+      <c r="AC9" s="205"/>
+      <c r="AD9" s="205"/>
+      <c r="AE9" s="205"/>
+      <c r="AF9" s="205"/>
+      <c r="AG9" s="205"/>
+      <c r="AH9" s="205"/>
+      <c r="AI9" s="205"/>
+      <c r="AJ9" s="205"/>
+      <c r="AK9" s="205"/>
+      <c r="AL9" s="205"/>
+      <c r="AM9" s="205"/>
+      <c r="AN9" s="205"/>
+      <c r="AO9" s="205"/>
+      <c r="AP9" s="205"/>
+      <c r="AQ9" s="205"/>
+      <c r="AR9" s="205"/>
+      <c r="AS9" s="205"/>
+      <c r="AT9" s="205"/>
+      <c r="AU9" s="205"/>
+      <c r="AV9" s="205"/>
+      <c r="AW9" s="205"/>
+      <c r="AX9" s="205"/>
+      <c r="AY9" s="205"/>
+      <c r="AZ9" s="205"/>
+      <c r="BA9" s="205"/>
+      <c r="BB9" s="205"/>
+      <c r="BC9" s="206"/>
     </row>
     <row r="10" spans="1:55" s="9" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="192" t="s">
+      <c r="A10" s="211" t="s">
         <v>61</v>
       </c>
-      <c r="B10" s="193"/>
-[...52 lines deleted...]
-      <c r="BC10" s="126"/>
+      <c r="B10" s="212"/>
+      <c r="C10" s="212"/>
+      <c r="D10" s="212"/>
+      <c r="E10" s="212"/>
+      <c r="F10" s="212"/>
+      <c r="G10" s="212"/>
+      <c r="H10" s="212"/>
+      <c r="I10" s="212"/>
+      <c r="J10" s="212"/>
+      <c r="K10" s="212"/>
+      <c r="L10" s="212"/>
+      <c r="M10" s="116"/>
+      <c r="N10" s="116"/>
+      <c r="O10" s="116"/>
+      <c r="P10" s="116"/>
+      <c r="Q10" s="116"/>
+      <c r="R10" s="116"/>
+      <c r="S10" s="116"/>
+      <c r="T10" s="116"/>
+      <c r="U10" s="116"/>
+      <c r="V10" s="116"/>
+      <c r="W10" s="116"/>
+      <c r="X10" s="116"/>
+      <c r="Y10" s="116"/>
+      <c r="Z10" s="116"/>
+      <c r="AA10" s="116"/>
+      <c r="AB10" s="116"/>
+      <c r="AC10" s="116"/>
+      <c r="AD10" s="116"/>
+      <c r="AE10" s="116"/>
+      <c r="AF10" s="116"/>
+      <c r="AG10" s="116"/>
+      <c r="AH10" s="116"/>
+      <c r="AI10" s="116"/>
+      <c r="AJ10" s="116"/>
+      <c r="AK10" s="116"/>
+      <c r="AL10" s="116"/>
+      <c r="AM10" s="116"/>
+      <c r="AN10" s="116"/>
+      <c r="AO10" s="116"/>
+      <c r="AP10" s="116"/>
+      <c r="AQ10" s="116"/>
+      <c r="AR10" s="116"/>
+      <c r="AS10" s="116"/>
+      <c r="AT10" s="116"/>
+      <c r="AU10" s="116"/>
+      <c r="AV10" s="116"/>
+      <c r="AW10" s="116"/>
+      <c r="AX10" s="116"/>
+      <c r="AY10" s="116"/>
+      <c r="AZ10" s="116"/>
+      <c r="BA10" s="116"/>
+      <c r="BB10" s="116"/>
+      <c r="BC10" s="117"/>
     </row>
     <row r="11" spans="1:55" s="8" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="221" t="s">
+      <c r="A11" s="168" t="s">
         <v>131</v>
       </c>
-      <c r="B11" s="222"/>
-[...5 lines deleted...]
-      <c r="H11" s="194" t="s">
+      <c r="B11" s="169"/>
+      <c r="C11" s="169"/>
+      <c r="D11" s="169"/>
+      <c r="E11" s="169"/>
+      <c r="F11" s="169"/>
+      <c r="G11" s="170"/>
+      <c r="H11" s="199" t="s">
         <v>98</v>
       </c>
-      <c r="I11" s="195"/>
-[...12 lines deleted...]
-      <c r="V11" s="159" t="s">
+      <c r="I11" s="200"/>
+      <c r="J11" s="200"/>
+      <c r="K11" s="200"/>
+      <c r="L11" s="201"/>
+      <c r="M11" s="82"/>
+      <c r="N11" s="83"/>
+      <c r="O11" s="83"/>
+      <c r="P11" s="83"/>
+      <c r="Q11" s="83"/>
+      <c r="R11" s="83"/>
+      <c r="S11" s="83"/>
+      <c r="T11" s="83"/>
+      <c r="U11" s="98"/>
+      <c r="V11" s="82" t="s">
         <v>117</v>
       </c>
-      <c r="W11" s="155"/>
-[...13 lines deleted...]
-      <c r="AK11" s="156"/>
+      <c r="W11" s="83"/>
+      <c r="X11" s="83"/>
+      <c r="Y11" s="83"/>
+      <c r="Z11" s="83"/>
+      <c r="AA11" s="83"/>
+      <c r="AB11" s="83"/>
+      <c r="AC11" s="83"/>
+      <c r="AD11" s="83"/>
+      <c r="AE11" s="83"/>
+      <c r="AF11" s="83"/>
+      <c r="AG11" s="83"/>
+      <c r="AH11" s="83"/>
+      <c r="AI11" s="83"/>
+      <c r="AJ11" s="83"/>
+      <c r="AK11" s="98"/>
       <c r="AL11" s="24"/>
       <c r="AM11" s="38"/>
-      <c r="AN11" s="159" t="s">
+      <c r="AN11" s="82" t="s">
         <v>14</v>
       </c>
-      <c r="AO11" s="155"/>
-[...11 lines deleted...]
-      <c r="BA11" s="156"/>
+      <c r="AO11" s="83"/>
+      <c r="AP11" s="83"/>
+      <c r="AQ11" s="83"/>
+      <c r="AR11" s="83"/>
+      <c r="AS11" s="83"/>
+      <c r="AT11" s="83"/>
+      <c r="AU11" s="83"/>
+      <c r="AV11" s="83"/>
+      <c r="AW11" s="83"/>
+      <c r="AX11" s="83"/>
+      <c r="AY11" s="83"/>
+      <c r="AZ11" s="83"/>
+      <c r="BA11" s="98"/>
       <c r="BB11" s="27"/>
       <c r="BC11" s="35"/>
     </row>
     <row r="12" spans="1:55" s="8" customFormat="1" ht="35.450000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="224"/>
-[...6 lines deleted...]
-      <c r="H12" s="104" t="s">
+      <c r="A12" s="171"/>
+      <c r="B12" s="172"/>
+      <c r="C12" s="172"/>
+      <c r="D12" s="172"/>
+      <c r="E12" s="172"/>
+      <c r="F12" s="172"/>
+      <c r="G12" s="173"/>
+      <c r="H12" s="86" t="s">
         <v>129</v>
       </c>
-      <c r="I12" s="95"/>
-[...12 lines deleted...]
-      <c r="W12" s="104" t="s">
+      <c r="I12" s="87"/>
+      <c r="J12" s="87"/>
+      <c r="K12" s="87"/>
+      <c r="L12" s="87"/>
+      <c r="M12" s="87"/>
+      <c r="N12" s="87"/>
+      <c r="O12" s="87"/>
+      <c r="P12" s="87"/>
+      <c r="Q12" s="87"/>
+      <c r="R12" s="87"/>
+      <c r="S12" s="87"/>
+      <c r="T12" s="87"/>
+      <c r="U12" s="88"/>
+      <c r="W12" s="86" t="s">
         <v>130</v>
       </c>
-      <c r="X12" s="95"/>
-[...15 lines deleted...]
-      <c r="AO12" s="227" t="s">
+      <c r="X12" s="87"/>
+      <c r="Y12" s="87"/>
+      <c r="Z12" s="87"/>
+      <c r="AA12" s="87"/>
+      <c r="AB12" s="87"/>
+      <c r="AC12" s="87"/>
+      <c r="AD12" s="87"/>
+      <c r="AE12" s="87"/>
+      <c r="AF12" s="87"/>
+      <c r="AG12" s="87"/>
+      <c r="AH12" s="87"/>
+      <c r="AI12" s="87"/>
+      <c r="AJ12" s="87"/>
+      <c r="AK12" s="87"/>
+      <c r="AL12" s="87"/>
+      <c r="AM12" s="88"/>
+      <c r="AO12" s="174" t="s">
         <v>91</v>
       </c>
-      <c r="AP12" s="228"/>
-[...12 lines deleted...]
-      <c r="BC12" s="229"/>
+      <c r="AP12" s="175"/>
+      <c r="AQ12" s="175"/>
+      <c r="AR12" s="175"/>
+      <c r="AS12" s="175"/>
+      <c r="AT12" s="175"/>
+      <c r="AU12" s="175"/>
+      <c r="AV12" s="175"/>
+      <c r="AW12" s="175"/>
+      <c r="AX12" s="175"/>
+      <c r="AY12" s="175"/>
+      <c r="AZ12" s="175"/>
+      <c r="BA12" s="175"/>
+      <c r="BB12" s="175"/>
+      <c r="BC12" s="176"/>
     </row>
     <row r="13" spans="1:55" s="8" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="199" t="s">
+      <c r="A13" s="207" t="s">
         <v>132</v>
       </c>
-      <c r="B13" s="195"/>
-[...4 lines deleted...]
-      <c r="G13" s="182" t="s">
+      <c r="B13" s="200"/>
+      <c r="C13" s="200"/>
+      <c r="D13" s="200"/>
+      <c r="E13" s="200"/>
+      <c r="F13" s="201"/>
+      <c r="G13" s="208" t="s">
         <v>60</v>
       </c>
-      <c r="H13" s="183"/>
-[...14 lines deleted...]
-      <c r="W13" s="200"/>
+      <c r="H13" s="209"/>
+      <c r="I13" s="209"/>
+      <c r="J13" s="209"/>
+      <c r="K13" s="209"/>
+      <c r="L13" s="209"/>
+      <c r="M13" s="209"/>
+      <c r="N13" s="209"/>
+      <c r="O13" s="209"/>
+      <c r="P13" s="209"/>
+      <c r="Q13" s="209"/>
+      <c r="R13" s="209"/>
+      <c r="S13" s="209"/>
+      <c r="T13" s="209"/>
+      <c r="U13" s="209"/>
+      <c r="V13" s="209"/>
+      <c r="W13" s="210"/>
       <c r="X13" s="41"/>
-      <c r="Y13" s="127" t="s">
+      <c r="Y13" s="133" t="s">
         <v>18</v>
       </c>
-      <c r="Z13" s="127"/>
-[...13 lines deleted...]
-      <c r="AN13" s="127"/>
+      <c r="Z13" s="133"/>
+      <c r="AA13" s="133"/>
+      <c r="AB13" s="133"/>
+      <c r="AC13" s="133"/>
+      <c r="AD13" s="133"/>
+      <c r="AE13" s="133"/>
+      <c r="AF13" s="133"/>
+      <c r="AG13" s="133"/>
+      <c r="AH13" s="133"/>
+      <c r="AI13" s="133"/>
+      <c r="AJ13" s="133"/>
+      <c r="AK13" s="133"/>
+      <c r="AL13" s="133"/>
+      <c r="AM13" s="133"/>
+      <c r="AN13" s="133"/>
       <c r="AO13" s="41"/>
-      <c r="AP13" s="125" t="s">
+      <c r="AP13" s="116" t="s">
         <v>92</v>
       </c>
-      <c r="AQ13" s="125"/>
-[...11 lines deleted...]
-      <c r="BC13" s="198"/>
+      <c r="AQ13" s="116"/>
+      <c r="AR13" s="116"/>
+      <c r="AS13" s="116"/>
+      <c r="AT13" s="116"/>
+      <c r="AU13" s="116"/>
+      <c r="AV13" s="116"/>
+      <c r="AW13" s="116"/>
+      <c r="AX13" s="116"/>
+      <c r="AY13" s="116"/>
+      <c r="AZ13" s="116"/>
+      <c r="BA13" s="116"/>
+      <c r="BB13" s="202"/>
+      <c r="BC13" s="203"/>
     </row>
     <row r="14" spans="1:55" s="8" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="92" t="s">
+      <c r="A14" s="104" t="s">
         <v>133</v>
       </c>
-      <c r="B14" s="93"/>
-[...11 lines deleted...]
-      <c r="N14" s="157" t="s">
+      <c r="B14" s="100"/>
+      <c r="C14" s="100"/>
+      <c r="D14" s="100"/>
+      <c r="E14" s="100"/>
+      <c r="F14" s="100"/>
+      <c r="G14" s="100"/>
+      <c r="H14" s="83"/>
+      <c r="I14" s="83"/>
+      <c r="J14" s="83"/>
+      <c r="K14" s="83"/>
+      <c r="L14" s="83"/>
+      <c r="M14" s="98"/>
+      <c r="N14" s="99" t="s">
         <v>134</v>
       </c>
-      <c r="O14" s="93"/>
-[...12 lines deleted...]
-      <c r="AB14" s="157" t="s">
+      <c r="O14" s="100"/>
+      <c r="P14" s="100"/>
+      <c r="Q14" s="100"/>
+      <c r="R14" s="100"/>
+      <c r="S14" s="100"/>
+      <c r="T14" s="100"/>
+      <c r="U14" s="83"/>
+      <c r="V14" s="83"/>
+      <c r="W14" s="83"/>
+      <c r="X14" s="83"/>
+      <c r="Y14" s="83"/>
+      <c r="Z14" s="83"/>
+      <c r="AA14" s="98"/>
+      <c r="AB14" s="99" t="s">
         <v>135</v>
       </c>
-      <c r="AC14" s="93"/>
-[...25 lines deleted...]
-      <c r="BC14" s="158"/>
+      <c r="AC14" s="100"/>
+      <c r="AD14" s="100"/>
+      <c r="AE14" s="100"/>
+      <c r="AF14" s="100"/>
+      <c r="AG14" s="100"/>
+      <c r="AH14" s="100"/>
+      <c r="AI14" s="100"/>
+      <c r="AJ14" s="100"/>
+      <c r="AK14" s="100"/>
+      <c r="AL14" s="100"/>
+      <c r="AM14" s="100"/>
+      <c r="AN14" s="83"/>
+      <c r="AO14" s="83"/>
+      <c r="AP14" s="83"/>
+      <c r="AQ14" s="83"/>
+      <c r="AR14" s="83"/>
+      <c r="AS14" s="83"/>
+      <c r="AT14" s="83"/>
+      <c r="AU14" s="83"/>
+      <c r="AV14" s="83"/>
+      <c r="AW14" s="83"/>
+      <c r="AX14" s="83"/>
+      <c r="AY14" s="83"/>
+      <c r="AZ14" s="83"/>
+      <c r="BA14" s="83"/>
+      <c r="BB14" s="83"/>
+      <c r="BC14" s="84"/>
     </row>
     <row r="15" spans="1:55" s="23" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="192" t="s">
+      <c r="A15" s="211" t="s">
         <v>111</v>
       </c>
-      <c r="B15" s="193"/>
-[...11 lines deleted...]
-      <c r="N15" s="157" t="s">
+      <c r="B15" s="212"/>
+      <c r="C15" s="212"/>
+      <c r="D15" s="212"/>
+      <c r="E15" s="212"/>
+      <c r="F15" s="212"/>
+      <c r="G15" s="212"/>
+      <c r="H15" s="212"/>
+      <c r="I15" s="212"/>
+      <c r="J15" s="212"/>
+      <c r="K15" s="212"/>
+      <c r="L15" s="212"/>
+      <c r="M15" s="212"/>
+      <c r="N15" s="99" t="s">
         <v>112</v>
       </c>
-      <c r="O15" s="93"/>
-[...11 lines deleted...]
-      <c r="AA15" s="193" t="s">
+      <c r="O15" s="100"/>
+      <c r="P15" s="100"/>
+      <c r="Q15" s="100"/>
+      <c r="R15" s="100"/>
+      <c r="S15" s="100"/>
+      <c r="T15" s="100"/>
+      <c r="U15" s="100"/>
+      <c r="V15" s="100"/>
+      <c r="W15" s="100"/>
+      <c r="X15" s="100"/>
+      <c r="Y15" s="100"/>
+      <c r="Z15" s="105"/>
+      <c r="AA15" s="212" t="s">
         <v>113</v>
       </c>
-      <c r="AB15" s="193"/>
-[...15 lines deleted...]
-      <c r="AR15" s="193" t="s">
+      <c r="AB15" s="212"/>
+      <c r="AC15" s="212"/>
+      <c r="AD15" s="212"/>
+      <c r="AE15" s="212"/>
+      <c r="AF15" s="212"/>
+      <c r="AG15" s="212"/>
+      <c r="AH15" s="212"/>
+      <c r="AI15" s="212"/>
+      <c r="AJ15" s="212"/>
+      <c r="AK15" s="212"/>
+      <c r="AL15" s="212"/>
+      <c r="AM15" s="212"/>
+      <c r="AN15" s="212"/>
+      <c r="AO15" s="212"/>
+      <c r="AP15" s="212"/>
+      <c r="AQ15" s="212"/>
+      <c r="AR15" s="212" t="s">
         <v>114</v>
       </c>
-      <c r="AS15" s="193"/>
-[...9 lines deleted...]
-      <c r="BC15" s="201"/>
+      <c r="AS15" s="212"/>
+      <c r="AT15" s="212"/>
+      <c r="AU15" s="212"/>
+      <c r="AV15" s="212"/>
+      <c r="AW15" s="212"/>
+      <c r="AX15" s="212"/>
+      <c r="AY15" s="212"/>
+      <c r="AZ15" s="212"/>
+      <c r="BA15" s="212"/>
+      <c r="BB15" s="212"/>
+      <c r="BC15" s="213"/>
     </row>
     <row r="16" spans="1:55" s="3" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="202"/>
-[...25 lines deleted...]
-      <c r="AA16" s="207">
+      <c r="A16" s="214"/>
+      <c r="B16" s="187"/>
+      <c r="C16" s="187"/>
+      <c r="D16" s="187"/>
+      <c r="E16" s="187"/>
+      <c r="F16" s="187"/>
+      <c r="G16" s="187"/>
+      <c r="H16" s="187"/>
+      <c r="I16" s="187"/>
+      <c r="J16" s="187"/>
+      <c r="K16" s="187"/>
+      <c r="L16" s="187"/>
+      <c r="M16" s="187"/>
+      <c r="N16" s="215"/>
+      <c r="O16" s="216"/>
+      <c r="P16" s="216"/>
+      <c r="Q16" s="216"/>
+      <c r="R16" s="216"/>
+      <c r="S16" s="216"/>
+      <c r="T16" s="216"/>
+      <c r="U16" s="216"/>
+      <c r="V16" s="216"/>
+      <c r="W16" s="216"/>
+      <c r="X16" s="216"/>
+      <c r="Y16" s="216"/>
+      <c r="Z16" s="217"/>
+      <c r="AA16" s="218">
         <f>SUM(N16*0.3)</f>
         <v>0</v>
       </c>
-      <c r="AB16" s="207"/>
-[...26 lines deleted...]
-      <c r="BC16" s="208"/>
+      <c r="AB16" s="218"/>
+      <c r="AC16" s="218"/>
+      <c r="AD16" s="218"/>
+      <c r="AE16" s="218"/>
+      <c r="AF16" s="218"/>
+      <c r="AG16" s="218"/>
+      <c r="AH16" s="218"/>
+      <c r="AI16" s="218"/>
+      <c r="AJ16" s="218"/>
+      <c r="AK16" s="218"/>
+      <c r="AL16" s="218"/>
+      <c r="AM16" s="218"/>
+      <c r="AN16" s="218"/>
+      <c r="AO16" s="218"/>
+      <c r="AP16" s="218"/>
+      <c r="AQ16" s="218"/>
+      <c r="AR16" s="187"/>
+      <c r="AS16" s="187"/>
+      <c r="AT16" s="187"/>
+      <c r="AU16" s="187"/>
+      <c r="AV16" s="187"/>
+      <c r="AW16" s="187"/>
+      <c r="AX16" s="187"/>
+      <c r="AY16" s="187"/>
+      <c r="AZ16" s="187"/>
+      <c r="BA16" s="187"/>
+      <c r="BB16" s="187"/>
+      <c r="BC16" s="188"/>
     </row>
     <row r="17" spans="1:55" s="20" customFormat="1" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="168" t="s">
+      <c r="A17" s="204" t="s">
         <v>108</v>
       </c>
-      <c r="B17" s="169"/>
-[...52 lines deleted...]
-      <c r="BC17" s="170"/>
+      <c r="B17" s="205"/>
+      <c r="C17" s="205"/>
+      <c r="D17" s="205"/>
+      <c r="E17" s="205"/>
+      <c r="F17" s="205"/>
+      <c r="G17" s="205"/>
+      <c r="H17" s="205"/>
+      <c r="I17" s="205"/>
+      <c r="J17" s="205"/>
+      <c r="K17" s="205"/>
+      <c r="L17" s="205"/>
+      <c r="M17" s="205"/>
+      <c r="N17" s="205"/>
+      <c r="O17" s="205"/>
+      <c r="P17" s="205"/>
+      <c r="Q17" s="205"/>
+      <c r="R17" s="205"/>
+      <c r="S17" s="205"/>
+      <c r="T17" s="205"/>
+      <c r="U17" s="205"/>
+      <c r="V17" s="205"/>
+      <c r="W17" s="205"/>
+      <c r="X17" s="205"/>
+      <c r="Y17" s="205"/>
+      <c r="Z17" s="205"/>
+      <c r="AA17" s="205"/>
+      <c r="AB17" s="205"/>
+      <c r="AC17" s="205"/>
+      <c r="AD17" s="205"/>
+      <c r="AE17" s="205"/>
+      <c r="AF17" s="205"/>
+      <c r="AG17" s="205"/>
+      <c r="AH17" s="205"/>
+      <c r="AI17" s="205"/>
+      <c r="AJ17" s="205"/>
+      <c r="AK17" s="205"/>
+      <c r="AL17" s="205"/>
+      <c r="AM17" s="205"/>
+      <c r="AN17" s="205"/>
+      <c r="AO17" s="205"/>
+      <c r="AP17" s="205"/>
+      <c r="AQ17" s="205"/>
+      <c r="AR17" s="205"/>
+      <c r="AS17" s="205"/>
+      <c r="AT17" s="205"/>
+      <c r="AU17" s="205"/>
+      <c r="AV17" s="205"/>
+      <c r="AW17" s="205"/>
+      <c r="AX17" s="205"/>
+      <c r="AY17" s="205"/>
+      <c r="AZ17" s="205"/>
+      <c r="BA17" s="205"/>
+      <c r="BB17" s="205"/>
+      <c r="BC17" s="206"/>
     </row>
     <row r="18" spans="1:55" ht="30.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="171" t="s">
+      <c r="A18" s="230" t="s">
         <v>20</v>
       </c>
-      <c r="B18" s="172"/>
-      <c r="C18" s="173" t="s">
+      <c r="B18" s="231"/>
+      <c r="C18" s="232" t="s">
         <v>21</v>
       </c>
-      <c r="D18" s="172"/>
-      <c r="E18" s="174" t="s">
+      <c r="D18" s="231"/>
+      <c r="E18" s="198" t="s">
         <v>22</v>
       </c>
-      <c r="F18" s="174"/>
-      <c r="G18" s="131" t="s">
+      <c r="F18" s="198"/>
+      <c r="G18" s="111" t="s">
         <v>109</v>
       </c>
-      <c r="H18" s="132"/>
-[...46 lines deleted...]
-      <c r="BC18" s="133"/>
+      <c r="H18" s="112"/>
+      <c r="I18" s="112"/>
+      <c r="J18" s="112"/>
+      <c r="K18" s="112"/>
+      <c r="L18" s="112"/>
+      <c r="M18" s="112"/>
+      <c r="N18" s="112"/>
+      <c r="O18" s="112"/>
+      <c r="P18" s="112"/>
+      <c r="Q18" s="112"/>
+      <c r="R18" s="112"/>
+      <c r="S18" s="112"/>
+      <c r="T18" s="112"/>
+      <c r="U18" s="112"/>
+      <c r="V18" s="112"/>
+      <c r="W18" s="112"/>
+      <c r="X18" s="112"/>
+      <c r="Y18" s="112"/>
+      <c r="Z18" s="112"/>
+      <c r="AA18" s="112"/>
+      <c r="AB18" s="112"/>
+      <c r="AC18" s="112"/>
+      <c r="AD18" s="112"/>
+      <c r="AE18" s="112"/>
+      <c r="AF18" s="112"/>
+      <c r="AG18" s="112"/>
+      <c r="AH18" s="112"/>
+      <c r="AI18" s="112"/>
+      <c r="AJ18" s="112"/>
+      <c r="AK18" s="112"/>
+      <c r="AL18" s="112"/>
+      <c r="AM18" s="112"/>
+      <c r="AN18" s="112"/>
+      <c r="AO18" s="112"/>
+      <c r="AP18" s="112"/>
+      <c r="AQ18" s="112"/>
+      <c r="AR18" s="112"/>
+      <c r="AS18" s="112"/>
+      <c r="AT18" s="112"/>
+      <c r="AU18" s="112"/>
+      <c r="AV18" s="112"/>
+      <c r="AW18" s="112"/>
+      <c r="AX18" s="112"/>
+      <c r="AY18" s="112"/>
+      <c r="AZ18" s="112"/>
+      <c r="BA18" s="112"/>
+      <c r="BB18" s="112"/>
+      <c r="BC18" s="113"/>
     </row>
     <row r="19" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="218"/>
-[...5 lines deleted...]
-      <c r="G19" s="213" t="s">
+      <c r="A19" s="195"/>
+      <c r="B19" s="196"/>
+      <c r="C19" s="196"/>
+      <c r="D19" s="196"/>
+      <c r="E19" s="191"/>
+      <c r="F19" s="190"/>
+      <c r="G19" s="179" t="s">
         <v>124</v>
       </c>
-      <c r="H19" s="176"/>
-[...46 lines deleted...]
-      <c r="BC19" s="177"/>
+      <c r="H19" s="180"/>
+      <c r="I19" s="180"/>
+      <c r="J19" s="180"/>
+      <c r="K19" s="180"/>
+      <c r="L19" s="180"/>
+      <c r="M19" s="180"/>
+      <c r="N19" s="180"/>
+      <c r="O19" s="180"/>
+      <c r="P19" s="180"/>
+      <c r="Q19" s="180"/>
+      <c r="R19" s="180"/>
+      <c r="S19" s="180"/>
+      <c r="T19" s="180"/>
+      <c r="U19" s="180"/>
+      <c r="V19" s="180"/>
+      <c r="W19" s="180"/>
+      <c r="X19" s="180"/>
+      <c r="Y19" s="180"/>
+      <c r="Z19" s="180"/>
+      <c r="AA19" s="180"/>
+      <c r="AB19" s="180"/>
+      <c r="AC19" s="180"/>
+      <c r="AD19" s="180"/>
+      <c r="AE19" s="180"/>
+      <c r="AF19" s="180"/>
+      <c r="AG19" s="180"/>
+      <c r="AH19" s="180"/>
+      <c r="AI19" s="180"/>
+      <c r="AJ19" s="180"/>
+      <c r="AK19" s="180"/>
+      <c r="AL19" s="180"/>
+      <c r="AM19" s="180"/>
+      <c r="AN19" s="180"/>
+      <c r="AO19" s="180"/>
+      <c r="AP19" s="180"/>
+      <c r="AQ19" s="180"/>
+      <c r="AR19" s="180"/>
+      <c r="AS19" s="180"/>
+      <c r="AT19" s="180"/>
+      <c r="AU19" s="180"/>
+      <c r="AV19" s="180"/>
+      <c r="AW19" s="180"/>
+      <c r="AX19" s="180"/>
+      <c r="AY19" s="180"/>
+      <c r="AZ19" s="180"/>
+      <c r="BA19" s="180"/>
+      <c r="BB19" s="180"/>
+      <c r="BC19" s="181"/>
     </row>
     <row r="20" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="48"/>
       <c r="B20" s="49"/>
       <c r="C20" s="49"/>
       <c r="D20" s="49"/>
       <c r="E20" s="49"/>
       <c r="F20" s="52"/>
-      <c r="G20" s="209"/>
-[...1 lines deleted...]
-      <c r="I20" s="213" t="s">
+      <c r="G20" s="177"/>
+      <c r="H20" s="178"/>
+      <c r="I20" s="179" t="s">
         <v>29</v>
       </c>
-      <c r="J20" s="176"/>
-[...44 lines deleted...]
-      <c r="BC20" s="177"/>
+      <c r="J20" s="180"/>
+      <c r="K20" s="180"/>
+      <c r="L20" s="180"/>
+      <c r="M20" s="180"/>
+      <c r="N20" s="180"/>
+      <c r="O20" s="180"/>
+      <c r="P20" s="180"/>
+      <c r="Q20" s="180"/>
+      <c r="R20" s="180"/>
+      <c r="S20" s="180"/>
+      <c r="T20" s="180"/>
+      <c r="U20" s="180"/>
+      <c r="V20" s="180"/>
+      <c r="W20" s="180"/>
+      <c r="X20" s="180"/>
+      <c r="Y20" s="180"/>
+      <c r="Z20" s="180"/>
+      <c r="AA20" s="180"/>
+      <c r="AB20" s="180"/>
+      <c r="AC20" s="180"/>
+      <c r="AD20" s="180"/>
+      <c r="AE20" s="180"/>
+      <c r="AF20" s="180"/>
+      <c r="AG20" s="180"/>
+      <c r="AH20" s="180"/>
+      <c r="AI20" s="180"/>
+      <c r="AJ20" s="180"/>
+      <c r="AK20" s="180"/>
+      <c r="AL20" s="180"/>
+      <c r="AM20" s="180"/>
+      <c r="AN20" s="180"/>
+      <c r="AO20" s="180"/>
+      <c r="AP20" s="180"/>
+      <c r="AQ20" s="180"/>
+      <c r="AR20" s="180"/>
+      <c r="AS20" s="180"/>
+      <c r="AT20" s="180"/>
+      <c r="AU20" s="180"/>
+      <c r="AV20" s="180"/>
+      <c r="AW20" s="180"/>
+      <c r="AX20" s="180"/>
+      <c r="AY20" s="180"/>
+      <c r="AZ20" s="180"/>
+      <c r="BA20" s="180"/>
+      <c r="BB20" s="180"/>
+      <c r="BC20" s="181"/>
     </row>
     <row r="21" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="50"/>
       <c r="B21" s="51"/>
       <c r="C21" s="51"/>
       <c r="D21" s="51"/>
       <c r="E21" s="51"/>
       <c r="F21" s="53"/>
-      <c r="G21" s="211"/>
-[...1 lines deleted...]
-      <c r="I21" s="230" t="s">
+      <c r="G21" s="182"/>
+      <c r="H21" s="183"/>
+      <c r="I21" s="184" t="s">
         <v>30</v>
       </c>
-      <c r="J21" s="231"/>
-[...44 lines deleted...]
-      <c r="BC21" s="232"/>
+      <c r="J21" s="185"/>
+      <c r="K21" s="185"/>
+      <c r="L21" s="185"/>
+      <c r="M21" s="185"/>
+      <c r="N21" s="185"/>
+      <c r="O21" s="185"/>
+      <c r="P21" s="185"/>
+      <c r="Q21" s="185"/>
+      <c r="R21" s="185"/>
+      <c r="S21" s="185"/>
+      <c r="T21" s="185"/>
+      <c r="U21" s="185"/>
+      <c r="V21" s="185"/>
+      <c r="W21" s="185"/>
+      <c r="X21" s="185"/>
+      <c r="Y21" s="185"/>
+      <c r="Z21" s="185"/>
+      <c r="AA21" s="185"/>
+      <c r="AB21" s="185"/>
+      <c r="AC21" s="185"/>
+      <c r="AD21" s="185"/>
+      <c r="AE21" s="185"/>
+      <c r="AF21" s="185"/>
+      <c r="AG21" s="185"/>
+      <c r="AH21" s="185"/>
+      <c r="AI21" s="185"/>
+      <c r="AJ21" s="185"/>
+      <c r="AK21" s="185"/>
+      <c r="AL21" s="185"/>
+      <c r="AM21" s="185"/>
+      <c r="AN21" s="185"/>
+      <c r="AO21" s="185"/>
+      <c r="AP21" s="185"/>
+      <c r="AQ21" s="185"/>
+      <c r="AR21" s="185"/>
+      <c r="AS21" s="185"/>
+      <c r="AT21" s="185"/>
+      <c r="AU21" s="185"/>
+      <c r="AV21" s="185"/>
+      <c r="AW21" s="185"/>
+      <c r="AX21" s="185"/>
+      <c r="AY21" s="185"/>
+      <c r="AZ21" s="185"/>
+      <c r="BA21" s="185"/>
+      <c r="BB21" s="185"/>
+      <c r="BC21" s="186"/>
     </row>
     <row r="22" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="218"/>
-[...5 lines deleted...]
-      <c r="G22" s="213" t="s">
+      <c r="A22" s="195"/>
+      <c r="B22" s="191"/>
+      <c r="C22" s="196"/>
+      <c r="D22" s="196"/>
+      <c r="E22" s="191"/>
+      <c r="F22" s="190"/>
+      <c r="G22" s="179" t="s">
         <v>125</v>
       </c>
-      <c r="H22" s="176"/>
-[...46 lines deleted...]
-      <c r="BC22" s="177"/>
+      <c r="H22" s="180"/>
+      <c r="I22" s="180"/>
+      <c r="J22" s="180"/>
+      <c r="K22" s="180"/>
+      <c r="L22" s="180"/>
+      <c r="M22" s="180"/>
+      <c r="N22" s="180"/>
+      <c r="O22" s="180"/>
+      <c r="P22" s="180"/>
+      <c r="Q22" s="180"/>
+      <c r="R22" s="180"/>
+      <c r="S22" s="180"/>
+      <c r="T22" s="180"/>
+      <c r="U22" s="180"/>
+      <c r="V22" s="180"/>
+      <c r="W22" s="180"/>
+      <c r="X22" s="180"/>
+      <c r="Y22" s="180"/>
+      <c r="Z22" s="180"/>
+      <c r="AA22" s="180"/>
+      <c r="AB22" s="180"/>
+      <c r="AC22" s="180"/>
+      <c r="AD22" s="180"/>
+      <c r="AE22" s="180"/>
+      <c r="AF22" s="180"/>
+      <c r="AG22" s="180"/>
+      <c r="AH22" s="180"/>
+      <c r="AI22" s="180"/>
+      <c r="AJ22" s="180"/>
+      <c r="AK22" s="180"/>
+      <c r="AL22" s="180"/>
+      <c r="AM22" s="180"/>
+      <c r="AN22" s="180"/>
+      <c r="AO22" s="180"/>
+      <c r="AP22" s="180"/>
+      <c r="AQ22" s="180"/>
+      <c r="AR22" s="180"/>
+      <c r="AS22" s="180"/>
+      <c r="AT22" s="180"/>
+      <c r="AU22" s="180"/>
+      <c r="AV22" s="180"/>
+      <c r="AW22" s="180"/>
+      <c r="AX22" s="180"/>
+      <c r="AY22" s="180"/>
+      <c r="AZ22" s="180"/>
+      <c r="BA22" s="180"/>
+      <c r="BB22" s="180"/>
+      <c r="BC22" s="181"/>
     </row>
     <row r="23" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="48"/>
       <c r="B23" s="49"/>
       <c r="C23" s="49"/>
       <c r="D23" s="49"/>
       <c r="E23" s="49"/>
       <c r="F23" s="52"/>
-      <c r="G23" s="209"/>
-[...1 lines deleted...]
-      <c r="I23" s="213" t="s">
+      <c r="G23" s="177"/>
+      <c r="H23" s="178"/>
+      <c r="I23" s="179" t="s">
         <v>29</v>
       </c>
-      <c r="J23" s="176"/>
-[...44 lines deleted...]
-      <c r="BC23" s="177"/>
+      <c r="J23" s="180"/>
+      <c r="K23" s="180"/>
+      <c r="L23" s="180"/>
+      <c r="M23" s="180"/>
+      <c r="N23" s="180"/>
+      <c r="O23" s="180"/>
+      <c r="P23" s="180"/>
+      <c r="Q23" s="180"/>
+      <c r="R23" s="180"/>
+      <c r="S23" s="180"/>
+      <c r="T23" s="180"/>
+      <c r="U23" s="180"/>
+      <c r="V23" s="180"/>
+      <c r="W23" s="180"/>
+      <c r="X23" s="180"/>
+      <c r="Y23" s="180"/>
+      <c r="Z23" s="180"/>
+      <c r="AA23" s="180"/>
+      <c r="AB23" s="180"/>
+      <c r="AC23" s="180"/>
+      <c r="AD23" s="180"/>
+      <c r="AE23" s="180"/>
+      <c r="AF23" s="180"/>
+      <c r="AG23" s="180"/>
+      <c r="AH23" s="180"/>
+      <c r="AI23" s="180"/>
+      <c r="AJ23" s="180"/>
+      <c r="AK23" s="180"/>
+      <c r="AL23" s="180"/>
+      <c r="AM23" s="180"/>
+      <c r="AN23" s="180"/>
+      <c r="AO23" s="180"/>
+      <c r="AP23" s="180"/>
+      <c r="AQ23" s="180"/>
+      <c r="AR23" s="180"/>
+      <c r="AS23" s="180"/>
+      <c r="AT23" s="180"/>
+      <c r="AU23" s="180"/>
+      <c r="AV23" s="180"/>
+      <c r="AW23" s="180"/>
+      <c r="AX23" s="180"/>
+      <c r="AY23" s="180"/>
+      <c r="AZ23" s="180"/>
+      <c r="BA23" s="180"/>
+      <c r="BB23" s="180"/>
+      <c r="BC23" s="181"/>
     </row>
     <row r="24" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="50"/>
       <c r="B24" s="51"/>
       <c r="C24" s="51"/>
       <c r="D24" s="51"/>
       <c r="E24" s="51"/>
       <c r="F24" s="53"/>
-      <c r="G24" s="211"/>
-[...1 lines deleted...]
-      <c r="I24" s="230" t="s">
+      <c r="G24" s="182"/>
+      <c r="H24" s="183"/>
+      <c r="I24" s="184" t="s">
         <v>30</v>
       </c>
-      <c r="J24" s="231"/>
-[...44 lines deleted...]
-      <c r="BC24" s="232"/>
+      <c r="J24" s="185"/>
+      <c r="K24" s="185"/>
+      <c r="L24" s="185"/>
+      <c r="M24" s="185"/>
+      <c r="N24" s="185"/>
+      <c r="O24" s="185"/>
+      <c r="P24" s="185"/>
+      <c r="Q24" s="185"/>
+      <c r="R24" s="185"/>
+      <c r="S24" s="185"/>
+      <c r="T24" s="185"/>
+      <c r="U24" s="185"/>
+      <c r="V24" s="185"/>
+      <c r="W24" s="185"/>
+      <c r="X24" s="185"/>
+      <c r="Y24" s="185"/>
+      <c r="Z24" s="185"/>
+      <c r="AA24" s="185"/>
+      <c r="AB24" s="185"/>
+      <c r="AC24" s="185"/>
+      <c r="AD24" s="185"/>
+      <c r="AE24" s="185"/>
+      <c r="AF24" s="185"/>
+      <c r="AG24" s="185"/>
+      <c r="AH24" s="185"/>
+      <c r="AI24" s="185"/>
+      <c r="AJ24" s="185"/>
+      <c r="AK24" s="185"/>
+      <c r="AL24" s="185"/>
+      <c r="AM24" s="185"/>
+      <c r="AN24" s="185"/>
+      <c r="AO24" s="185"/>
+      <c r="AP24" s="185"/>
+      <c r="AQ24" s="185"/>
+      <c r="AR24" s="185"/>
+      <c r="AS24" s="185"/>
+      <c r="AT24" s="185"/>
+      <c r="AU24" s="185"/>
+      <c r="AV24" s="185"/>
+      <c r="AW24" s="185"/>
+      <c r="AX24" s="185"/>
+      <c r="AY24" s="185"/>
+      <c r="AZ24" s="185"/>
+      <c r="BA24" s="185"/>
+      <c r="BB24" s="185"/>
+      <c r="BC24" s="186"/>
     </row>
     <row r="25" spans="1:55" ht="30.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="220" t="s">
+      <c r="A25" s="197" t="s">
         <v>20</v>
       </c>
-      <c r="B25" s="174"/>
-      <c r="C25" s="174" t="s">
+      <c r="B25" s="198"/>
+      <c r="C25" s="198" t="s">
         <v>21</v>
       </c>
-      <c r="D25" s="174"/>
-      <c r="E25" s="174" t="s">
+      <c r="D25" s="198"/>
+      <c r="E25" s="198" t="s">
         <v>22</v>
       </c>
-      <c r="F25" s="174"/>
-      <c r="G25" s="215" t="s">
+      <c r="F25" s="198"/>
+      <c r="G25" s="192" t="s">
         <v>110</v>
       </c>
-      <c r="H25" s="216"/>
-[...46 lines deleted...]
-      <c r="BC25" s="217"/>
+      <c r="H25" s="193"/>
+      <c r="I25" s="193"/>
+      <c r="J25" s="193"/>
+      <c r="K25" s="193"/>
+      <c r="L25" s="193"/>
+      <c r="M25" s="193"/>
+      <c r="N25" s="193"/>
+      <c r="O25" s="193"/>
+      <c r="P25" s="193"/>
+      <c r="Q25" s="193"/>
+      <c r="R25" s="193"/>
+      <c r="S25" s="193"/>
+      <c r="T25" s="193"/>
+      <c r="U25" s="193"/>
+      <c r="V25" s="193"/>
+      <c r="W25" s="193"/>
+      <c r="X25" s="193"/>
+      <c r="Y25" s="193"/>
+      <c r="Z25" s="193"/>
+      <c r="AA25" s="193"/>
+      <c r="AB25" s="193"/>
+      <c r="AC25" s="193"/>
+      <c r="AD25" s="193"/>
+      <c r="AE25" s="193"/>
+      <c r="AF25" s="193"/>
+      <c r="AG25" s="193"/>
+      <c r="AH25" s="193"/>
+      <c r="AI25" s="193"/>
+      <c r="AJ25" s="193"/>
+      <c r="AK25" s="193"/>
+      <c r="AL25" s="193"/>
+      <c r="AM25" s="193"/>
+      <c r="AN25" s="193"/>
+      <c r="AO25" s="193"/>
+      <c r="AP25" s="193"/>
+      <c r="AQ25" s="193"/>
+      <c r="AR25" s="193"/>
+      <c r="AS25" s="193"/>
+      <c r="AT25" s="193"/>
+      <c r="AU25" s="193"/>
+      <c r="AV25" s="193"/>
+      <c r="AW25" s="193"/>
+      <c r="AX25" s="193"/>
+      <c r="AY25" s="193"/>
+      <c r="AZ25" s="193"/>
+      <c r="BA25" s="193"/>
+      <c r="BB25" s="193"/>
+      <c r="BC25" s="194"/>
     </row>
     <row r="26" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="214"/>
-[...5 lines deleted...]
-      <c r="G26" s="213" t="s">
+      <c r="A26" s="189"/>
+      <c r="B26" s="190"/>
+      <c r="C26" s="191"/>
+      <c r="D26" s="190"/>
+      <c r="E26" s="191"/>
+      <c r="F26" s="190"/>
+      <c r="G26" s="179" t="s">
         <v>126</v>
       </c>
-      <c r="H26" s="176"/>
-[...46 lines deleted...]
-      <c r="BC26" s="177"/>
+      <c r="H26" s="180"/>
+      <c r="I26" s="180"/>
+      <c r="J26" s="180"/>
+      <c r="K26" s="180"/>
+      <c r="L26" s="180"/>
+      <c r="M26" s="180"/>
+      <c r="N26" s="180"/>
+      <c r="O26" s="180"/>
+      <c r="P26" s="180"/>
+      <c r="Q26" s="180"/>
+      <c r="R26" s="180"/>
+      <c r="S26" s="180"/>
+      <c r="T26" s="180"/>
+      <c r="U26" s="180"/>
+      <c r="V26" s="180"/>
+      <c r="W26" s="180"/>
+      <c r="X26" s="180"/>
+      <c r="Y26" s="180"/>
+      <c r="Z26" s="180"/>
+      <c r="AA26" s="180"/>
+      <c r="AB26" s="180"/>
+      <c r="AC26" s="180"/>
+      <c r="AD26" s="180"/>
+      <c r="AE26" s="180"/>
+      <c r="AF26" s="180"/>
+      <c r="AG26" s="180"/>
+      <c r="AH26" s="180"/>
+      <c r="AI26" s="180"/>
+      <c r="AJ26" s="180"/>
+      <c r="AK26" s="180"/>
+      <c r="AL26" s="180"/>
+      <c r="AM26" s="180"/>
+      <c r="AN26" s="180"/>
+      <c r="AO26" s="180"/>
+      <c r="AP26" s="180"/>
+      <c r="AQ26" s="180"/>
+      <c r="AR26" s="180"/>
+      <c r="AS26" s="180"/>
+      <c r="AT26" s="180"/>
+      <c r="AU26" s="180"/>
+      <c r="AV26" s="180"/>
+      <c r="AW26" s="180"/>
+      <c r="AX26" s="180"/>
+      <c r="AY26" s="180"/>
+      <c r="AZ26" s="180"/>
+      <c r="BA26" s="180"/>
+      <c r="BB26" s="180"/>
+      <c r="BC26" s="181"/>
     </row>
     <row r="27" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="48"/>
       <c r="B27" s="49"/>
       <c r="C27" s="49"/>
       <c r="D27" s="49"/>
       <c r="E27" s="49"/>
       <c r="F27" s="52"/>
-      <c r="G27" s="209"/>
-[...1 lines deleted...]
-      <c r="I27" s="213" t="s">
+      <c r="G27" s="177"/>
+      <c r="H27" s="178"/>
+      <c r="I27" s="179" t="s">
         <v>29</v>
       </c>
-      <c r="J27" s="176"/>
-[...44 lines deleted...]
-      <c r="BC27" s="177"/>
+      <c r="J27" s="180"/>
+      <c r="K27" s="180"/>
+      <c r="L27" s="180"/>
+      <c r="M27" s="180"/>
+      <c r="N27" s="180"/>
+      <c r="O27" s="180"/>
+      <c r="P27" s="180"/>
+      <c r="Q27" s="180"/>
+      <c r="R27" s="180"/>
+      <c r="S27" s="180"/>
+      <c r="T27" s="180"/>
+      <c r="U27" s="180"/>
+      <c r="V27" s="180"/>
+      <c r="W27" s="180"/>
+      <c r="X27" s="180"/>
+      <c r="Y27" s="180"/>
+      <c r="Z27" s="180"/>
+      <c r="AA27" s="180"/>
+      <c r="AB27" s="180"/>
+      <c r="AC27" s="180"/>
+      <c r="AD27" s="180"/>
+      <c r="AE27" s="180"/>
+      <c r="AF27" s="180"/>
+      <c r="AG27" s="180"/>
+      <c r="AH27" s="180"/>
+      <c r="AI27" s="180"/>
+      <c r="AJ27" s="180"/>
+      <c r="AK27" s="180"/>
+      <c r="AL27" s="180"/>
+      <c r="AM27" s="180"/>
+      <c r="AN27" s="180"/>
+      <c r="AO27" s="180"/>
+      <c r="AP27" s="180"/>
+      <c r="AQ27" s="180"/>
+      <c r="AR27" s="180"/>
+      <c r="AS27" s="180"/>
+      <c r="AT27" s="180"/>
+      <c r="AU27" s="180"/>
+      <c r="AV27" s="180"/>
+      <c r="AW27" s="180"/>
+      <c r="AX27" s="180"/>
+      <c r="AY27" s="180"/>
+      <c r="AZ27" s="180"/>
+      <c r="BA27" s="180"/>
+      <c r="BB27" s="180"/>
+      <c r="BC27" s="181"/>
     </row>
     <row r="28" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="50"/>
       <c r="B28" s="51"/>
       <c r="C28" s="51"/>
       <c r="D28" s="51"/>
       <c r="E28" s="51"/>
       <c r="F28" s="53"/>
-      <c r="G28" s="211"/>
-[...1 lines deleted...]
-      <c r="I28" s="230" t="s">
+      <c r="G28" s="182"/>
+      <c r="H28" s="183"/>
+      <c r="I28" s="184" t="s">
         <v>30</v>
       </c>
-      <c r="J28" s="231"/>
-[...44 lines deleted...]
-      <c r="BC28" s="232"/>
+      <c r="J28" s="185"/>
+      <c r="K28" s="185"/>
+      <c r="L28" s="185"/>
+      <c r="M28" s="185"/>
+      <c r="N28" s="185"/>
+      <c r="O28" s="185"/>
+      <c r="P28" s="185"/>
+      <c r="Q28" s="185"/>
+      <c r="R28" s="185"/>
+      <c r="S28" s="185"/>
+      <c r="T28" s="185"/>
+      <c r="U28" s="185"/>
+      <c r="V28" s="185"/>
+      <c r="W28" s="185"/>
+      <c r="X28" s="185"/>
+      <c r="Y28" s="185"/>
+      <c r="Z28" s="185"/>
+      <c r="AA28" s="185"/>
+      <c r="AB28" s="185"/>
+      <c r="AC28" s="185"/>
+      <c r="AD28" s="185"/>
+      <c r="AE28" s="185"/>
+      <c r="AF28" s="185"/>
+      <c r="AG28" s="185"/>
+      <c r="AH28" s="185"/>
+      <c r="AI28" s="185"/>
+      <c r="AJ28" s="185"/>
+      <c r="AK28" s="185"/>
+      <c r="AL28" s="185"/>
+      <c r="AM28" s="185"/>
+      <c r="AN28" s="185"/>
+      <c r="AO28" s="185"/>
+      <c r="AP28" s="185"/>
+      <c r="AQ28" s="185"/>
+      <c r="AR28" s="185"/>
+      <c r="AS28" s="185"/>
+      <c r="AT28" s="185"/>
+      <c r="AU28" s="185"/>
+      <c r="AV28" s="185"/>
+      <c r="AW28" s="185"/>
+      <c r="AX28" s="185"/>
+      <c r="AY28" s="185"/>
+      <c r="AZ28" s="185"/>
+      <c r="BA28" s="185"/>
+      <c r="BB28" s="185"/>
+      <c r="BC28" s="186"/>
     </row>
     <row r="29" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="187"/>
-[...5 lines deleted...]
-      <c r="G29" s="95" t="s">
+      <c r="A29" s="228"/>
+      <c r="B29" s="229"/>
+      <c r="C29" s="228"/>
+      <c r="D29" s="229"/>
+      <c r="E29" s="228"/>
+      <c r="F29" s="229"/>
+      <c r="G29" s="87" t="s">
         <v>121</v>
       </c>
-      <c r="H29" s="95"/>
-[...46 lines deleted...]
-      <c r="BC29" s="96"/>
+      <c r="H29" s="87"/>
+      <c r="I29" s="87"/>
+      <c r="J29" s="87"/>
+      <c r="K29" s="87"/>
+      <c r="L29" s="87"/>
+      <c r="M29" s="87"/>
+      <c r="N29" s="87"/>
+      <c r="O29" s="87"/>
+      <c r="P29" s="87"/>
+      <c r="Q29" s="87"/>
+      <c r="R29" s="87"/>
+      <c r="S29" s="87"/>
+      <c r="T29" s="87"/>
+      <c r="U29" s="87"/>
+      <c r="V29" s="87"/>
+      <c r="W29" s="87"/>
+      <c r="X29" s="87"/>
+      <c r="Y29" s="87"/>
+      <c r="Z29" s="87"/>
+      <c r="AA29" s="87"/>
+      <c r="AB29" s="87"/>
+      <c r="AC29" s="87"/>
+      <c r="AD29" s="87"/>
+      <c r="AE29" s="87"/>
+      <c r="AF29" s="87"/>
+      <c r="AG29" s="87"/>
+      <c r="AH29" s="87"/>
+      <c r="AI29" s="87"/>
+      <c r="AJ29" s="87"/>
+      <c r="AK29" s="87"/>
+      <c r="AL29" s="87"/>
+      <c r="AM29" s="87"/>
+      <c r="AN29" s="87"/>
+      <c r="AO29" s="87"/>
+      <c r="AP29" s="87"/>
+      <c r="AQ29" s="87"/>
+      <c r="AR29" s="87"/>
+      <c r="AS29" s="87"/>
+      <c r="AT29" s="87"/>
+      <c r="AU29" s="87"/>
+      <c r="AV29" s="87"/>
+      <c r="AW29" s="87"/>
+      <c r="AX29" s="87"/>
+      <c r="AY29" s="87"/>
+      <c r="AZ29" s="87"/>
+      <c r="BA29" s="87"/>
+      <c r="BB29" s="87"/>
+      <c r="BC29" s="110"/>
     </row>
     <row r="30" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="48"/>
       <c r="B30" s="49"/>
       <c r="C30" s="49"/>
       <c r="D30" s="49"/>
       <c r="E30" s="49"/>
       <c r="F30" s="52"/>
-      <c r="G30" s="178"/>
-[...1 lines deleted...]
-      <c r="I30" s="104" t="s">
+      <c r="G30" s="223"/>
+      <c r="H30" s="224"/>
+      <c r="I30" s="86" t="s">
         <v>122</v>
       </c>
-      <c r="J30" s="95"/>
-[...44 lines deleted...]
-      <c r="BC30" s="96"/>
+      <c r="J30" s="87"/>
+      <c r="K30" s="87"/>
+      <c r="L30" s="87"/>
+      <c r="M30" s="87"/>
+      <c r="N30" s="87"/>
+      <c r="O30" s="87"/>
+      <c r="P30" s="87"/>
+      <c r="Q30" s="87"/>
+      <c r="R30" s="87"/>
+      <c r="S30" s="87"/>
+      <c r="T30" s="87"/>
+      <c r="U30" s="87"/>
+      <c r="V30" s="87"/>
+      <c r="W30" s="87"/>
+      <c r="X30" s="87"/>
+      <c r="Y30" s="87"/>
+      <c r="Z30" s="87"/>
+      <c r="AA30" s="87"/>
+      <c r="AB30" s="87"/>
+      <c r="AC30" s="87"/>
+      <c r="AD30" s="87"/>
+      <c r="AE30" s="87"/>
+      <c r="AF30" s="87"/>
+      <c r="AG30" s="87"/>
+      <c r="AH30" s="87"/>
+      <c r="AI30" s="87"/>
+      <c r="AJ30" s="87"/>
+      <c r="AK30" s="87"/>
+      <c r="AL30" s="87"/>
+      <c r="AM30" s="87"/>
+      <c r="AN30" s="87"/>
+      <c r="AO30" s="87"/>
+      <c r="AP30" s="87"/>
+      <c r="AQ30" s="87"/>
+      <c r="AR30" s="87"/>
+      <c r="AS30" s="87"/>
+      <c r="AT30" s="87"/>
+      <c r="AU30" s="87"/>
+      <c r="AV30" s="87"/>
+      <c r="AW30" s="87"/>
+      <c r="AX30" s="87"/>
+      <c r="AY30" s="87"/>
+      <c r="AZ30" s="87"/>
+      <c r="BA30" s="87"/>
+      <c r="BB30" s="87"/>
+      <c r="BC30" s="110"/>
     </row>
     <row r="31" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="54"/>
       <c r="B31" s="55"/>
       <c r="C31" s="55"/>
       <c r="D31" s="55"/>
       <c r="E31" s="55"/>
       <c r="F31" s="56"/>
-      <c r="G31" s="180"/>
-[...1 lines deleted...]
-      <c r="I31" s="104" t="s">
+      <c r="G31" s="225"/>
+      <c r="H31" s="226"/>
+      <c r="I31" s="86" t="s">
         <v>30</v>
       </c>
-      <c r="J31" s="95"/>
-[...44 lines deleted...]
-      <c r="BC31" s="96"/>
+      <c r="J31" s="87"/>
+      <c r="K31" s="87"/>
+      <c r="L31" s="87"/>
+      <c r="M31" s="87"/>
+      <c r="N31" s="87"/>
+      <c r="O31" s="87"/>
+      <c r="P31" s="87"/>
+      <c r="Q31" s="87"/>
+      <c r="R31" s="87"/>
+      <c r="S31" s="87"/>
+      <c r="T31" s="87"/>
+      <c r="U31" s="87"/>
+      <c r="V31" s="87"/>
+      <c r="W31" s="87"/>
+      <c r="X31" s="87"/>
+      <c r="Y31" s="87"/>
+      <c r="Z31" s="87"/>
+      <c r="AA31" s="87"/>
+      <c r="AB31" s="87"/>
+      <c r="AC31" s="87"/>
+      <c r="AD31" s="87"/>
+      <c r="AE31" s="87"/>
+      <c r="AF31" s="87"/>
+      <c r="AG31" s="87"/>
+      <c r="AH31" s="87"/>
+      <c r="AI31" s="87"/>
+      <c r="AJ31" s="87"/>
+      <c r="AK31" s="87"/>
+      <c r="AL31" s="87"/>
+      <c r="AM31" s="87"/>
+      <c r="AN31" s="87"/>
+      <c r="AO31" s="87"/>
+      <c r="AP31" s="87"/>
+      <c r="AQ31" s="87"/>
+      <c r="AR31" s="87"/>
+      <c r="AS31" s="87"/>
+      <c r="AT31" s="87"/>
+      <c r="AU31" s="87"/>
+      <c r="AV31" s="87"/>
+      <c r="AW31" s="87"/>
+      <c r="AX31" s="87"/>
+      <c r="AY31" s="87"/>
+      <c r="AZ31" s="87"/>
+      <c r="BA31" s="87"/>
+      <c r="BB31" s="87"/>
+      <c r="BC31" s="110"/>
     </row>
     <row r="32" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="54"/>
       <c r="B32" s="55"/>
       <c r="C32" s="55"/>
       <c r="D32" s="55"/>
       <c r="E32" s="55"/>
       <c r="F32" s="56"/>
-      <c r="G32" s="176" t="s">
+      <c r="G32" s="180" t="s">
         <v>73</v>
       </c>
-      <c r="H32" s="176"/>
-[...46 lines deleted...]
-      <c r="BC32" s="177"/>
+      <c r="H32" s="180"/>
+      <c r="I32" s="180"/>
+      <c r="J32" s="180"/>
+      <c r="K32" s="180"/>
+      <c r="L32" s="180"/>
+      <c r="M32" s="180"/>
+      <c r="N32" s="180"/>
+      <c r="O32" s="180"/>
+      <c r="P32" s="180"/>
+      <c r="Q32" s="180"/>
+      <c r="R32" s="180"/>
+      <c r="S32" s="180"/>
+      <c r="T32" s="180"/>
+      <c r="U32" s="180"/>
+      <c r="V32" s="180"/>
+      <c r="W32" s="180"/>
+      <c r="X32" s="180"/>
+      <c r="Y32" s="180"/>
+      <c r="Z32" s="180"/>
+      <c r="AA32" s="180"/>
+      <c r="AB32" s="180"/>
+      <c r="AC32" s="180"/>
+      <c r="AD32" s="180"/>
+      <c r="AE32" s="180"/>
+      <c r="AF32" s="180"/>
+      <c r="AG32" s="180"/>
+      <c r="AH32" s="180"/>
+      <c r="AI32" s="180"/>
+      <c r="AJ32" s="180"/>
+      <c r="AK32" s="180"/>
+      <c r="AL32" s="180"/>
+      <c r="AM32" s="180"/>
+      <c r="AN32" s="180"/>
+      <c r="AO32" s="180"/>
+      <c r="AP32" s="180"/>
+      <c r="AQ32" s="180"/>
+      <c r="AR32" s="180"/>
+      <c r="AS32" s="180"/>
+      <c r="AT32" s="180"/>
+      <c r="AU32" s="180"/>
+      <c r="AV32" s="180"/>
+      <c r="AW32" s="180"/>
+      <c r="AX32" s="180"/>
+      <c r="AY32" s="180"/>
+      <c r="AZ32" s="180"/>
+      <c r="BA32" s="180"/>
+      <c r="BB32" s="180"/>
+      <c r="BC32" s="181"/>
     </row>
     <row r="33" spans="1:69" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="54"/>
       <c r="B33" s="55"/>
       <c r="C33" s="55"/>
       <c r="D33" s="55"/>
       <c r="E33" s="55"/>
       <c r="F33" s="56"/>
-      <c r="G33" s="155" t="s">
+      <c r="G33" s="83" t="s">
         <v>123</v>
       </c>
-      <c r="H33" s="155"/>
-      <c r="I33" s="182" t="s">
+      <c r="H33" s="83"/>
+      <c r="I33" s="208" t="s">
         <v>40</v>
       </c>
-      <c r="J33" s="183"/>
-[...44 lines deleted...]
-      <c r="BC33" s="184"/>
+      <c r="J33" s="209"/>
+      <c r="K33" s="209"/>
+      <c r="L33" s="209"/>
+      <c r="M33" s="209"/>
+      <c r="N33" s="209"/>
+      <c r="O33" s="209"/>
+      <c r="P33" s="209"/>
+      <c r="Q33" s="209"/>
+      <c r="R33" s="209"/>
+      <c r="S33" s="209"/>
+      <c r="T33" s="209"/>
+      <c r="U33" s="209"/>
+      <c r="V33" s="209"/>
+      <c r="W33" s="209"/>
+      <c r="X33" s="209"/>
+      <c r="Y33" s="209"/>
+      <c r="Z33" s="209"/>
+      <c r="AA33" s="209"/>
+      <c r="AB33" s="209"/>
+      <c r="AC33" s="209"/>
+      <c r="AD33" s="209"/>
+      <c r="AE33" s="209"/>
+      <c r="AF33" s="209"/>
+      <c r="AG33" s="209"/>
+      <c r="AH33" s="209"/>
+      <c r="AI33" s="209"/>
+      <c r="AJ33" s="209"/>
+      <c r="AK33" s="209"/>
+      <c r="AL33" s="209"/>
+      <c r="AM33" s="209"/>
+      <c r="AN33" s="209"/>
+      <c r="AO33" s="209"/>
+      <c r="AP33" s="209"/>
+      <c r="AQ33" s="209"/>
+      <c r="AR33" s="209"/>
+      <c r="AS33" s="209"/>
+      <c r="AT33" s="209"/>
+      <c r="AU33" s="209"/>
+      <c r="AV33" s="209"/>
+      <c r="AW33" s="209"/>
+      <c r="AX33" s="209"/>
+      <c r="AY33" s="209"/>
+      <c r="AZ33" s="209"/>
+      <c r="BA33" s="209"/>
+      <c r="BB33" s="209"/>
+      <c r="BC33" s="227"/>
     </row>
     <row r="34" spans="1:69" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="50"/>
       <c r="B34" s="51"/>
       <c r="C34" s="51"/>
       <c r="D34" s="51"/>
       <c r="E34" s="51"/>
       <c r="F34" s="53"/>
-      <c r="G34" s="155" t="s">
+      <c r="G34" s="83" t="s">
         <v>123</v>
       </c>
-      <c r="H34" s="155"/>
-      <c r="I34" s="104" t="s">
+      <c r="H34" s="83"/>
+      <c r="I34" s="86" t="s">
         <v>35</v>
       </c>
-      <c r="J34" s="95"/>
-[...44 lines deleted...]
-      <c r="BC34" s="96"/>
+      <c r="J34" s="87"/>
+      <c r="K34" s="87"/>
+      <c r="L34" s="87"/>
+      <c r="M34" s="87"/>
+      <c r="N34" s="87"/>
+      <c r="O34" s="87"/>
+      <c r="P34" s="87"/>
+      <c r="Q34" s="87"/>
+      <c r="R34" s="87"/>
+      <c r="S34" s="87"/>
+      <c r="T34" s="87"/>
+      <c r="U34" s="87"/>
+      <c r="V34" s="87"/>
+      <c r="W34" s="87"/>
+      <c r="X34" s="87"/>
+      <c r="Y34" s="87"/>
+      <c r="Z34" s="87"/>
+      <c r="AA34" s="87"/>
+      <c r="AB34" s="87"/>
+      <c r="AC34" s="87"/>
+      <c r="AD34" s="87"/>
+      <c r="AE34" s="87"/>
+      <c r="AF34" s="87"/>
+      <c r="AG34" s="87"/>
+      <c r="AH34" s="87"/>
+      <c r="AI34" s="87"/>
+      <c r="AJ34" s="87"/>
+      <c r="AK34" s="87"/>
+      <c r="AL34" s="87"/>
+      <c r="AM34" s="87"/>
+      <c r="AN34" s="87"/>
+      <c r="AO34" s="87"/>
+      <c r="AP34" s="87"/>
+      <c r="AQ34" s="87"/>
+      <c r="AR34" s="87"/>
+      <c r="AS34" s="87"/>
+      <c r="AT34" s="87"/>
+      <c r="AU34" s="87"/>
+      <c r="AV34" s="87"/>
+      <c r="AW34" s="87"/>
+      <c r="AX34" s="87"/>
+      <c r="AY34" s="87"/>
+      <c r="AZ34" s="87"/>
+      <c r="BA34" s="87"/>
+      <c r="BB34" s="87"/>
+      <c r="BC34" s="110"/>
     </row>
     <row r="35" spans="1:69" s="20" customFormat="1" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="102" t="s">
+      <c r="A35" s="146" t="s">
         <v>115</v>
       </c>
-      <c r="B35" s="95"/>
-[...52 lines deleted...]
-      <c r="BC35" s="136"/>
+      <c r="B35" s="87"/>
+      <c r="C35" s="87"/>
+      <c r="D35" s="87"/>
+      <c r="E35" s="87"/>
+      <c r="F35" s="88"/>
+      <c r="G35" s="118"/>
+      <c r="H35" s="119"/>
+      <c r="I35" s="119"/>
+      <c r="J35" s="119"/>
+      <c r="K35" s="119"/>
+      <c r="L35" s="119"/>
+      <c r="M35" s="119"/>
+      <c r="N35" s="119"/>
+      <c r="O35" s="119"/>
+      <c r="P35" s="119"/>
+      <c r="Q35" s="119"/>
+      <c r="R35" s="119"/>
+      <c r="S35" s="119"/>
+      <c r="T35" s="119"/>
+      <c r="U35" s="119"/>
+      <c r="V35" s="119"/>
+      <c r="W35" s="119"/>
+      <c r="X35" s="119"/>
+      <c r="Y35" s="119"/>
+      <c r="Z35" s="119"/>
+      <c r="AA35" s="119"/>
+      <c r="AB35" s="119"/>
+      <c r="AC35" s="119"/>
+      <c r="AD35" s="119"/>
+      <c r="AE35" s="119"/>
+      <c r="AF35" s="119"/>
+      <c r="AG35" s="119"/>
+      <c r="AH35" s="119"/>
+      <c r="AI35" s="119"/>
+      <c r="AJ35" s="119"/>
+      <c r="AK35" s="119"/>
+      <c r="AL35" s="119"/>
+      <c r="AM35" s="119"/>
+      <c r="AN35" s="119"/>
+      <c r="AO35" s="119"/>
+      <c r="AP35" s="119"/>
+      <c r="AQ35" s="119"/>
+      <c r="AR35" s="119"/>
+      <c r="AS35" s="119"/>
+      <c r="AT35" s="119"/>
+      <c r="AU35" s="119"/>
+      <c r="AV35" s="119"/>
+      <c r="AW35" s="119"/>
+      <c r="AX35" s="119"/>
+      <c r="AY35" s="119"/>
+      <c r="AZ35" s="119"/>
+      <c r="BA35" s="119"/>
+      <c r="BB35" s="119"/>
+      <c r="BC35" s="120"/>
     </row>
     <row r="36" spans="1:69" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="175" t="s">
+      <c r="A36" s="222" t="s">
         <v>95</v>
       </c>
-      <c r="B36" s="155"/>
-[...2 lines deleted...]
-      <c r="E36" s="155"/>
+      <c r="B36" s="83"/>
+      <c r="C36" s="83"/>
+      <c r="D36" s="83"/>
+      <c r="E36" s="83"/>
       <c r="F36" s="28"/>
-      <c r="G36" s="143"/>
-[...47 lines deleted...]
-      <c r="BC36" s="136"/>
+      <c r="G36" s="118"/>
+      <c r="H36" s="119"/>
+      <c r="I36" s="119"/>
+      <c r="J36" s="119"/>
+      <c r="K36" s="119"/>
+      <c r="L36" s="119"/>
+      <c r="M36" s="119"/>
+      <c r="N36" s="119"/>
+      <c r="O36" s="119"/>
+      <c r="P36" s="119"/>
+      <c r="Q36" s="119"/>
+      <c r="R36" s="119"/>
+      <c r="S36" s="119"/>
+      <c r="T36" s="119"/>
+      <c r="U36" s="119"/>
+      <c r="V36" s="119"/>
+      <c r="W36" s="119"/>
+      <c r="X36" s="119"/>
+      <c r="Y36" s="119"/>
+      <c r="Z36" s="119"/>
+      <c r="AA36" s="119"/>
+      <c r="AB36" s="119"/>
+      <c r="AC36" s="119"/>
+      <c r="AD36" s="119"/>
+      <c r="AE36" s="119"/>
+      <c r="AF36" s="119"/>
+      <c r="AG36" s="119"/>
+      <c r="AH36" s="119"/>
+      <c r="AI36" s="119"/>
+      <c r="AJ36" s="119"/>
+      <c r="AK36" s="119"/>
+      <c r="AL36" s="119"/>
+      <c r="AM36" s="119"/>
+      <c r="AN36" s="119"/>
+      <c r="AO36" s="119"/>
+      <c r="AP36" s="119"/>
+      <c r="AQ36" s="119"/>
+      <c r="AR36" s="119"/>
+      <c r="AS36" s="119"/>
+      <c r="AT36" s="119"/>
+      <c r="AU36" s="119"/>
+      <c r="AV36" s="119"/>
+      <c r="AW36" s="119"/>
+      <c r="AX36" s="119"/>
+      <c r="AY36" s="119"/>
+      <c r="AZ36" s="119"/>
+      <c r="BA36" s="119"/>
+      <c r="BB36" s="119"/>
+      <c r="BC36" s="120"/>
     </row>
     <row r="37" spans="1:69" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="175"/>
-[...3 lines deleted...]
-      <c r="E37" s="155"/>
+      <c r="A37" s="222"/>
+      <c r="B37" s="83"/>
+      <c r="C37" s="83"/>
+      <c r="D37" s="83"/>
+      <c r="E37" s="83"/>
       <c r="F37" s="37"/>
-      <c r="G37" s="143"/>
-[...47 lines deleted...]
-      <c r="BC37" s="136"/>
+      <c r="G37" s="118"/>
+      <c r="H37" s="119"/>
+      <c r="I37" s="119"/>
+      <c r="J37" s="119"/>
+      <c r="K37" s="119"/>
+      <c r="L37" s="119"/>
+      <c r="M37" s="119"/>
+      <c r="N37" s="119"/>
+      <c r="O37" s="119"/>
+      <c r="P37" s="119"/>
+      <c r="Q37" s="119"/>
+      <c r="R37" s="119"/>
+      <c r="S37" s="119"/>
+      <c r="T37" s="119"/>
+      <c r="U37" s="119"/>
+      <c r="V37" s="119"/>
+      <c r="W37" s="119"/>
+      <c r="X37" s="119"/>
+      <c r="Y37" s="119"/>
+      <c r="Z37" s="119"/>
+      <c r="AA37" s="119"/>
+      <c r="AB37" s="119"/>
+      <c r="AC37" s="119"/>
+      <c r="AD37" s="119"/>
+      <c r="AE37" s="119"/>
+      <c r="AF37" s="119"/>
+      <c r="AG37" s="119"/>
+      <c r="AH37" s="119"/>
+      <c r="AI37" s="119"/>
+      <c r="AJ37" s="119"/>
+      <c r="AK37" s="119"/>
+      <c r="AL37" s="119"/>
+      <c r="AM37" s="119"/>
+      <c r="AN37" s="119"/>
+      <c r="AO37" s="119"/>
+      <c r="AP37" s="119"/>
+      <c r="AQ37" s="119"/>
+      <c r="AR37" s="119"/>
+      <c r="AS37" s="119"/>
+      <c r="AT37" s="119"/>
+      <c r="AU37" s="119"/>
+      <c r="AV37" s="119"/>
+      <c r="AW37" s="119"/>
+      <c r="AX37" s="119"/>
+      <c r="AY37" s="119"/>
+      <c r="AZ37" s="119"/>
+      <c r="BA37" s="119"/>
+      <c r="BB37" s="119"/>
+      <c r="BC37" s="120"/>
     </row>
     <row r="38" spans="1:69" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="168" t="s">
+      <c r="A38" s="204" t="s">
         <v>102</v>
       </c>
-      <c r="B38" s="169"/>
-[...52 lines deleted...]
-      <c r="BC38" s="170"/>
+      <c r="B38" s="205"/>
+      <c r="C38" s="205"/>
+      <c r="D38" s="205"/>
+      <c r="E38" s="205"/>
+      <c r="F38" s="205"/>
+      <c r="G38" s="205"/>
+      <c r="H38" s="205"/>
+      <c r="I38" s="205"/>
+      <c r="J38" s="205"/>
+      <c r="K38" s="205"/>
+      <c r="L38" s="205"/>
+      <c r="M38" s="205"/>
+      <c r="N38" s="205"/>
+      <c r="O38" s="205"/>
+      <c r="P38" s="205"/>
+      <c r="Q38" s="205"/>
+      <c r="R38" s="205"/>
+      <c r="S38" s="205"/>
+      <c r="T38" s="205"/>
+      <c r="U38" s="205"/>
+      <c r="V38" s="205"/>
+      <c r="W38" s="205"/>
+      <c r="X38" s="205"/>
+      <c r="Y38" s="205"/>
+      <c r="Z38" s="205"/>
+      <c r="AA38" s="205"/>
+      <c r="AB38" s="205"/>
+      <c r="AC38" s="205"/>
+      <c r="AD38" s="205"/>
+      <c r="AE38" s="205"/>
+      <c r="AF38" s="205"/>
+      <c r="AG38" s="205"/>
+      <c r="AH38" s="205"/>
+      <c r="AI38" s="205"/>
+      <c r="AJ38" s="205"/>
+      <c r="AK38" s="205"/>
+      <c r="AL38" s="205"/>
+      <c r="AM38" s="205"/>
+      <c r="AN38" s="205"/>
+      <c r="AO38" s="205"/>
+      <c r="AP38" s="205"/>
+      <c r="AQ38" s="205"/>
+      <c r="AR38" s="205"/>
+      <c r="AS38" s="205"/>
+      <c r="AT38" s="205"/>
+      <c r="AU38" s="205"/>
+      <c r="AV38" s="205"/>
+      <c r="AW38" s="205"/>
+      <c r="AX38" s="205"/>
+      <c r="AY38" s="205"/>
+      <c r="AZ38" s="205"/>
+      <c r="BA38" s="205"/>
+      <c r="BB38" s="205"/>
+      <c r="BC38" s="206"/>
     </row>
     <row r="39" spans="1:69" ht="36.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="144" t="s">
+      <c r="A39" s="130" t="s">
         <v>100</v>
       </c>
-      <c r="B39" s="145"/>
-[...50 lines deleted...]
-      <c r="BA39" s="146"/>
+      <c r="B39" s="131"/>
+      <c r="C39" s="131"/>
+      <c r="D39" s="131"/>
+      <c r="E39" s="131"/>
+      <c r="F39" s="131"/>
+      <c r="G39" s="131"/>
+      <c r="H39" s="131"/>
+      <c r="I39" s="131"/>
+      <c r="J39" s="131"/>
+      <c r="K39" s="131"/>
+      <c r="L39" s="131"/>
+      <c r="M39" s="131"/>
+      <c r="N39" s="131"/>
+      <c r="O39" s="131"/>
+      <c r="P39" s="131"/>
+      <c r="Q39" s="131"/>
+      <c r="R39" s="131"/>
+      <c r="S39" s="131"/>
+      <c r="T39" s="131"/>
+      <c r="U39" s="131"/>
+      <c r="V39" s="131"/>
+      <c r="W39" s="131"/>
+      <c r="X39" s="131"/>
+      <c r="Y39" s="131"/>
+      <c r="Z39" s="131"/>
+      <c r="AA39" s="131"/>
+      <c r="AB39" s="131"/>
+      <c r="AC39" s="131"/>
+      <c r="AD39" s="131"/>
+      <c r="AE39" s="131"/>
+      <c r="AF39" s="131"/>
+      <c r="AG39" s="131"/>
+      <c r="AH39" s="131"/>
+      <c r="AI39" s="131"/>
+      <c r="AJ39" s="131"/>
+      <c r="AK39" s="131"/>
+      <c r="AL39" s="131"/>
+      <c r="AM39" s="131"/>
+      <c r="AN39" s="131"/>
+      <c r="AO39" s="131"/>
+      <c r="AP39" s="131"/>
+      <c r="AQ39" s="131"/>
+      <c r="AR39" s="131"/>
+      <c r="AS39" s="131"/>
+      <c r="AT39" s="131"/>
+      <c r="AU39" s="131"/>
+      <c r="AV39" s="131"/>
+      <c r="AW39" s="131"/>
+      <c r="AX39" s="131"/>
+      <c r="AY39" s="131"/>
+      <c r="AZ39" s="131"/>
+      <c r="BA39" s="132"/>
       <c r="BB39" s="33"/>
       <c r="BC39" s="34"/>
     </row>
     <row r="40" spans="1:69" ht="36.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="144" t="s">
+      <c r="A40" s="130" t="s">
         <v>96</v>
       </c>
-      <c r="B40" s="145"/>
-[...50 lines deleted...]
-      <c r="BA40" s="146"/>
+      <c r="B40" s="131"/>
+      <c r="C40" s="131"/>
+      <c r="D40" s="131"/>
+      <c r="E40" s="131"/>
+      <c r="F40" s="131"/>
+      <c r="G40" s="131"/>
+      <c r="H40" s="131"/>
+      <c r="I40" s="131"/>
+      <c r="J40" s="131"/>
+      <c r="K40" s="131"/>
+      <c r="L40" s="131"/>
+      <c r="M40" s="131"/>
+      <c r="N40" s="131"/>
+      <c r="O40" s="131"/>
+      <c r="P40" s="131"/>
+      <c r="Q40" s="131"/>
+      <c r="R40" s="131"/>
+      <c r="S40" s="131"/>
+      <c r="T40" s="131"/>
+      <c r="U40" s="131"/>
+      <c r="V40" s="131"/>
+      <c r="W40" s="131"/>
+      <c r="X40" s="131"/>
+      <c r="Y40" s="131"/>
+      <c r="Z40" s="131"/>
+      <c r="AA40" s="131"/>
+      <c r="AB40" s="131"/>
+      <c r="AC40" s="131"/>
+      <c r="AD40" s="131"/>
+      <c r="AE40" s="131"/>
+      <c r="AF40" s="131"/>
+      <c r="AG40" s="131"/>
+      <c r="AH40" s="131"/>
+      <c r="AI40" s="131"/>
+      <c r="AJ40" s="131"/>
+      <c r="AK40" s="131"/>
+      <c r="AL40" s="131"/>
+      <c r="AM40" s="131"/>
+      <c r="AN40" s="131"/>
+      <c r="AO40" s="131"/>
+      <c r="AP40" s="131"/>
+      <c r="AQ40" s="131"/>
+      <c r="AR40" s="131"/>
+      <c r="AS40" s="131"/>
+      <c r="AT40" s="131"/>
+      <c r="AU40" s="131"/>
+      <c r="AV40" s="131"/>
+      <c r="AW40" s="131"/>
+      <c r="AX40" s="131"/>
+      <c r="AY40" s="131"/>
+      <c r="AZ40" s="131"/>
+      <c r="BA40" s="132"/>
       <c r="BB40" s="27"/>
       <c r="BC40" s="35"/>
       <c r="BD40" s="8"/>
       <c r="BE40" s="8"/>
       <c r="BF40" s="8"/>
       <c r="BG40" s="8"/>
       <c r="BH40" s="8"/>
       <c r="BI40" s="8"/>
       <c r="BJ40" s="8"/>
       <c r="BK40" s="8"/>
       <c r="BL40" s="8"/>
       <c r="BM40" s="8"/>
       <c r="BN40" s="8"/>
       <c r="BO40" s="8"/>
       <c r="BP40" s="8"/>
       <c r="BQ40" s="8"/>
     </row>
     <row r="41" spans="1:69" s="20" customFormat="1" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="102" t="s">
+      <c r="A41" s="146" t="s">
         <v>115</v>
       </c>
-      <c r="B41" s="95"/>
-[...52 lines deleted...]
-      <c r="BC41" s="136"/>
+      <c r="B41" s="87"/>
+      <c r="C41" s="87"/>
+      <c r="D41" s="87"/>
+      <c r="E41" s="87"/>
+      <c r="F41" s="88"/>
+      <c r="G41" s="118"/>
+      <c r="H41" s="119"/>
+      <c r="I41" s="119"/>
+      <c r="J41" s="119"/>
+      <c r="K41" s="119"/>
+      <c r="L41" s="119"/>
+      <c r="M41" s="119"/>
+      <c r="N41" s="119"/>
+      <c r="O41" s="119"/>
+      <c r="P41" s="119"/>
+      <c r="Q41" s="119"/>
+      <c r="R41" s="119"/>
+      <c r="S41" s="119"/>
+      <c r="T41" s="119"/>
+      <c r="U41" s="119"/>
+      <c r="V41" s="119"/>
+      <c r="W41" s="119"/>
+      <c r="X41" s="119"/>
+      <c r="Y41" s="119"/>
+      <c r="Z41" s="119"/>
+      <c r="AA41" s="119"/>
+      <c r="AB41" s="119"/>
+      <c r="AC41" s="119"/>
+      <c r="AD41" s="119"/>
+      <c r="AE41" s="119"/>
+      <c r="AF41" s="119"/>
+      <c r="AG41" s="119"/>
+      <c r="AH41" s="119"/>
+      <c r="AI41" s="119"/>
+      <c r="AJ41" s="119"/>
+      <c r="AK41" s="119"/>
+      <c r="AL41" s="119"/>
+      <c r="AM41" s="119"/>
+      <c r="AN41" s="119"/>
+      <c r="AO41" s="119"/>
+      <c r="AP41" s="119"/>
+      <c r="AQ41" s="119"/>
+      <c r="AR41" s="119"/>
+      <c r="AS41" s="119"/>
+      <c r="AT41" s="119"/>
+      <c r="AU41" s="119"/>
+      <c r="AV41" s="119"/>
+      <c r="AW41" s="119"/>
+      <c r="AX41" s="119"/>
+      <c r="AY41" s="119"/>
+      <c r="AZ41" s="119"/>
+      <c r="BA41" s="119"/>
+      <c r="BB41" s="119"/>
+      <c r="BC41" s="120"/>
       <c r="BD41" s="4"/>
       <c r="BE41" s="4"/>
       <c r="BF41" s="4"/>
       <c r="BG41" s="4"/>
       <c r="BH41" s="4"/>
       <c r="BI41" s="4"/>
       <c r="BJ41" s="4"/>
       <c r="BK41" s="4"/>
       <c r="BL41" s="4"/>
       <c r="BM41" s="4"/>
       <c r="BN41" s="4"/>
       <c r="BO41" s="4"/>
       <c r="BP41" s="4"/>
       <c r="BQ41" s="4"/>
     </row>
     <row r="42" spans="1:69" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="141" t="s">
+      <c r="A42" s="126" t="s">
         <v>95</v>
       </c>
-      <c r="B42" s="142"/>
-[...2 lines deleted...]
-      <c r="E42" s="142"/>
+      <c r="B42" s="96"/>
+      <c r="C42" s="96"/>
+      <c r="D42" s="96"/>
+      <c r="E42" s="96"/>
       <c r="F42" s="28"/>
-      <c r="G42" s="143"/>
-[...47 lines deleted...]
-      <c r="BC42" s="136"/>
+      <c r="G42" s="118"/>
+      <c r="H42" s="119"/>
+      <c r="I42" s="119"/>
+      <c r="J42" s="119"/>
+      <c r="K42" s="119"/>
+      <c r="L42" s="119"/>
+      <c r="M42" s="119"/>
+      <c r="N42" s="119"/>
+      <c r="O42" s="119"/>
+      <c r="P42" s="119"/>
+      <c r="Q42" s="119"/>
+      <c r="R42" s="119"/>
+      <c r="S42" s="119"/>
+      <c r="T42" s="119"/>
+      <c r="U42" s="119"/>
+      <c r="V42" s="119"/>
+      <c r="W42" s="119"/>
+      <c r="X42" s="119"/>
+      <c r="Y42" s="119"/>
+      <c r="Z42" s="119"/>
+      <c r="AA42" s="119"/>
+      <c r="AB42" s="119"/>
+      <c r="AC42" s="119"/>
+      <c r="AD42" s="119"/>
+      <c r="AE42" s="119"/>
+      <c r="AF42" s="119"/>
+      <c r="AG42" s="119"/>
+      <c r="AH42" s="119"/>
+      <c r="AI42" s="119"/>
+      <c r="AJ42" s="119"/>
+      <c r="AK42" s="119"/>
+      <c r="AL42" s="119"/>
+      <c r="AM42" s="119"/>
+      <c r="AN42" s="119"/>
+      <c r="AO42" s="119"/>
+      <c r="AP42" s="119"/>
+      <c r="AQ42" s="119"/>
+      <c r="AR42" s="119"/>
+      <c r="AS42" s="119"/>
+      <c r="AT42" s="119"/>
+      <c r="AU42" s="119"/>
+      <c r="AV42" s="119"/>
+      <c r="AW42" s="119"/>
+      <c r="AX42" s="119"/>
+      <c r="AY42" s="119"/>
+      <c r="AZ42" s="119"/>
+      <c r="BA42" s="119"/>
+      <c r="BB42" s="119"/>
+      <c r="BC42" s="120"/>
       <c r="BD42" s="8"/>
       <c r="BE42" s="8"/>
       <c r="BF42" s="8"/>
       <c r="BG42" s="8"/>
       <c r="BH42" s="8"/>
       <c r="BI42" s="8"/>
       <c r="BJ42" s="8"/>
       <c r="BK42" s="8"/>
       <c r="BL42" s="8"/>
       <c r="BM42" s="8"/>
       <c r="BN42" s="8"/>
       <c r="BO42" s="8"/>
       <c r="BP42" s="8"/>
       <c r="BQ42" s="8"/>
     </row>
     <row r="43" spans="1:69" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="141"/>
-[...3 lines deleted...]
-      <c r="E43" s="142"/>
+      <c r="A43" s="126"/>
+      <c r="B43" s="96"/>
+      <c r="C43" s="96"/>
+      <c r="D43" s="96"/>
+      <c r="E43" s="96"/>
       <c r="F43" s="37"/>
-      <c r="G43" s="143"/>
-[...47 lines deleted...]
-      <c r="BC43" s="136"/>
+      <c r="G43" s="118"/>
+      <c r="H43" s="119"/>
+      <c r="I43" s="119"/>
+      <c r="J43" s="119"/>
+      <c r="K43" s="119"/>
+      <c r="L43" s="119"/>
+      <c r="M43" s="119"/>
+      <c r="N43" s="119"/>
+      <c r="O43" s="119"/>
+      <c r="P43" s="119"/>
+      <c r="Q43" s="119"/>
+      <c r="R43" s="119"/>
+      <c r="S43" s="119"/>
+      <c r="T43" s="119"/>
+      <c r="U43" s="119"/>
+      <c r="V43" s="119"/>
+      <c r="W43" s="119"/>
+      <c r="X43" s="119"/>
+      <c r="Y43" s="119"/>
+      <c r="Z43" s="119"/>
+      <c r="AA43" s="119"/>
+      <c r="AB43" s="119"/>
+      <c r="AC43" s="119"/>
+      <c r="AD43" s="119"/>
+      <c r="AE43" s="119"/>
+      <c r="AF43" s="119"/>
+      <c r="AG43" s="119"/>
+      <c r="AH43" s="119"/>
+      <c r="AI43" s="119"/>
+      <c r="AJ43" s="119"/>
+      <c r="AK43" s="119"/>
+      <c r="AL43" s="119"/>
+      <c r="AM43" s="119"/>
+      <c r="AN43" s="119"/>
+      <c r="AO43" s="119"/>
+      <c r="AP43" s="119"/>
+      <c r="AQ43" s="119"/>
+      <c r="AR43" s="119"/>
+      <c r="AS43" s="119"/>
+      <c r="AT43" s="119"/>
+      <c r="AU43" s="119"/>
+      <c r="AV43" s="119"/>
+      <c r="AW43" s="119"/>
+      <c r="AX43" s="119"/>
+      <c r="AY43" s="119"/>
+      <c r="AZ43" s="119"/>
+      <c r="BA43" s="119"/>
+      <c r="BB43" s="119"/>
+      <c r="BC43" s="120"/>
       <c r="BD43" s="8"/>
       <c r="BE43" s="8"/>
       <c r="BF43" s="8"/>
       <c r="BG43" s="8"/>
       <c r="BH43" s="8"/>
       <c r="BI43" s="8"/>
       <c r="BJ43" s="8"/>
       <c r="BK43" s="8"/>
       <c r="BL43" s="8"/>
       <c r="BM43" s="8"/>
       <c r="BN43" s="8"/>
       <c r="BO43" s="8"/>
       <c r="BP43" s="8"/>
       <c r="BQ43" s="8"/>
     </row>
     <row r="44" spans="1:69" s="9" customFormat="1" ht="34.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="92" t="s">
+      <c r="A44" s="104" t="s">
         <v>94</v>
       </c>
-      <c r="B44" s="93"/>
-[...6 lines deleted...]
-      <c r="I44" s="120" t="s">
+      <c r="B44" s="100"/>
+      <c r="C44" s="105"/>
+      <c r="D44" s="101"/>
+      <c r="E44" s="102"/>
+      <c r="F44" s="102"/>
+      <c r="G44" s="102"/>
+      <c r="H44" s="103"/>
+      <c r="I44" s="123" t="s">
         <v>136</v>
       </c>
-      <c r="J44" s="121"/>
-[...24 lines deleted...]
-      <c r="AI44" s="120" t="s">
+      <c r="J44" s="124"/>
+      <c r="K44" s="124"/>
+      <c r="L44" s="124"/>
+      <c r="M44" s="124"/>
+      <c r="N44" s="148"/>
+      <c r="O44" s="149"/>
+      <c r="P44" s="149"/>
+      <c r="Q44" s="149"/>
+      <c r="R44" s="149"/>
+      <c r="S44" s="149"/>
+      <c r="T44" s="149"/>
+      <c r="U44" s="149"/>
+      <c r="V44" s="149"/>
+      <c r="W44" s="149"/>
+      <c r="X44" s="149"/>
+      <c r="Y44" s="149"/>
+      <c r="Z44" s="149"/>
+      <c r="AA44" s="149"/>
+      <c r="AB44" s="149"/>
+      <c r="AC44" s="149"/>
+      <c r="AD44" s="149"/>
+      <c r="AE44" s="149"/>
+      <c r="AF44" s="149"/>
+      <c r="AG44" s="149"/>
+      <c r="AH44" s="150"/>
+      <c r="AI44" s="123" t="s">
         <v>93</v>
       </c>
-      <c r="AJ44" s="121"/>
-[...18 lines deleted...]
-      <c r="BC44" s="140"/>
+      <c r="AJ44" s="124"/>
+      <c r="AK44" s="124"/>
+      <c r="AL44" s="124"/>
+      <c r="AM44" s="124"/>
+      <c r="AN44" s="124"/>
+      <c r="AO44" s="124"/>
+      <c r="AP44" s="124"/>
+      <c r="AQ44" s="124"/>
+      <c r="AR44" s="124"/>
+      <c r="AS44" s="124"/>
+      <c r="AT44" s="124"/>
+      <c r="AU44" s="124"/>
+      <c r="AV44" s="124"/>
+      <c r="AW44" s="124"/>
+      <c r="AX44" s="124"/>
+      <c r="AY44" s="124"/>
+      <c r="AZ44" s="124"/>
+      <c r="BA44" s="124"/>
+      <c r="BB44" s="124"/>
+      <c r="BC44" s="125"/>
     </row>
     <row r="45" spans="1:69" ht="51.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="134" t="s">
+      <c r="A45" s="122" t="s">
         <v>38</v>
       </c>
-      <c r="B45" s="135"/>
-[...52 lines deleted...]
-      <c r="BC45" s="136"/>
+      <c r="B45" s="119"/>
+      <c r="C45" s="119"/>
+      <c r="D45" s="119"/>
+      <c r="E45" s="119"/>
+      <c r="F45" s="119"/>
+      <c r="G45" s="119"/>
+      <c r="H45" s="119"/>
+      <c r="I45" s="119"/>
+      <c r="J45" s="119"/>
+      <c r="K45" s="119"/>
+      <c r="L45" s="119"/>
+      <c r="M45" s="119"/>
+      <c r="N45" s="119"/>
+      <c r="O45" s="119"/>
+      <c r="P45" s="119"/>
+      <c r="Q45" s="119"/>
+      <c r="R45" s="119"/>
+      <c r="S45" s="119"/>
+      <c r="T45" s="119"/>
+      <c r="U45" s="119"/>
+      <c r="V45" s="119"/>
+      <c r="W45" s="119"/>
+      <c r="X45" s="119"/>
+      <c r="Y45" s="119"/>
+      <c r="Z45" s="119"/>
+      <c r="AA45" s="119"/>
+      <c r="AB45" s="119"/>
+      <c r="AC45" s="119"/>
+      <c r="AD45" s="119"/>
+      <c r="AE45" s="119"/>
+      <c r="AF45" s="119"/>
+      <c r="AG45" s="119"/>
+      <c r="AH45" s="119"/>
+      <c r="AI45" s="119"/>
+      <c r="AJ45" s="119"/>
+      <c r="AK45" s="119"/>
+      <c r="AL45" s="119"/>
+      <c r="AM45" s="119"/>
+      <c r="AN45" s="119"/>
+      <c r="AO45" s="119"/>
+      <c r="AP45" s="119"/>
+      <c r="AQ45" s="119"/>
+      <c r="AR45" s="119"/>
+      <c r="AS45" s="119"/>
+      <c r="AT45" s="119"/>
+      <c r="AU45" s="119"/>
+      <c r="AV45" s="119"/>
+      <c r="AW45" s="119"/>
+      <c r="AX45" s="119"/>
+      <c r="AY45" s="119"/>
+      <c r="AZ45" s="119"/>
+      <c r="BA45" s="119"/>
+      <c r="BB45" s="119"/>
+      <c r="BC45" s="120"/>
     </row>
     <row r="46" spans="1:69" s="9" customFormat="1" ht="34.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="92" t="s">
+      <c r="A46" s="104" t="s">
         <v>137</v>
       </c>
-      <c r="B46" s="93"/>
-[...6 lines deleted...]
-      <c r="I46" s="120" t="s">
+      <c r="B46" s="100"/>
+      <c r="C46" s="105"/>
+      <c r="D46" s="101"/>
+      <c r="E46" s="102"/>
+      <c r="F46" s="102"/>
+      <c r="G46" s="102"/>
+      <c r="H46" s="103"/>
+      <c r="I46" s="123" t="s">
         <v>138</v>
       </c>
-      <c r="J46" s="121"/>
-[...24 lines deleted...]
-      <c r="AI46" s="120" t="s">
+      <c r="J46" s="124"/>
+      <c r="K46" s="124"/>
+      <c r="L46" s="124"/>
+      <c r="M46" s="124"/>
+      <c r="N46" s="148"/>
+      <c r="O46" s="149"/>
+      <c r="P46" s="149"/>
+      <c r="Q46" s="149"/>
+      <c r="R46" s="149"/>
+      <c r="S46" s="149"/>
+      <c r="T46" s="149"/>
+      <c r="U46" s="149"/>
+      <c r="V46" s="149"/>
+      <c r="W46" s="149"/>
+      <c r="X46" s="149"/>
+      <c r="Y46" s="149"/>
+      <c r="Z46" s="149"/>
+      <c r="AA46" s="149"/>
+      <c r="AB46" s="149"/>
+      <c r="AC46" s="149"/>
+      <c r="AD46" s="149"/>
+      <c r="AE46" s="149"/>
+      <c r="AF46" s="149"/>
+      <c r="AG46" s="149"/>
+      <c r="AH46" s="150"/>
+      <c r="AI46" s="123" t="s">
         <v>93</v>
       </c>
-      <c r="AJ46" s="121"/>
-[...18 lines deleted...]
-      <c r="BC46" s="140"/>
+      <c r="AJ46" s="124"/>
+      <c r="AK46" s="124"/>
+      <c r="AL46" s="124"/>
+      <c r="AM46" s="124"/>
+      <c r="AN46" s="124"/>
+      <c r="AO46" s="124"/>
+      <c r="AP46" s="124"/>
+      <c r="AQ46" s="124"/>
+      <c r="AR46" s="124"/>
+      <c r="AS46" s="124"/>
+      <c r="AT46" s="124"/>
+      <c r="AU46" s="124"/>
+      <c r="AV46" s="124"/>
+      <c r="AW46" s="124"/>
+      <c r="AX46" s="124"/>
+      <c r="AY46" s="124"/>
+      <c r="AZ46" s="124"/>
+      <c r="BA46" s="124"/>
+      <c r="BB46" s="124"/>
+      <c r="BC46" s="125"/>
     </row>
   </sheetData>
   <mergeCells count="112">
+    <mergeCell ref="AP13:BA13"/>
+    <mergeCell ref="Y13:AN13"/>
+    <mergeCell ref="AI46:BC46"/>
+    <mergeCell ref="A45:BC45"/>
+    <mergeCell ref="AI44:BC44"/>
+    <mergeCell ref="A38:BC38"/>
+    <mergeCell ref="A46:C46"/>
+    <mergeCell ref="D46:H46"/>
+    <mergeCell ref="A44:C44"/>
+    <mergeCell ref="D44:H44"/>
+    <mergeCell ref="A39:BA39"/>
+    <mergeCell ref="A40:BA40"/>
+    <mergeCell ref="A41:F41"/>
+    <mergeCell ref="G41:BC41"/>
+    <mergeCell ref="A42:E43"/>
+    <mergeCell ref="G42:BC42"/>
+    <mergeCell ref="G43:BC43"/>
+    <mergeCell ref="G18:BC18"/>
+    <mergeCell ref="G37:BC37"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="G36:BC36"/>
+    <mergeCell ref="G35:BC35"/>
+    <mergeCell ref="A36:E37"/>
+    <mergeCell ref="A35:F35"/>
+    <mergeCell ref="G32:BC32"/>
+    <mergeCell ref="G29:BC29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="I33:BC33"/>
+    <mergeCell ref="I34:BC34"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="A5:BC5"/>
+    <mergeCell ref="A6:BC6"/>
+    <mergeCell ref="A7:P7"/>
+    <mergeCell ref="Q7:AB7"/>
+    <mergeCell ref="AC7:AL7"/>
+    <mergeCell ref="AM7:AU7"/>
+    <mergeCell ref="AV7:BC7"/>
+    <mergeCell ref="A10:L10"/>
+    <mergeCell ref="M10:BC10"/>
+    <mergeCell ref="V11:AK11"/>
+    <mergeCell ref="AN11:BA11"/>
+    <mergeCell ref="H11:L11"/>
+    <mergeCell ref="A14:G14"/>
+    <mergeCell ref="BB13:BC13"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="A8:P8"/>
+    <mergeCell ref="Q8:AB8"/>
+    <mergeCell ref="AC8:AL8"/>
+    <mergeCell ref="AM8:AU8"/>
+    <mergeCell ref="AW8:BC8"/>
+    <mergeCell ref="A9:BC9"/>
+    <mergeCell ref="H14:M14"/>
+    <mergeCell ref="M11:U11"/>
+    <mergeCell ref="A13:F13"/>
+    <mergeCell ref="G13:W13"/>
+    <mergeCell ref="A17:BC17"/>
+    <mergeCell ref="A15:M15"/>
+    <mergeCell ref="N15:Z15"/>
+    <mergeCell ref="AA15:AQ15"/>
+    <mergeCell ref="AR15:BC15"/>
+    <mergeCell ref="A16:M16"/>
+    <mergeCell ref="N16:Z16"/>
+    <mergeCell ref="AA16:AQ16"/>
+    <mergeCell ref="AN14:BC14"/>
+    <mergeCell ref="N14:T14"/>
+    <mergeCell ref="U14:AA14"/>
+    <mergeCell ref="AB14:AM14"/>
+    <mergeCell ref="AR16:BC16"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G19:BC19"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="E26:F26"/>
+    <mergeCell ref="G25:BC25"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="E25:F25"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="C19:D19"/>
     <mergeCell ref="I44:N44"/>
     <mergeCell ref="O44:AH44"/>
     <mergeCell ref="I46:N46"/>
     <mergeCell ref="O46:AH46"/>
     <mergeCell ref="A11:G12"/>
     <mergeCell ref="H12:U12"/>
     <mergeCell ref="W12:AM12"/>
     <mergeCell ref="AO12:BC12"/>
     <mergeCell ref="G34:H34"/>
     <mergeCell ref="G20:H20"/>
     <mergeCell ref="I20:BC20"/>
     <mergeCell ref="G21:H21"/>
     <mergeCell ref="I21:BC21"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="I23:BC23"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="I24:BC24"/>
     <mergeCell ref="G22:BC22"/>
     <mergeCell ref="G26:BC26"/>
     <mergeCell ref="I27:BC27"/>
     <mergeCell ref="I28:BC28"/>
     <mergeCell ref="I30:BC30"/>
     <mergeCell ref="I31:BC31"/>
     <mergeCell ref="G33:H33"/>
-    <mergeCell ref="AN14:BC14"/>
-[...86 lines deleted...]
-    <mergeCell ref="G35:BC35"/>
   </mergeCells>
   <pageMargins left="0.14000000000000001" right="0.05" top="0.1" bottom="0" header="0.22" footer="7.0000000000000007E-2"/>
   <pageSetup scale="58" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="9221" r:id="rId4" name="Check Box 5">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>53</xdr:col>
                     <xdr:colOff>85725</xdr:colOff>
                     <xdr:row>39</xdr:row>
                     <xdr:rowOff>142875</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>54</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>39</xdr:row>
                     <xdr:rowOff>323850</xdr:rowOff>
                   </to>
@@ -29418,51 +29432,51 @@
       <c r="C67" s="75"/>
     </row>
     <row r="68" spans="1:3" s="76" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="C68" s="75"/>
     </row>
     <row r="69" spans="1:3" s="76" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="C69" s="75"/>
     </row>
     <row r="70" spans="1:3" s="76" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="C70" s="75"/>
     </row>
     <row r="71" spans="1:3" s="76" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="C71" s="75"/>
     </row>
     <row r="72" spans="1:3" s="76" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="C72" s="75"/>
     </row>
     <row r="88" ht="11.1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="89" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="90" ht="14.1" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A5:BC5"/>
   </mergeCells>
   <pageMargins left="0.18" right="0.18" top="0.27" bottom="0.51" header="0.25" footer="0.25"/>
-  <pageSetup scale="53" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="52" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="53" max="54" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE8D6704-761D-4739-8318-67792D74311E}">
   <dimension ref="A1:BQ51"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="90" zoomScaleNormal="120" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <selection activeCell="AA16" sqref="AA16:AQ16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="46" width="3.28515625" style="4" customWidth="1"/>
     <col min="47" max="50" width="3.28515625" style="6" customWidth="1"/>
     <col min="51" max="53" width="2.85546875" style="4"/>
     <col min="54" max="54" width="2.85546875" style="4" customWidth="1"/>
     <col min="55" max="55" width="6.7109375" style="4" customWidth="1"/>
     <col min="56" max="16384" width="2.85546875" style="4"/>
   </cols>
   <sheetData>
@@ -29472,2665 +29486,2665 @@
       <c r="BC1" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:55" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AT2" s="5"/>
       <c r="AU2" s="4"/>
       <c r="BC2" s="5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:55" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AT3" s="5"/>
       <c r="AU3" s="4"/>
       <c r="BC3" s="77">
         <v>45069</v>
       </c>
     </row>
     <row r="4" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="AA4" s="7"/>
       <c r="AB4" s="21" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:55" ht="35.450000000000003" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="189" t="s">
+      <c r="A5" s="219" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="190"/>
-[...52 lines deleted...]
-      <c r="BC5" s="191"/>
+      <c r="B5" s="220"/>
+      <c r="C5" s="220"/>
+      <c r="D5" s="220"/>
+      <c r="E5" s="220"/>
+      <c r="F5" s="220"/>
+      <c r="G5" s="220"/>
+      <c r="H5" s="220"/>
+      <c r="I5" s="220"/>
+      <c r="J5" s="220"/>
+      <c r="K5" s="220"/>
+      <c r="L5" s="220"/>
+      <c r="M5" s="220"/>
+      <c r="N5" s="220"/>
+      <c r="O5" s="220"/>
+      <c r="P5" s="220"/>
+      <c r="Q5" s="220"/>
+      <c r="R5" s="220"/>
+      <c r="S5" s="220"/>
+      <c r="T5" s="220"/>
+      <c r="U5" s="220"/>
+      <c r="V5" s="220"/>
+      <c r="W5" s="220"/>
+      <c r="X5" s="220"/>
+      <c r="Y5" s="220"/>
+      <c r="Z5" s="220"/>
+      <c r="AA5" s="220"/>
+      <c r="AB5" s="220"/>
+      <c r="AC5" s="220"/>
+      <c r="AD5" s="220"/>
+      <c r="AE5" s="220"/>
+      <c r="AF5" s="220"/>
+      <c r="AG5" s="220"/>
+      <c r="AH5" s="220"/>
+      <c r="AI5" s="220"/>
+      <c r="AJ5" s="220"/>
+      <c r="AK5" s="220"/>
+      <c r="AL5" s="220"/>
+      <c r="AM5" s="220"/>
+      <c r="AN5" s="220"/>
+      <c r="AO5" s="220"/>
+      <c r="AP5" s="220"/>
+      <c r="AQ5" s="220"/>
+      <c r="AR5" s="220"/>
+      <c r="AS5" s="220"/>
+      <c r="AT5" s="220"/>
+      <c r="AU5" s="220"/>
+      <c r="AV5" s="220"/>
+      <c r="AW5" s="220"/>
+      <c r="AX5" s="220"/>
+      <c r="AY5" s="220"/>
+      <c r="AZ5" s="220"/>
+      <c r="BA5" s="220"/>
+      <c r="BB5" s="220"/>
+      <c r="BC5" s="221"/>
     </row>
     <row r="6" spans="1:55" s="20" customFormat="1" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="168" t="s">
+      <c r="A6" s="204" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="169"/>
-[...52 lines deleted...]
-      <c r="BC6" s="170"/>
+      <c r="B6" s="205"/>
+      <c r="C6" s="205"/>
+      <c r="D6" s="205"/>
+      <c r="E6" s="205"/>
+      <c r="F6" s="205"/>
+      <c r="G6" s="205"/>
+      <c r="H6" s="205"/>
+      <c r="I6" s="205"/>
+      <c r="J6" s="205"/>
+      <c r="K6" s="205"/>
+      <c r="L6" s="205"/>
+      <c r="M6" s="205"/>
+      <c r="N6" s="205"/>
+      <c r="O6" s="205"/>
+      <c r="P6" s="205"/>
+      <c r="Q6" s="205"/>
+      <c r="R6" s="205"/>
+      <c r="S6" s="205"/>
+      <c r="T6" s="205"/>
+      <c r="U6" s="205"/>
+      <c r="V6" s="205"/>
+      <c r="W6" s="205"/>
+      <c r="X6" s="205"/>
+      <c r="Y6" s="205"/>
+      <c r="Z6" s="205"/>
+      <c r="AA6" s="205"/>
+      <c r="AB6" s="205"/>
+      <c r="AC6" s="205"/>
+      <c r="AD6" s="205"/>
+      <c r="AE6" s="205"/>
+      <c r="AF6" s="205"/>
+      <c r="AG6" s="205"/>
+      <c r="AH6" s="205"/>
+      <c r="AI6" s="205"/>
+      <c r="AJ6" s="205"/>
+      <c r="AK6" s="205"/>
+      <c r="AL6" s="205"/>
+      <c r="AM6" s="205"/>
+      <c r="AN6" s="205"/>
+      <c r="AO6" s="205"/>
+      <c r="AP6" s="205"/>
+      <c r="AQ6" s="205"/>
+      <c r="AR6" s="205"/>
+      <c r="AS6" s="205"/>
+      <c r="AT6" s="205"/>
+      <c r="AU6" s="205"/>
+      <c r="AV6" s="205"/>
+      <c r="AW6" s="205"/>
+      <c r="AX6" s="205"/>
+      <c r="AY6" s="205"/>
+      <c r="AZ6" s="205"/>
+      <c r="BA6" s="205"/>
+      <c r="BB6" s="205"/>
+      <c r="BC6" s="206"/>
     </row>
     <row r="7" spans="1:55" s="22" customFormat="1" ht="23.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="101" t="s">
+      <c r="A7" s="159" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="98"/>
-[...14 lines deleted...]
-      <c r="Q7" s="97" t="s">
+      <c r="B7" s="156"/>
+      <c r="C7" s="156"/>
+      <c r="D7" s="156"/>
+      <c r="E7" s="156"/>
+      <c r="F7" s="156"/>
+      <c r="G7" s="156"/>
+      <c r="H7" s="156"/>
+      <c r="I7" s="156"/>
+      <c r="J7" s="156"/>
+      <c r="K7" s="156"/>
+      <c r="L7" s="156"/>
+      <c r="M7" s="156"/>
+      <c r="N7" s="156"/>
+      <c r="O7" s="156"/>
+      <c r="P7" s="158"/>
+      <c r="Q7" s="155" t="s">
         <v>116</v>
       </c>
-      <c r="R7" s="98"/>
-[...10 lines deleted...]
-      <c r="AC7" s="97" t="s">
+      <c r="R7" s="156"/>
+      <c r="S7" s="156"/>
+      <c r="T7" s="156"/>
+      <c r="U7" s="156"/>
+      <c r="V7" s="156"/>
+      <c r="W7" s="156"/>
+      <c r="X7" s="156"/>
+      <c r="Y7" s="156"/>
+      <c r="Z7" s="156"/>
+      <c r="AA7" s="156"/>
+      <c r="AB7" s="158"/>
+      <c r="AC7" s="155" t="s">
         <v>8</v>
       </c>
-      <c r="AD7" s="98"/>
-[...8 lines deleted...]
-      <c r="AM7" s="97" t="s">
+      <c r="AD7" s="156"/>
+      <c r="AE7" s="156"/>
+      <c r="AF7" s="156"/>
+      <c r="AG7" s="156"/>
+      <c r="AH7" s="156"/>
+      <c r="AI7" s="156"/>
+      <c r="AJ7" s="156"/>
+      <c r="AK7" s="156"/>
+      <c r="AL7" s="158"/>
+      <c r="AM7" s="155" t="s">
         <v>9</v>
       </c>
-      <c r="AN7" s="98"/>
-[...7 lines deleted...]
-      <c r="AV7" s="97" t="s">
+      <c r="AN7" s="156"/>
+      <c r="AO7" s="156"/>
+      <c r="AP7" s="156"/>
+      <c r="AQ7" s="156"/>
+      <c r="AR7" s="156"/>
+      <c r="AS7" s="156"/>
+      <c r="AT7" s="156"/>
+      <c r="AU7" s="158"/>
+      <c r="AV7" s="155" t="s">
         <v>10</v>
       </c>
-      <c r="AW7" s="98"/>
-[...5 lines deleted...]
-      <c r="BC7" s="99"/>
+      <c r="AW7" s="156"/>
+      <c r="AX7" s="156"/>
+      <c r="AY7" s="156"/>
+      <c r="AZ7" s="156"/>
+      <c r="BA7" s="156"/>
+      <c r="BB7" s="156"/>
+      <c r="BC7" s="157"/>
     </row>
     <row r="8" spans="1:55" s="9" customFormat="1" ht="24.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="102" t="s">
+      <c r="A8" s="146" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="95"/>
-[...14 lines deleted...]
-      <c r="Q8" s="104" t="s">
+      <c r="B8" s="87"/>
+      <c r="C8" s="87"/>
+      <c r="D8" s="87"/>
+      <c r="E8" s="87"/>
+      <c r="F8" s="87"/>
+      <c r="G8" s="87"/>
+      <c r="H8" s="87"/>
+      <c r="I8" s="87"/>
+      <c r="J8" s="87"/>
+      <c r="K8" s="87"/>
+      <c r="L8" s="87"/>
+      <c r="M8" s="87"/>
+      <c r="N8" s="87"/>
+      <c r="O8" s="87"/>
+      <c r="P8" s="88"/>
+      <c r="Q8" s="86" t="s">
         <v>11</v>
       </c>
-      <c r="R8" s="95"/>
-[...28 lines deleted...]
-      <c r="AU8" s="103"/>
+      <c r="R8" s="87"/>
+      <c r="S8" s="87"/>
+      <c r="T8" s="87"/>
+      <c r="U8" s="87"/>
+      <c r="V8" s="87"/>
+      <c r="W8" s="87"/>
+      <c r="X8" s="87"/>
+      <c r="Y8" s="87"/>
+      <c r="Z8" s="87"/>
+      <c r="AA8" s="87"/>
+      <c r="AB8" s="88"/>
+      <c r="AC8" s="86"/>
+      <c r="AD8" s="87"/>
+      <c r="AE8" s="87"/>
+      <c r="AF8" s="87"/>
+      <c r="AG8" s="87"/>
+      <c r="AH8" s="87"/>
+      <c r="AI8" s="87"/>
+      <c r="AJ8" s="87"/>
+      <c r="AK8" s="87"/>
+      <c r="AL8" s="88"/>
+      <c r="AM8" s="86"/>
+      <c r="AN8" s="87"/>
+      <c r="AO8" s="87"/>
+      <c r="AP8" s="87"/>
+      <c r="AQ8" s="87"/>
+      <c r="AR8" s="87"/>
+      <c r="AS8" s="87"/>
+      <c r="AT8" s="87"/>
+      <c r="AU8" s="88"/>
       <c r="AV8" s="24"/>
-      <c r="AW8" s="95"/>
-[...5 lines deleted...]
-      <c r="BC8" s="96"/>
+      <c r="AW8" s="87"/>
+      <c r="AX8" s="87"/>
+      <c r="AY8" s="87"/>
+      <c r="AZ8" s="87"/>
+      <c r="BA8" s="87"/>
+      <c r="BB8" s="87"/>
+      <c r="BC8" s="110"/>
     </row>
     <row r="9" spans="1:55" s="20" customFormat="1" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="168" t="s">
+      <c r="A9" s="204" t="s">
         <v>12</v>
       </c>
-      <c r="B9" s="169"/>
-[...52 lines deleted...]
-      <c r="BC9" s="170"/>
+      <c r="B9" s="205"/>
+      <c r="C9" s="205"/>
+      <c r="D9" s="205"/>
+      <c r="E9" s="205"/>
+      <c r="F9" s="205"/>
+      <c r="G9" s="205"/>
+      <c r="H9" s="205"/>
+      <c r="I9" s="205"/>
+      <c r="J9" s="205"/>
+      <c r="K9" s="205"/>
+      <c r="L9" s="205"/>
+      <c r="M9" s="205"/>
+      <c r="N9" s="205"/>
+      <c r="O9" s="205"/>
+      <c r="P9" s="205"/>
+      <c r="Q9" s="205"/>
+      <c r="R9" s="205"/>
+      <c r="S9" s="205"/>
+      <c r="T9" s="205"/>
+      <c r="U9" s="205"/>
+      <c r="V9" s="205"/>
+      <c r="W9" s="205"/>
+      <c r="X9" s="205"/>
+      <c r="Y9" s="205"/>
+      <c r="Z9" s="205"/>
+      <c r="AA9" s="205"/>
+      <c r="AB9" s="205"/>
+      <c r="AC9" s="205"/>
+      <c r="AD9" s="205"/>
+      <c r="AE9" s="205"/>
+      <c r="AF9" s="205"/>
+      <c r="AG9" s="205"/>
+      <c r="AH9" s="205"/>
+      <c r="AI9" s="205"/>
+      <c r="AJ9" s="205"/>
+      <c r="AK9" s="205"/>
+      <c r="AL9" s="205"/>
+      <c r="AM9" s="205"/>
+      <c r="AN9" s="205"/>
+      <c r="AO9" s="205"/>
+      <c r="AP9" s="205"/>
+      <c r="AQ9" s="205"/>
+      <c r="AR9" s="205"/>
+      <c r="AS9" s="205"/>
+      <c r="AT9" s="205"/>
+      <c r="AU9" s="205"/>
+      <c r="AV9" s="205"/>
+      <c r="AW9" s="205"/>
+      <c r="AX9" s="205"/>
+      <c r="AY9" s="205"/>
+      <c r="AZ9" s="205"/>
+      <c r="BA9" s="205"/>
+      <c r="BB9" s="205"/>
+      <c r="BC9" s="206"/>
     </row>
     <row r="10" spans="1:55" s="9" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="192" t="s">
+      <c r="A10" s="211" t="s">
         <v>61</v>
       </c>
-      <c r="B10" s="193"/>
-[...52 lines deleted...]
-      <c r="BC10" s="126"/>
+      <c r="B10" s="212"/>
+      <c r="C10" s="212"/>
+      <c r="D10" s="212"/>
+      <c r="E10" s="212"/>
+      <c r="F10" s="212"/>
+      <c r="G10" s="212"/>
+      <c r="H10" s="212"/>
+      <c r="I10" s="212"/>
+      <c r="J10" s="212"/>
+      <c r="K10" s="212"/>
+      <c r="L10" s="212"/>
+      <c r="M10" s="116"/>
+      <c r="N10" s="116"/>
+      <c r="O10" s="116"/>
+      <c r="P10" s="116"/>
+      <c r="Q10" s="116"/>
+      <c r="R10" s="116"/>
+      <c r="S10" s="116"/>
+      <c r="T10" s="116"/>
+      <c r="U10" s="116"/>
+      <c r="V10" s="116"/>
+      <c r="W10" s="116"/>
+      <c r="X10" s="116"/>
+      <c r="Y10" s="116"/>
+      <c r="Z10" s="116"/>
+      <c r="AA10" s="116"/>
+      <c r="AB10" s="116"/>
+      <c r="AC10" s="116"/>
+      <c r="AD10" s="116"/>
+      <c r="AE10" s="116"/>
+      <c r="AF10" s="116"/>
+      <c r="AG10" s="116"/>
+      <c r="AH10" s="116"/>
+      <c r="AI10" s="116"/>
+      <c r="AJ10" s="116"/>
+      <c r="AK10" s="116"/>
+      <c r="AL10" s="116"/>
+      <c r="AM10" s="116"/>
+      <c r="AN10" s="116"/>
+      <c r="AO10" s="116"/>
+      <c r="AP10" s="116"/>
+      <c r="AQ10" s="116"/>
+      <c r="AR10" s="116"/>
+      <c r="AS10" s="116"/>
+      <c r="AT10" s="116"/>
+      <c r="AU10" s="116"/>
+      <c r="AV10" s="116"/>
+      <c r="AW10" s="116"/>
+      <c r="AX10" s="116"/>
+      <c r="AY10" s="116"/>
+      <c r="AZ10" s="116"/>
+      <c r="BA10" s="116"/>
+      <c r="BB10" s="116"/>
+      <c r="BC10" s="117"/>
     </row>
     <row r="11" spans="1:55" s="8" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="221" t="s">
+      <c r="A11" s="168" t="s">
         <v>131</v>
       </c>
-      <c r="B11" s="222"/>
-[...5 lines deleted...]
-      <c r="H11" s="194" t="s">
+      <c r="B11" s="169"/>
+      <c r="C11" s="169"/>
+      <c r="D11" s="169"/>
+      <c r="E11" s="169"/>
+      <c r="F11" s="169"/>
+      <c r="G11" s="170"/>
+      <c r="H11" s="199" t="s">
         <v>98</v>
       </c>
-      <c r="I11" s="195"/>
-[...12 lines deleted...]
-      <c r="V11" s="194" t="s">
+      <c r="I11" s="200"/>
+      <c r="J11" s="200"/>
+      <c r="K11" s="200"/>
+      <c r="L11" s="201"/>
+      <c r="M11" s="82"/>
+      <c r="N11" s="83"/>
+      <c r="O11" s="83"/>
+      <c r="P11" s="83"/>
+      <c r="Q11" s="83"/>
+      <c r="R11" s="83"/>
+      <c r="S11" s="83"/>
+      <c r="T11" s="83"/>
+      <c r="U11" s="98"/>
+      <c r="V11" s="199" t="s">
         <v>99</v>
       </c>
-      <c r="W11" s="195"/>
-[...31 lines deleted...]
-      <c r="BC11" s="96"/>
+      <c r="W11" s="200"/>
+      <c r="X11" s="200"/>
+      <c r="Y11" s="200"/>
+      <c r="Z11" s="200"/>
+      <c r="AA11" s="201"/>
+      <c r="AB11" s="86"/>
+      <c r="AC11" s="87"/>
+      <c r="AD11" s="87"/>
+      <c r="AE11" s="87"/>
+      <c r="AF11" s="87"/>
+      <c r="AG11" s="87"/>
+      <c r="AH11" s="87"/>
+      <c r="AI11" s="87"/>
+      <c r="AJ11" s="87"/>
+      <c r="AK11" s="87"/>
+      <c r="AL11" s="87"/>
+      <c r="AM11" s="87"/>
+      <c r="AN11" s="87"/>
+      <c r="AO11" s="87"/>
+      <c r="AP11" s="87"/>
+      <c r="AQ11" s="87"/>
+      <c r="AR11" s="87"/>
+      <c r="AS11" s="87"/>
+      <c r="AT11" s="87"/>
+      <c r="AU11" s="87"/>
+      <c r="AV11" s="87"/>
+      <c r="AW11" s="87"/>
+      <c r="AX11" s="87"/>
+      <c r="AY11" s="87"/>
+      <c r="AZ11" s="87"/>
+      <c r="BA11" s="87"/>
+      <c r="BB11" s="87"/>
+      <c r="BC11" s="110"/>
     </row>
     <row r="12" spans="1:55" s="8" customFormat="1" ht="35.450000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="224"/>
-[...6 lines deleted...]
-      <c r="H12" s="104" t="s">
+      <c r="A12" s="171"/>
+      <c r="B12" s="172"/>
+      <c r="C12" s="172"/>
+      <c r="D12" s="172"/>
+      <c r="E12" s="172"/>
+      <c r="F12" s="172"/>
+      <c r="G12" s="173"/>
+      <c r="H12" s="86" t="s">
         <v>129</v>
       </c>
-      <c r="I12" s="95"/>
-[...12 lines deleted...]
-      <c r="W12" s="104" t="s">
+      <c r="I12" s="87"/>
+      <c r="J12" s="87"/>
+      <c r="K12" s="87"/>
+      <c r="L12" s="87"/>
+      <c r="M12" s="87"/>
+      <c r="N12" s="87"/>
+      <c r="O12" s="87"/>
+      <c r="P12" s="87"/>
+      <c r="Q12" s="87"/>
+      <c r="R12" s="87"/>
+      <c r="S12" s="87"/>
+      <c r="T12" s="87"/>
+      <c r="U12" s="88"/>
+      <c r="W12" s="86" t="s">
         <v>130</v>
       </c>
-      <c r="X12" s="95"/>
-[...15 lines deleted...]
-      <c r="AO12" s="249" t="s">
+      <c r="X12" s="87"/>
+      <c r="Y12" s="87"/>
+      <c r="Z12" s="87"/>
+      <c r="AA12" s="87"/>
+      <c r="AB12" s="87"/>
+      <c r="AC12" s="87"/>
+      <c r="AD12" s="87"/>
+      <c r="AE12" s="87"/>
+      <c r="AF12" s="87"/>
+      <c r="AG12" s="87"/>
+      <c r="AH12" s="87"/>
+      <c r="AI12" s="87"/>
+      <c r="AJ12" s="87"/>
+      <c r="AK12" s="87"/>
+      <c r="AL12" s="87"/>
+      <c r="AM12" s="88"/>
+      <c r="AO12" s="233" t="s">
         <v>91</v>
       </c>
-      <c r="AP12" s="250"/>
-[...12 lines deleted...]
-      <c r="BC12" s="251"/>
+      <c r="AP12" s="234"/>
+      <c r="AQ12" s="234"/>
+      <c r="AR12" s="234"/>
+      <c r="AS12" s="234"/>
+      <c r="AT12" s="234"/>
+      <c r="AU12" s="234"/>
+      <c r="AV12" s="234"/>
+      <c r="AW12" s="234"/>
+      <c r="AX12" s="234"/>
+      <c r="AY12" s="234"/>
+      <c r="AZ12" s="234"/>
+      <c r="BA12" s="234"/>
+      <c r="BB12" s="234"/>
+      <c r="BC12" s="235"/>
     </row>
     <row r="13" spans="1:55" s="8" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="105" t="s">
+      <c r="A13" s="160" t="s">
         <v>132</v>
       </c>
-      <c r="B13" s="106"/>
-[...5 lines deleted...]
-      <c r="H13" s="104" t="s">
+      <c r="B13" s="85"/>
+      <c r="C13" s="85"/>
+      <c r="D13" s="85"/>
+      <c r="E13" s="85"/>
+      <c r="F13" s="85"/>
+      <c r="G13" s="85"/>
+      <c r="H13" s="86" t="s">
         <v>60</v>
       </c>
-      <c r="I13" s="95"/>
-[...11 lines deleted...]
-      <c r="U13" s="103"/>
+      <c r="I13" s="87"/>
+      <c r="J13" s="87"/>
+      <c r="K13" s="87"/>
+      <c r="L13" s="87"/>
+      <c r="M13" s="87"/>
+      <c r="N13" s="87"/>
+      <c r="O13" s="87"/>
+      <c r="P13" s="87"/>
+      <c r="Q13" s="87"/>
+      <c r="R13" s="87"/>
+      <c r="S13" s="87"/>
+      <c r="T13" s="87"/>
+      <c r="U13" s="88"/>
       <c r="V13" s="41"/>
-      <c r="W13" s="104" t="s">
+      <c r="W13" s="86" t="s">
         <v>18</v>
       </c>
-      <c r="X13" s="95"/>
-[...14 lines deleted...]
-      <c r="AM13" s="103"/>
+      <c r="X13" s="87"/>
+      <c r="Y13" s="87"/>
+      <c r="Z13" s="87"/>
+      <c r="AA13" s="87"/>
+      <c r="AB13" s="87"/>
+      <c r="AC13" s="87"/>
+      <c r="AD13" s="87"/>
+      <c r="AE13" s="87"/>
+      <c r="AF13" s="87"/>
+      <c r="AG13" s="87"/>
+      <c r="AH13" s="87"/>
+      <c r="AI13" s="87"/>
+      <c r="AJ13" s="87"/>
+      <c r="AK13" s="87"/>
+      <c r="AL13" s="87"/>
+      <c r="AM13" s="88"/>
       <c r="AN13" s="41"/>
-      <c r="AO13" s="104" t="s">
+      <c r="AO13" s="86" t="s">
         <v>92</v>
       </c>
-      <c r="AP13" s="95"/>
-[...10 lines deleted...]
-      <c r="BA13" s="103"/>
+      <c r="AP13" s="87"/>
+      <c r="AQ13" s="87"/>
+      <c r="AR13" s="87"/>
+      <c r="AS13" s="87"/>
+      <c r="AT13" s="87"/>
+      <c r="AU13" s="87"/>
+      <c r="AV13" s="87"/>
+      <c r="AW13" s="87"/>
+      <c r="AX13" s="87"/>
+      <c r="AY13" s="87"/>
+      <c r="AZ13" s="87"/>
+      <c r="BA13" s="88"/>
       <c r="BB13" s="44"/>
       <c r="BC13" s="35"/>
     </row>
     <row r="14" spans="1:55" s="8" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="92" t="s">
+      <c r="A14" s="104" t="s">
         <v>133</v>
       </c>
-      <c r="B14" s="93"/>
-[...11 lines deleted...]
-      <c r="N14" s="157" t="s">
+      <c r="B14" s="100"/>
+      <c r="C14" s="100"/>
+      <c r="D14" s="100"/>
+      <c r="E14" s="100"/>
+      <c r="F14" s="100"/>
+      <c r="G14" s="100"/>
+      <c r="H14" s="82"/>
+      <c r="I14" s="83"/>
+      <c r="J14" s="83"/>
+      <c r="K14" s="83"/>
+      <c r="L14" s="83"/>
+      <c r="M14" s="98"/>
+      <c r="N14" s="99" t="s">
         <v>134</v>
       </c>
-      <c r="O14" s="93"/>
-[...12 lines deleted...]
-      <c r="AB14" s="157" t="s">
+      <c r="O14" s="100"/>
+      <c r="P14" s="100"/>
+      <c r="Q14" s="100"/>
+      <c r="R14" s="100"/>
+      <c r="S14" s="100"/>
+      <c r="T14" s="105"/>
+      <c r="U14" s="83"/>
+      <c r="V14" s="83"/>
+      <c r="W14" s="83"/>
+      <c r="X14" s="83"/>
+      <c r="Y14" s="83"/>
+      <c r="Z14" s="83"/>
+      <c r="AA14" s="98"/>
+      <c r="AB14" s="99" t="s">
         <v>135</v>
       </c>
-      <c r="AC14" s="93"/>
-[...25 lines deleted...]
-      <c r="BC14" s="158"/>
+      <c r="AC14" s="100"/>
+      <c r="AD14" s="100"/>
+      <c r="AE14" s="100"/>
+      <c r="AF14" s="100"/>
+      <c r="AG14" s="100"/>
+      <c r="AH14" s="100"/>
+      <c r="AI14" s="100"/>
+      <c r="AJ14" s="100"/>
+      <c r="AK14" s="100"/>
+      <c r="AL14" s="100"/>
+      <c r="AM14" s="105"/>
+      <c r="AN14" s="83"/>
+      <c r="AO14" s="83"/>
+      <c r="AP14" s="83"/>
+      <c r="AQ14" s="83"/>
+      <c r="AR14" s="83"/>
+      <c r="AS14" s="83"/>
+      <c r="AT14" s="83"/>
+      <c r="AU14" s="83"/>
+      <c r="AV14" s="83"/>
+      <c r="AW14" s="83"/>
+      <c r="AX14" s="83"/>
+      <c r="AY14" s="83"/>
+      <c r="AZ14" s="83"/>
+      <c r="BA14" s="83"/>
+      <c r="BB14" s="83"/>
+      <c r="BC14" s="84"/>
     </row>
     <row r="15" spans="1:55" s="23" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="192" t="s">
+      <c r="A15" s="211" t="s">
         <v>111</v>
       </c>
-      <c r="B15" s="193"/>
-[...11 lines deleted...]
-      <c r="N15" s="157" t="s">
+      <c r="B15" s="212"/>
+      <c r="C15" s="212"/>
+      <c r="D15" s="212"/>
+      <c r="E15" s="212"/>
+      <c r="F15" s="212"/>
+      <c r="G15" s="212"/>
+      <c r="H15" s="212"/>
+      <c r="I15" s="212"/>
+      <c r="J15" s="212"/>
+      <c r="K15" s="212"/>
+      <c r="L15" s="212"/>
+      <c r="M15" s="212"/>
+      <c r="N15" s="99" t="s">
         <v>112</v>
       </c>
-      <c r="O15" s="93"/>
-[...11 lines deleted...]
-      <c r="AA15" s="193" t="s">
+      <c r="O15" s="100"/>
+      <c r="P15" s="100"/>
+      <c r="Q15" s="100"/>
+      <c r="R15" s="100"/>
+      <c r="S15" s="100"/>
+      <c r="T15" s="100"/>
+      <c r="U15" s="100"/>
+      <c r="V15" s="100"/>
+      <c r="W15" s="100"/>
+      <c r="X15" s="100"/>
+      <c r="Y15" s="100"/>
+      <c r="Z15" s="105"/>
+      <c r="AA15" s="212" t="s">
         <v>113</v>
       </c>
-      <c r="AB15" s="193"/>
-[...15 lines deleted...]
-      <c r="AR15" s="193" t="s">
+      <c r="AB15" s="212"/>
+      <c r="AC15" s="212"/>
+      <c r="AD15" s="212"/>
+      <c r="AE15" s="212"/>
+      <c r="AF15" s="212"/>
+      <c r="AG15" s="212"/>
+      <c r="AH15" s="212"/>
+      <c r="AI15" s="212"/>
+      <c r="AJ15" s="212"/>
+      <c r="AK15" s="212"/>
+      <c r="AL15" s="212"/>
+      <c r="AM15" s="212"/>
+      <c r="AN15" s="212"/>
+      <c r="AO15" s="212"/>
+      <c r="AP15" s="212"/>
+      <c r="AQ15" s="212"/>
+      <c r="AR15" s="212" t="s">
         <v>114</v>
       </c>
-      <c r="AS15" s="193"/>
-[...9 lines deleted...]
-      <c r="BC15" s="201"/>
+      <c r="AS15" s="212"/>
+      <c r="AT15" s="212"/>
+      <c r="AU15" s="212"/>
+      <c r="AV15" s="212"/>
+      <c r="AW15" s="212"/>
+      <c r="AX15" s="212"/>
+      <c r="AY15" s="212"/>
+      <c r="AZ15" s="212"/>
+      <c r="BA15" s="212"/>
+      <c r="BB15" s="212"/>
+      <c r="BC15" s="213"/>
     </row>
     <row r="16" spans="1:55" s="3" customFormat="1" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="202"/>
-[...25 lines deleted...]
-      <c r="AA16" s="207">
+      <c r="A16" s="214"/>
+      <c r="B16" s="187"/>
+      <c r="C16" s="187"/>
+      <c r="D16" s="187"/>
+      <c r="E16" s="187"/>
+      <c r="F16" s="187"/>
+      <c r="G16" s="187"/>
+      <c r="H16" s="187"/>
+      <c r="I16" s="187"/>
+      <c r="J16" s="187"/>
+      <c r="K16" s="187"/>
+      <c r="L16" s="187"/>
+      <c r="M16" s="187"/>
+      <c r="N16" s="215"/>
+      <c r="O16" s="216"/>
+      <c r="P16" s="216"/>
+      <c r="Q16" s="216"/>
+      <c r="R16" s="216"/>
+      <c r="S16" s="216"/>
+      <c r="T16" s="216"/>
+      <c r="U16" s="216"/>
+      <c r="V16" s="216"/>
+      <c r="W16" s="216"/>
+      <c r="X16" s="216"/>
+      <c r="Y16" s="216"/>
+      <c r="Z16" s="217"/>
+      <c r="AA16" s="218">
         <f>SUM(N16*0.3)</f>
         <v>0</v>
       </c>
-      <c r="AB16" s="207"/>
-[...26 lines deleted...]
-      <c r="BC16" s="208"/>
+      <c r="AB16" s="218"/>
+      <c r="AC16" s="218"/>
+      <c r="AD16" s="218"/>
+      <c r="AE16" s="218"/>
+      <c r="AF16" s="218"/>
+      <c r="AG16" s="218"/>
+      <c r="AH16" s="218"/>
+      <c r="AI16" s="218"/>
+      <c r="AJ16" s="218"/>
+      <c r="AK16" s="218"/>
+      <c r="AL16" s="218"/>
+      <c r="AM16" s="218"/>
+      <c r="AN16" s="218"/>
+      <c r="AO16" s="218"/>
+      <c r="AP16" s="218"/>
+      <c r="AQ16" s="218"/>
+      <c r="AR16" s="187"/>
+      <c r="AS16" s="187"/>
+      <c r="AT16" s="187"/>
+      <c r="AU16" s="187"/>
+      <c r="AV16" s="187"/>
+      <c r="AW16" s="187"/>
+      <c r="AX16" s="187"/>
+      <c r="AY16" s="187"/>
+      <c r="AZ16" s="187"/>
+      <c r="BA16" s="187"/>
+      <c r="BB16" s="187"/>
+      <c r="BC16" s="188"/>
     </row>
     <row r="17" spans="1:55" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="238" t="s">
+      <c r="A17" s="237" t="s">
         <v>127</v>
       </c>
-      <c r="B17" s="239"/>
-[...52 lines deleted...]
-      <c r="BC17" s="240"/>
+      <c r="B17" s="238"/>
+      <c r="C17" s="238"/>
+      <c r="D17" s="238"/>
+      <c r="E17" s="238"/>
+      <c r="F17" s="238"/>
+      <c r="G17" s="238"/>
+      <c r="H17" s="238"/>
+      <c r="I17" s="238"/>
+      <c r="J17" s="238"/>
+      <c r="K17" s="238"/>
+      <c r="L17" s="238"/>
+      <c r="M17" s="238"/>
+      <c r="N17" s="238"/>
+      <c r="O17" s="238"/>
+      <c r="P17" s="238"/>
+      <c r="Q17" s="238"/>
+      <c r="R17" s="238"/>
+      <c r="S17" s="238"/>
+      <c r="T17" s="238"/>
+      <c r="U17" s="238"/>
+      <c r="V17" s="238"/>
+      <c r="W17" s="238"/>
+      <c r="X17" s="238"/>
+      <c r="Y17" s="238"/>
+      <c r="Z17" s="238"/>
+      <c r="AA17" s="238"/>
+      <c r="AB17" s="238"/>
+      <c r="AC17" s="238"/>
+      <c r="AD17" s="238"/>
+      <c r="AE17" s="238"/>
+      <c r="AF17" s="238"/>
+      <c r="AG17" s="238"/>
+      <c r="AH17" s="238"/>
+      <c r="AI17" s="238"/>
+      <c r="AJ17" s="238"/>
+      <c r="AK17" s="238"/>
+      <c r="AL17" s="238"/>
+      <c r="AM17" s="238"/>
+      <c r="AN17" s="238"/>
+      <c r="AO17" s="238"/>
+      <c r="AP17" s="238"/>
+      <c r="AQ17" s="238"/>
+      <c r="AR17" s="238"/>
+      <c r="AS17" s="238"/>
+      <c r="AT17" s="238"/>
+      <c r="AU17" s="238"/>
+      <c r="AV17" s="238"/>
+      <c r="AW17" s="238"/>
+      <c r="AX17" s="238"/>
+      <c r="AY17" s="238"/>
+      <c r="AZ17" s="238"/>
+      <c r="BA17" s="238"/>
+      <c r="BB17" s="238"/>
+      <c r="BC17" s="239"/>
     </row>
     <row r="18" spans="1:55" ht="30.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="171" t="s">
+      <c r="A18" s="230" t="s">
         <v>20</v>
       </c>
-      <c r="B18" s="172"/>
-      <c r="C18" s="173" t="s">
+      <c r="B18" s="231"/>
+      <c r="C18" s="232" t="s">
         <v>21</v>
       </c>
-      <c r="D18" s="172"/>
-      <c r="E18" s="174" t="s">
+      <c r="D18" s="231"/>
+      <c r="E18" s="198" t="s">
         <v>22</v>
       </c>
-      <c r="F18" s="174"/>
-      <c r="G18" s="131" t="s">
+      <c r="F18" s="198"/>
+      <c r="G18" s="111" t="s">
         <v>128</v>
       </c>
-      <c r="H18" s="132"/>
-[...46 lines deleted...]
-      <c r="BC18" s="133"/>
+      <c r="H18" s="112"/>
+      <c r="I18" s="112"/>
+      <c r="J18" s="112"/>
+      <c r="K18" s="112"/>
+      <c r="L18" s="112"/>
+      <c r="M18" s="112"/>
+      <c r="N18" s="112"/>
+      <c r="O18" s="112"/>
+      <c r="P18" s="112"/>
+      <c r="Q18" s="112"/>
+      <c r="R18" s="112"/>
+      <c r="S18" s="112"/>
+      <c r="T18" s="112"/>
+      <c r="U18" s="112"/>
+      <c r="V18" s="112"/>
+      <c r="W18" s="112"/>
+      <c r="X18" s="112"/>
+      <c r="Y18" s="112"/>
+      <c r="Z18" s="112"/>
+      <c r="AA18" s="112"/>
+      <c r="AB18" s="112"/>
+      <c r="AC18" s="112"/>
+      <c r="AD18" s="112"/>
+      <c r="AE18" s="112"/>
+      <c r="AF18" s="112"/>
+      <c r="AG18" s="112"/>
+      <c r="AH18" s="112"/>
+      <c r="AI18" s="112"/>
+      <c r="AJ18" s="112"/>
+      <c r="AK18" s="112"/>
+      <c r="AL18" s="112"/>
+      <c r="AM18" s="112"/>
+      <c r="AN18" s="112"/>
+      <c r="AO18" s="112"/>
+      <c r="AP18" s="112"/>
+      <c r="AQ18" s="112"/>
+      <c r="AR18" s="112"/>
+      <c r="AS18" s="112"/>
+      <c r="AT18" s="112"/>
+      <c r="AU18" s="112"/>
+      <c r="AV18" s="112"/>
+      <c r="AW18" s="112"/>
+      <c r="AX18" s="112"/>
+      <c r="AY18" s="112"/>
+      <c r="AZ18" s="112"/>
+      <c r="BA18" s="112"/>
+      <c r="BB18" s="112"/>
+      <c r="BC18" s="113"/>
     </row>
     <row r="19" spans="1:55" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="84"/>
-[...5 lines deleted...]
-      <c r="G19" s="241" t="s">
+      <c r="A19" s="147"/>
+      <c r="B19" s="137"/>
+      <c r="C19" s="137"/>
+      <c r="D19" s="137"/>
+      <c r="E19" s="137"/>
+      <c r="F19" s="137"/>
+      <c r="G19" s="240" t="s">
         <v>84</v>
       </c>
-      <c r="H19" s="145"/>
-[...46 lines deleted...]
-      <c r="BC19" s="242"/>
+      <c r="H19" s="131"/>
+      <c r="I19" s="131"/>
+      <c r="J19" s="131"/>
+      <c r="K19" s="131"/>
+      <c r="L19" s="131"/>
+      <c r="M19" s="131"/>
+      <c r="N19" s="131"/>
+      <c r="O19" s="131"/>
+      <c r="P19" s="131"/>
+      <c r="Q19" s="131"/>
+      <c r="R19" s="131"/>
+      <c r="S19" s="131"/>
+      <c r="T19" s="131"/>
+      <c r="U19" s="131"/>
+      <c r="V19" s="131"/>
+      <c r="W19" s="131"/>
+      <c r="X19" s="131"/>
+      <c r="Y19" s="131"/>
+      <c r="Z19" s="131"/>
+      <c r="AA19" s="131"/>
+      <c r="AB19" s="131"/>
+      <c r="AC19" s="131"/>
+      <c r="AD19" s="131"/>
+      <c r="AE19" s="131"/>
+      <c r="AF19" s="131"/>
+      <c r="AG19" s="131"/>
+      <c r="AH19" s="131"/>
+      <c r="AI19" s="131"/>
+      <c r="AJ19" s="131"/>
+      <c r="AK19" s="131"/>
+      <c r="AL19" s="131"/>
+      <c r="AM19" s="131"/>
+      <c r="AN19" s="131"/>
+      <c r="AO19" s="131"/>
+      <c r="AP19" s="131"/>
+      <c r="AQ19" s="131"/>
+      <c r="AR19" s="131"/>
+      <c r="AS19" s="131"/>
+      <c r="AT19" s="131"/>
+      <c r="AU19" s="131"/>
+      <c r="AV19" s="131"/>
+      <c r="AW19" s="131"/>
+      <c r="AX19" s="131"/>
+      <c r="AY19" s="131"/>
+      <c r="AZ19" s="131"/>
+      <c r="BA19" s="131"/>
+      <c r="BB19" s="131"/>
+      <c r="BC19" s="241"/>
     </row>
     <row r="20" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="48"/>
       <c r="B20" s="49"/>
       <c r="C20" s="49"/>
       <c r="D20" s="49"/>
       <c r="E20" s="49"/>
       <c r="F20" s="52"/>
-      <c r="G20" s="209"/>
-[...1 lines deleted...]
-      <c r="I20" s="213" t="s">
+      <c r="G20" s="177"/>
+      <c r="H20" s="178"/>
+      <c r="I20" s="179" t="s">
         <v>29</v>
       </c>
-      <c r="J20" s="176"/>
-[...44 lines deleted...]
-      <c r="BC20" s="177"/>
+      <c r="J20" s="180"/>
+      <c r="K20" s="180"/>
+      <c r="L20" s="180"/>
+      <c r="M20" s="180"/>
+      <c r="N20" s="180"/>
+      <c r="O20" s="180"/>
+      <c r="P20" s="180"/>
+      <c r="Q20" s="180"/>
+      <c r="R20" s="180"/>
+      <c r="S20" s="180"/>
+      <c r="T20" s="180"/>
+      <c r="U20" s="180"/>
+      <c r="V20" s="180"/>
+      <c r="W20" s="180"/>
+      <c r="X20" s="180"/>
+      <c r="Y20" s="180"/>
+      <c r="Z20" s="180"/>
+      <c r="AA20" s="180"/>
+      <c r="AB20" s="180"/>
+      <c r="AC20" s="180"/>
+      <c r="AD20" s="180"/>
+      <c r="AE20" s="180"/>
+      <c r="AF20" s="180"/>
+      <c r="AG20" s="180"/>
+      <c r="AH20" s="180"/>
+      <c r="AI20" s="180"/>
+      <c r="AJ20" s="180"/>
+      <c r="AK20" s="180"/>
+      <c r="AL20" s="180"/>
+      <c r="AM20" s="180"/>
+      <c r="AN20" s="180"/>
+      <c r="AO20" s="180"/>
+      <c r="AP20" s="180"/>
+      <c r="AQ20" s="180"/>
+      <c r="AR20" s="180"/>
+      <c r="AS20" s="180"/>
+      <c r="AT20" s="180"/>
+      <c r="AU20" s="180"/>
+      <c r="AV20" s="180"/>
+      <c r="AW20" s="180"/>
+      <c r="AX20" s="180"/>
+      <c r="AY20" s="180"/>
+      <c r="AZ20" s="180"/>
+      <c r="BA20" s="180"/>
+      <c r="BB20" s="180"/>
+      <c r="BC20" s="181"/>
     </row>
     <row r="21" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="50"/>
       <c r="B21" s="51"/>
       <c r="C21" s="51"/>
       <c r="D21" s="51"/>
       <c r="E21" s="51"/>
       <c r="F21" s="53"/>
-      <c r="G21" s="211"/>
-[...1 lines deleted...]
-      <c r="I21" s="230" t="s">
+      <c r="G21" s="182"/>
+      <c r="H21" s="183"/>
+      <c r="I21" s="184" t="s">
         <v>30</v>
       </c>
-      <c r="J21" s="231"/>
-[...44 lines deleted...]
-      <c r="BC21" s="232"/>
+      <c r="J21" s="185"/>
+      <c r="K21" s="185"/>
+      <c r="L21" s="185"/>
+      <c r="M21" s="185"/>
+      <c r="N21" s="185"/>
+      <c r="O21" s="185"/>
+      <c r="P21" s="185"/>
+      <c r="Q21" s="185"/>
+      <c r="R21" s="185"/>
+      <c r="S21" s="185"/>
+      <c r="T21" s="185"/>
+      <c r="U21" s="185"/>
+      <c r="V21" s="185"/>
+      <c r="W21" s="185"/>
+      <c r="X21" s="185"/>
+      <c r="Y21" s="185"/>
+      <c r="Z21" s="185"/>
+      <c r="AA21" s="185"/>
+      <c r="AB21" s="185"/>
+      <c r="AC21" s="185"/>
+      <c r="AD21" s="185"/>
+      <c r="AE21" s="185"/>
+      <c r="AF21" s="185"/>
+      <c r="AG21" s="185"/>
+      <c r="AH21" s="185"/>
+      <c r="AI21" s="185"/>
+      <c r="AJ21" s="185"/>
+      <c r="AK21" s="185"/>
+      <c r="AL21" s="185"/>
+      <c r="AM21" s="185"/>
+      <c r="AN21" s="185"/>
+      <c r="AO21" s="185"/>
+      <c r="AP21" s="185"/>
+      <c r="AQ21" s="185"/>
+      <c r="AR21" s="185"/>
+      <c r="AS21" s="185"/>
+      <c r="AT21" s="185"/>
+      <c r="AU21" s="185"/>
+      <c r="AV21" s="185"/>
+      <c r="AW21" s="185"/>
+      <c r="AX21" s="185"/>
+      <c r="AY21" s="185"/>
+      <c r="AZ21" s="185"/>
+      <c r="BA21" s="185"/>
+      <c r="BB21" s="185"/>
+      <c r="BC21" s="186"/>
     </row>
     <row r="22" spans="1:55" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="84"/>
-[...5 lines deleted...]
-      <c r="G22" s="104" t="s">
+      <c r="A22" s="147"/>
+      <c r="B22" s="137"/>
+      <c r="C22" s="137"/>
+      <c r="D22" s="137"/>
+      <c r="E22" s="137"/>
+      <c r="F22" s="137"/>
+      <c r="G22" s="86" t="s">
         <v>85</v>
       </c>
-      <c r="H22" s="95"/>
-[...46 lines deleted...]
-      <c r="BC22" s="96"/>
+      <c r="H22" s="87"/>
+      <c r="I22" s="87"/>
+      <c r="J22" s="87"/>
+      <c r="K22" s="87"/>
+      <c r="L22" s="87"/>
+      <c r="M22" s="87"/>
+      <c r="N22" s="87"/>
+      <c r="O22" s="87"/>
+      <c r="P22" s="87"/>
+      <c r="Q22" s="87"/>
+      <c r="R22" s="87"/>
+      <c r="S22" s="87"/>
+      <c r="T22" s="87"/>
+      <c r="U22" s="87"/>
+      <c r="V22" s="87"/>
+      <c r="W22" s="87"/>
+      <c r="X22" s="87"/>
+      <c r="Y22" s="87"/>
+      <c r="Z22" s="87"/>
+      <c r="AA22" s="87"/>
+      <c r="AB22" s="87"/>
+      <c r="AC22" s="87"/>
+      <c r="AD22" s="87"/>
+      <c r="AE22" s="87"/>
+      <c r="AF22" s="87"/>
+      <c r="AG22" s="87"/>
+      <c r="AH22" s="87"/>
+      <c r="AI22" s="87"/>
+      <c r="AJ22" s="87"/>
+      <c r="AK22" s="87"/>
+      <c r="AL22" s="87"/>
+      <c r="AM22" s="87"/>
+      <c r="AN22" s="87"/>
+      <c r="AO22" s="87"/>
+      <c r="AP22" s="87"/>
+      <c r="AQ22" s="87"/>
+      <c r="AR22" s="87"/>
+      <c r="AS22" s="87"/>
+      <c r="AT22" s="87"/>
+      <c r="AU22" s="87"/>
+      <c r="AV22" s="87"/>
+      <c r="AW22" s="87"/>
+      <c r="AX22" s="87"/>
+      <c r="AY22" s="87"/>
+      <c r="AZ22" s="87"/>
+      <c r="BA22" s="87"/>
+      <c r="BB22" s="87"/>
+      <c r="BC22" s="110"/>
     </row>
     <row r="23" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="48"/>
       <c r="B23" s="49"/>
       <c r="C23" s="49"/>
       <c r="D23" s="49"/>
       <c r="E23" s="49"/>
       <c r="F23" s="52"/>
-      <c r="G23" s="209"/>
-[...1 lines deleted...]
-      <c r="I23" s="213" t="s">
+      <c r="G23" s="177"/>
+      <c r="H23" s="178"/>
+      <c r="I23" s="179" t="s">
         <v>29</v>
       </c>
-      <c r="J23" s="176"/>
-[...44 lines deleted...]
-      <c r="BC23" s="177"/>
+      <c r="J23" s="180"/>
+      <c r="K23" s="180"/>
+      <c r="L23" s="180"/>
+      <c r="M23" s="180"/>
+      <c r="N23" s="180"/>
+      <c r="O23" s="180"/>
+      <c r="P23" s="180"/>
+      <c r="Q23" s="180"/>
+      <c r="R23" s="180"/>
+      <c r="S23" s="180"/>
+      <c r="T23" s="180"/>
+      <c r="U23" s="180"/>
+      <c r="V23" s="180"/>
+      <c r="W23" s="180"/>
+      <c r="X23" s="180"/>
+      <c r="Y23" s="180"/>
+      <c r="Z23" s="180"/>
+      <c r="AA23" s="180"/>
+      <c r="AB23" s="180"/>
+      <c r="AC23" s="180"/>
+      <c r="AD23" s="180"/>
+      <c r="AE23" s="180"/>
+      <c r="AF23" s="180"/>
+      <c r="AG23" s="180"/>
+      <c r="AH23" s="180"/>
+      <c r="AI23" s="180"/>
+      <c r="AJ23" s="180"/>
+      <c r="AK23" s="180"/>
+      <c r="AL23" s="180"/>
+      <c r="AM23" s="180"/>
+      <c r="AN23" s="180"/>
+      <c r="AO23" s="180"/>
+      <c r="AP23" s="180"/>
+      <c r="AQ23" s="180"/>
+      <c r="AR23" s="180"/>
+      <c r="AS23" s="180"/>
+      <c r="AT23" s="180"/>
+      <c r="AU23" s="180"/>
+      <c r="AV23" s="180"/>
+      <c r="AW23" s="180"/>
+      <c r="AX23" s="180"/>
+      <c r="AY23" s="180"/>
+      <c r="AZ23" s="180"/>
+      <c r="BA23" s="180"/>
+      <c r="BB23" s="180"/>
+      <c r="BC23" s="181"/>
     </row>
     <row r="24" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="50"/>
       <c r="B24" s="51"/>
       <c r="C24" s="51"/>
       <c r="D24" s="51"/>
       <c r="E24" s="51"/>
       <c r="F24" s="53"/>
-      <c r="G24" s="211"/>
-[...1 lines deleted...]
-      <c r="I24" s="230" t="s">
+      <c r="G24" s="182"/>
+      <c r="H24" s="183"/>
+      <c r="I24" s="184" t="s">
         <v>30</v>
       </c>
-      <c r="J24" s="231"/>
-[...44 lines deleted...]
-      <c r="BC24" s="232"/>
+      <c r="J24" s="185"/>
+      <c r="K24" s="185"/>
+      <c r="L24" s="185"/>
+      <c r="M24" s="185"/>
+      <c r="N24" s="185"/>
+      <c r="O24" s="185"/>
+      <c r="P24" s="185"/>
+      <c r="Q24" s="185"/>
+      <c r="R24" s="185"/>
+      <c r="S24" s="185"/>
+      <c r="T24" s="185"/>
+      <c r="U24" s="185"/>
+      <c r="V24" s="185"/>
+      <c r="W24" s="185"/>
+      <c r="X24" s="185"/>
+      <c r="Y24" s="185"/>
+      <c r="Z24" s="185"/>
+      <c r="AA24" s="185"/>
+      <c r="AB24" s="185"/>
+      <c r="AC24" s="185"/>
+      <c r="AD24" s="185"/>
+      <c r="AE24" s="185"/>
+      <c r="AF24" s="185"/>
+      <c r="AG24" s="185"/>
+      <c r="AH24" s="185"/>
+      <c r="AI24" s="185"/>
+      <c r="AJ24" s="185"/>
+      <c r="AK24" s="185"/>
+      <c r="AL24" s="185"/>
+      <c r="AM24" s="185"/>
+      <c r="AN24" s="185"/>
+      <c r="AO24" s="185"/>
+      <c r="AP24" s="185"/>
+      <c r="AQ24" s="185"/>
+      <c r="AR24" s="185"/>
+      <c r="AS24" s="185"/>
+      <c r="AT24" s="185"/>
+      <c r="AU24" s="185"/>
+      <c r="AV24" s="185"/>
+      <c r="AW24" s="185"/>
+      <c r="AX24" s="185"/>
+      <c r="AY24" s="185"/>
+      <c r="AZ24" s="185"/>
+      <c r="BA24" s="185"/>
+      <c r="BB24" s="185"/>
+      <c r="BC24" s="186"/>
     </row>
     <row r="25" spans="1:55" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="84"/>
-[...5 lines deleted...]
-      <c r="G25" s="104" t="s">
+      <c r="A25" s="147"/>
+      <c r="B25" s="137"/>
+      <c r="C25" s="137"/>
+      <c r="D25" s="137"/>
+      <c r="E25" s="137"/>
+      <c r="F25" s="137"/>
+      <c r="G25" s="86" t="s">
         <v>86</v>
       </c>
-      <c r="H25" s="95"/>
-[...46 lines deleted...]
-      <c r="BC25" s="96"/>
+      <c r="H25" s="87"/>
+      <c r="I25" s="87"/>
+      <c r="J25" s="87"/>
+      <c r="K25" s="87"/>
+      <c r="L25" s="87"/>
+      <c r="M25" s="87"/>
+      <c r="N25" s="87"/>
+      <c r="O25" s="87"/>
+      <c r="P25" s="87"/>
+      <c r="Q25" s="87"/>
+      <c r="R25" s="87"/>
+      <c r="S25" s="87"/>
+      <c r="T25" s="87"/>
+      <c r="U25" s="87"/>
+      <c r="V25" s="87"/>
+      <c r="W25" s="87"/>
+      <c r="X25" s="87"/>
+      <c r="Y25" s="87"/>
+      <c r="Z25" s="87"/>
+      <c r="AA25" s="87"/>
+      <c r="AB25" s="87"/>
+      <c r="AC25" s="87"/>
+      <c r="AD25" s="87"/>
+      <c r="AE25" s="87"/>
+      <c r="AF25" s="87"/>
+      <c r="AG25" s="87"/>
+      <c r="AH25" s="87"/>
+      <c r="AI25" s="87"/>
+      <c r="AJ25" s="87"/>
+      <c r="AK25" s="87"/>
+      <c r="AL25" s="87"/>
+      <c r="AM25" s="87"/>
+      <c r="AN25" s="87"/>
+      <c r="AO25" s="87"/>
+      <c r="AP25" s="87"/>
+      <c r="AQ25" s="87"/>
+      <c r="AR25" s="87"/>
+      <c r="AS25" s="87"/>
+      <c r="AT25" s="87"/>
+      <c r="AU25" s="87"/>
+      <c r="AV25" s="87"/>
+      <c r="AW25" s="87"/>
+      <c r="AX25" s="87"/>
+      <c r="AY25" s="87"/>
+      <c r="AZ25" s="87"/>
+      <c r="BA25" s="87"/>
+      <c r="BB25" s="87"/>
+      <c r="BC25" s="110"/>
     </row>
     <row r="26" spans="1:55" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="48"/>
       <c r="B26" s="49"/>
       <c r="C26" s="49"/>
       <c r="D26" s="49"/>
       <c r="E26" s="49"/>
       <c r="F26" s="52"/>
-      <c r="G26" s="209"/>
-[...1 lines deleted...]
-      <c r="I26" s="213" t="s">
+      <c r="G26" s="177"/>
+      <c r="H26" s="178"/>
+      <c r="I26" s="179" t="s">
         <v>29</v>
       </c>
-      <c r="J26" s="176"/>
-[...44 lines deleted...]
-      <c r="BC26" s="177"/>
+      <c r="J26" s="180"/>
+      <c r="K26" s="180"/>
+      <c r="L26" s="180"/>
+      <c r="M26" s="180"/>
+      <c r="N26" s="180"/>
+      <c r="O26" s="180"/>
+      <c r="P26" s="180"/>
+      <c r="Q26" s="180"/>
+      <c r="R26" s="180"/>
+      <c r="S26" s="180"/>
+      <c r="T26" s="180"/>
+      <c r="U26" s="180"/>
+      <c r="V26" s="180"/>
+      <c r="W26" s="180"/>
+      <c r="X26" s="180"/>
+      <c r="Y26" s="180"/>
+      <c r="Z26" s="180"/>
+      <c r="AA26" s="180"/>
+      <c r="AB26" s="180"/>
+      <c r="AC26" s="180"/>
+      <c r="AD26" s="180"/>
+      <c r="AE26" s="180"/>
+      <c r="AF26" s="180"/>
+      <c r="AG26" s="180"/>
+      <c r="AH26" s="180"/>
+      <c r="AI26" s="180"/>
+      <c r="AJ26" s="180"/>
+      <c r="AK26" s="180"/>
+      <c r="AL26" s="180"/>
+      <c r="AM26" s="180"/>
+      <c r="AN26" s="180"/>
+      <c r="AO26" s="180"/>
+      <c r="AP26" s="180"/>
+      <c r="AQ26" s="180"/>
+      <c r="AR26" s="180"/>
+      <c r="AS26" s="180"/>
+      <c r="AT26" s="180"/>
+      <c r="AU26" s="180"/>
+      <c r="AV26" s="180"/>
+      <c r="AW26" s="180"/>
+      <c r="AX26" s="180"/>
+      <c r="AY26" s="180"/>
+      <c r="AZ26" s="180"/>
+      <c r="BA26" s="180"/>
+      <c r="BB26" s="180"/>
+      <c r="BC26" s="181"/>
     </row>
     <row r="27" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="50"/>
       <c r="B27" s="51"/>
       <c r="C27" s="51"/>
       <c r="D27" s="51"/>
       <c r="E27" s="51"/>
       <c r="F27" s="53"/>
-      <c r="G27" s="211"/>
-[...1 lines deleted...]
-      <c r="I27" s="230" t="s">
+      <c r="G27" s="182"/>
+      <c r="H27" s="183"/>
+      <c r="I27" s="184" t="s">
         <v>30</v>
       </c>
-      <c r="J27" s="231"/>
-[...44 lines deleted...]
-      <c r="BC27" s="232"/>
+      <c r="J27" s="185"/>
+      <c r="K27" s="185"/>
+      <c r="L27" s="185"/>
+      <c r="M27" s="185"/>
+      <c r="N27" s="185"/>
+      <c r="O27" s="185"/>
+      <c r="P27" s="185"/>
+      <c r="Q27" s="185"/>
+      <c r="R27" s="185"/>
+      <c r="S27" s="185"/>
+      <c r="T27" s="185"/>
+      <c r="U27" s="185"/>
+      <c r="V27" s="185"/>
+      <c r="W27" s="185"/>
+      <c r="X27" s="185"/>
+      <c r="Y27" s="185"/>
+      <c r="Z27" s="185"/>
+      <c r="AA27" s="185"/>
+      <c r="AB27" s="185"/>
+      <c r="AC27" s="185"/>
+      <c r="AD27" s="185"/>
+      <c r="AE27" s="185"/>
+      <c r="AF27" s="185"/>
+      <c r="AG27" s="185"/>
+      <c r="AH27" s="185"/>
+      <c r="AI27" s="185"/>
+      <c r="AJ27" s="185"/>
+      <c r="AK27" s="185"/>
+      <c r="AL27" s="185"/>
+      <c r="AM27" s="185"/>
+      <c r="AN27" s="185"/>
+      <c r="AO27" s="185"/>
+      <c r="AP27" s="185"/>
+      <c r="AQ27" s="185"/>
+      <c r="AR27" s="185"/>
+      <c r="AS27" s="185"/>
+      <c r="AT27" s="185"/>
+      <c r="AU27" s="185"/>
+      <c r="AV27" s="185"/>
+      <c r="AW27" s="185"/>
+      <c r="AX27" s="185"/>
+      <c r="AY27" s="185"/>
+      <c r="AZ27" s="185"/>
+      <c r="BA27" s="185"/>
+      <c r="BB27" s="185"/>
+      <c r="BC27" s="186"/>
     </row>
     <row r="28" spans="1:55" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="84"/>
-[...5 lines deleted...]
-      <c r="G28" s="104" t="s">
+      <c r="A28" s="147"/>
+      <c r="B28" s="137"/>
+      <c r="C28" s="137"/>
+      <c r="D28" s="137"/>
+      <c r="E28" s="137"/>
+      <c r="F28" s="137"/>
+      <c r="G28" s="86" t="s">
         <v>87</v>
       </c>
-      <c r="H28" s="95"/>
-[...46 lines deleted...]
-      <c r="BC28" s="96"/>
+      <c r="H28" s="87"/>
+      <c r="I28" s="87"/>
+      <c r="J28" s="87"/>
+      <c r="K28" s="87"/>
+      <c r="L28" s="87"/>
+      <c r="M28" s="87"/>
+      <c r="N28" s="87"/>
+      <c r="O28" s="87"/>
+      <c r="P28" s="87"/>
+      <c r="Q28" s="87"/>
+      <c r="R28" s="87"/>
+      <c r="S28" s="87"/>
+      <c r="T28" s="87"/>
+      <c r="U28" s="87"/>
+      <c r="V28" s="87"/>
+      <c r="W28" s="87"/>
+      <c r="X28" s="87"/>
+      <c r="Y28" s="87"/>
+      <c r="Z28" s="87"/>
+      <c r="AA28" s="87"/>
+      <c r="AB28" s="87"/>
+      <c r="AC28" s="87"/>
+      <c r="AD28" s="87"/>
+      <c r="AE28" s="87"/>
+      <c r="AF28" s="87"/>
+      <c r="AG28" s="87"/>
+      <c r="AH28" s="87"/>
+      <c r="AI28" s="87"/>
+      <c r="AJ28" s="87"/>
+      <c r="AK28" s="87"/>
+      <c r="AL28" s="87"/>
+      <c r="AM28" s="87"/>
+      <c r="AN28" s="87"/>
+      <c r="AO28" s="87"/>
+      <c r="AP28" s="87"/>
+      <c r="AQ28" s="87"/>
+      <c r="AR28" s="87"/>
+      <c r="AS28" s="87"/>
+      <c r="AT28" s="87"/>
+      <c r="AU28" s="87"/>
+      <c r="AV28" s="87"/>
+      <c r="AW28" s="87"/>
+      <c r="AX28" s="87"/>
+      <c r="AY28" s="87"/>
+      <c r="AZ28" s="87"/>
+      <c r="BA28" s="87"/>
+      <c r="BB28" s="87"/>
+      <c r="BC28" s="110"/>
     </row>
     <row r="29" spans="1:55" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="84"/>
-[...5 lines deleted...]
-      <c r="G29" s="243" t="s">
+      <c r="A29" s="147"/>
+      <c r="B29" s="137"/>
+      <c r="C29" s="137"/>
+      <c r="D29" s="137"/>
+      <c r="E29" s="137"/>
+      <c r="F29" s="137"/>
+      <c r="G29" s="242" t="s">
         <v>167</v>
       </c>
-      <c r="H29" s="244"/>
-[...46 lines deleted...]
-      <c r="BC29" s="245"/>
+      <c r="H29" s="243"/>
+      <c r="I29" s="243"/>
+      <c r="J29" s="243"/>
+      <c r="K29" s="243"/>
+      <c r="L29" s="243"/>
+      <c r="M29" s="243"/>
+      <c r="N29" s="243"/>
+      <c r="O29" s="243"/>
+      <c r="P29" s="243"/>
+      <c r="Q29" s="243"/>
+      <c r="R29" s="243"/>
+      <c r="S29" s="243"/>
+      <c r="T29" s="243"/>
+      <c r="U29" s="243"/>
+      <c r="V29" s="243"/>
+      <c r="W29" s="243"/>
+      <c r="X29" s="243"/>
+      <c r="Y29" s="243"/>
+      <c r="Z29" s="243"/>
+      <c r="AA29" s="243"/>
+      <c r="AB29" s="243"/>
+      <c r="AC29" s="243"/>
+      <c r="AD29" s="243"/>
+      <c r="AE29" s="243"/>
+      <c r="AF29" s="243"/>
+      <c r="AG29" s="243"/>
+      <c r="AH29" s="243"/>
+      <c r="AI29" s="243"/>
+      <c r="AJ29" s="243"/>
+      <c r="AK29" s="243"/>
+      <c r="AL29" s="243"/>
+      <c r="AM29" s="243"/>
+      <c r="AN29" s="243"/>
+      <c r="AO29" s="243"/>
+      <c r="AP29" s="243"/>
+      <c r="AQ29" s="243"/>
+      <c r="AR29" s="243"/>
+      <c r="AS29" s="243"/>
+      <c r="AT29" s="243"/>
+      <c r="AU29" s="243"/>
+      <c r="AV29" s="243"/>
+      <c r="AW29" s="243"/>
+      <c r="AX29" s="243"/>
+      <c r="AY29" s="243"/>
+      <c r="AZ29" s="243"/>
+      <c r="BA29" s="243"/>
+      <c r="BB29" s="243"/>
+      <c r="BC29" s="244"/>
     </row>
     <row r="30" spans="1:55" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="84"/>
-[...5 lines deleted...]
-      <c r="G30" s="125" t="s">
+      <c r="A30" s="147"/>
+      <c r="B30" s="137"/>
+      <c r="C30" s="137"/>
+      <c r="D30" s="137"/>
+      <c r="E30" s="137"/>
+      <c r="F30" s="137"/>
+      <c r="G30" s="116" t="s">
         <v>88</v>
       </c>
-      <c r="H30" s="125"/>
-[...46 lines deleted...]
-      <c r="BC30" s="126"/>
+      <c r="H30" s="116"/>
+      <c r="I30" s="116"/>
+      <c r="J30" s="116"/>
+      <c r="K30" s="116"/>
+      <c r="L30" s="116"/>
+      <c r="M30" s="116"/>
+      <c r="N30" s="116"/>
+      <c r="O30" s="116"/>
+      <c r="P30" s="116"/>
+      <c r="Q30" s="116"/>
+      <c r="R30" s="116"/>
+      <c r="S30" s="116"/>
+      <c r="T30" s="116"/>
+      <c r="U30" s="116"/>
+      <c r="V30" s="116"/>
+      <c r="W30" s="116"/>
+      <c r="X30" s="116"/>
+      <c r="Y30" s="116"/>
+      <c r="Z30" s="116"/>
+      <c r="AA30" s="116"/>
+      <c r="AB30" s="116"/>
+      <c r="AC30" s="116"/>
+      <c r="AD30" s="116"/>
+      <c r="AE30" s="116"/>
+      <c r="AF30" s="116"/>
+      <c r="AG30" s="116"/>
+      <c r="AH30" s="116"/>
+      <c r="AI30" s="116"/>
+      <c r="AJ30" s="116"/>
+      <c r="AK30" s="116"/>
+      <c r="AL30" s="116"/>
+      <c r="AM30" s="116"/>
+      <c r="AN30" s="116"/>
+      <c r="AO30" s="116"/>
+      <c r="AP30" s="116"/>
+      <c r="AQ30" s="116"/>
+      <c r="AR30" s="116"/>
+      <c r="AS30" s="116"/>
+      <c r="AT30" s="116"/>
+      <c r="AU30" s="116"/>
+      <c r="AV30" s="116"/>
+      <c r="AW30" s="116"/>
+      <c r="AX30" s="116"/>
+      <c r="AY30" s="116"/>
+      <c r="AZ30" s="116"/>
+      <c r="BA30" s="116"/>
+      <c r="BB30" s="116"/>
+      <c r="BC30" s="117"/>
     </row>
     <row r="31" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="48"/>
       <c r="B31" s="49"/>
       <c r="C31" s="49"/>
       <c r="D31" s="49"/>
       <c r="E31" s="49"/>
       <c r="F31" s="52"/>
-      <c r="G31" s="233"/>
-[...1 lines deleted...]
-      <c r="I31" s="125" t="s">
+      <c r="G31" s="252"/>
+      <c r="H31" s="252"/>
+      <c r="I31" s="116" t="s">
         <v>29</v>
       </c>
-      <c r="J31" s="125"/>
-[...44 lines deleted...]
-      <c r="BC31" s="126"/>
+      <c r="J31" s="116"/>
+      <c r="K31" s="116"/>
+      <c r="L31" s="116"/>
+      <c r="M31" s="116"/>
+      <c r="N31" s="116"/>
+      <c r="O31" s="116"/>
+      <c r="P31" s="116"/>
+      <c r="Q31" s="116"/>
+      <c r="R31" s="116"/>
+      <c r="S31" s="116"/>
+      <c r="T31" s="116"/>
+      <c r="U31" s="116"/>
+      <c r="V31" s="116"/>
+      <c r="W31" s="116"/>
+      <c r="X31" s="116"/>
+      <c r="Y31" s="116"/>
+      <c r="Z31" s="116"/>
+      <c r="AA31" s="116"/>
+      <c r="AB31" s="116"/>
+      <c r="AC31" s="116"/>
+      <c r="AD31" s="116"/>
+      <c r="AE31" s="116"/>
+      <c r="AF31" s="116"/>
+      <c r="AG31" s="116"/>
+      <c r="AH31" s="116"/>
+      <c r="AI31" s="116"/>
+      <c r="AJ31" s="116"/>
+      <c r="AK31" s="116"/>
+      <c r="AL31" s="116"/>
+      <c r="AM31" s="116"/>
+      <c r="AN31" s="116"/>
+      <c r="AO31" s="116"/>
+      <c r="AP31" s="116"/>
+      <c r="AQ31" s="116"/>
+      <c r="AR31" s="116"/>
+      <c r="AS31" s="116"/>
+      <c r="AT31" s="116"/>
+      <c r="AU31" s="116"/>
+      <c r="AV31" s="116"/>
+      <c r="AW31" s="116"/>
+      <c r="AX31" s="116"/>
+      <c r="AY31" s="116"/>
+      <c r="AZ31" s="116"/>
+      <c r="BA31" s="116"/>
+      <c r="BB31" s="116"/>
+      <c r="BC31" s="117"/>
     </row>
     <row r="32" spans="1:55" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="50"/>
       <c r="B32" s="51"/>
       <c r="C32" s="51"/>
       <c r="D32" s="51"/>
       <c r="E32" s="51"/>
       <c r="F32" s="53"/>
-      <c r="G32" s="252"/>
-[...1 lines deleted...]
-      <c r="I32" s="127" t="s">
+      <c r="G32" s="236"/>
+      <c r="H32" s="236"/>
+      <c r="I32" s="133" t="s">
         <v>30</v>
       </c>
-      <c r="J32" s="127"/>
-[...44 lines deleted...]
-      <c r="BC32" s="128"/>
+      <c r="J32" s="133"/>
+      <c r="K32" s="133"/>
+      <c r="L32" s="133"/>
+      <c r="M32" s="133"/>
+      <c r="N32" s="133"/>
+      <c r="O32" s="133"/>
+      <c r="P32" s="133"/>
+      <c r="Q32" s="133"/>
+      <c r="R32" s="133"/>
+      <c r="S32" s="133"/>
+      <c r="T32" s="133"/>
+      <c r="U32" s="133"/>
+      <c r="V32" s="133"/>
+      <c r="W32" s="133"/>
+      <c r="X32" s="133"/>
+      <c r="Y32" s="133"/>
+      <c r="Z32" s="133"/>
+      <c r="AA32" s="133"/>
+      <c r="AB32" s="133"/>
+      <c r="AC32" s="133"/>
+      <c r="AD32" s="133"/>
+      <c r="AE32" s="133"/>
+      <c r="AF32" s="133"/>
+      <c r="AG32" s="133"/>
+      <c r="AH32" s="133"/>
+      <c r="AI32" s="133"/>
+      <c r="AJ32" s="133"/>
+      <c r="AK32" s="133"/>
+      <c r="AL32" s="133"/>
+      <c r="AM32" s="133"/>
+      <c r="AN32" s="133"/>
+      <c r="AO32" s="133"/>
+      <c r="AP32" s="133"/>
+      <c r="AQ32" s="133"/>
+      <c r="AR32" s="133"/>
+      <c r="AS32" s="133"/>
+      <c r="AT32" s="133"/>
+      <c r="AU32" s="133"/>
+      <c r="AV32" s="133"/>
+      <c r="AW32" s="133"/>
+      <c r="AX32" s="133"/>
+      <c r="AY32" s="133"/>
+      <c r="AZ32" s="133"/>
+      <c r="BA32" s="133"/>
+      <c r="BB32" s="133"/>
+      <c r="BC32" s="134"/>
     </row>
     <row r="33" spans="1:69" s="20" customFormat="1" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="102" t="s">
+      <c r="A33" s="146" t="s">
         <v>115</v>
       </c>
-      <c r="B33" s="95"/>
-[...52 lines deleted...]
-      <c r="BC33" s="96"/>
+      <c r="B33" s="87"/>
+      <c r="C33" s="87"/>
+      <c r="D33" s="87"/>
+      <c r="E33" s="87"/>
+      <c r="F33" s="87"/>
+      <c r="G33" s="87"/>
+      <c r="H33" s="87"/>
+      <c r="I33" s="87"/>
+      <c r="J33" s="87"/>
+      <c r="K33" s="87"/>
+      <c r="L33" s="87"/>
+      <c r="M33" s="87"/>
+      <c r="N33" s="87"/>
+      <c r="O33" s="87"/>
+      <c r="P33" s="87"/>
+      <c r="Q33" s="87"/>
+      <c r="R33" s="87"/>
+      <c r="S33" s="87"/>
+      <c r="T33" s="87"/>
+      <c r="U33" s="87"/>
+      <c r="V33" s="87"/>
+      <c r="W33" s="87"/>
+      <c r="X33" s="87"/>
+      <c r="Y33" s="87"/>
+      <c r="Z33" s="87"/>
+      <c r="AA33" s="87"/>
+      <c r="AB33" s="87"/>
+      <c r="AC33" s="87"/>
+      <c r="AD33" s="87"/>
+      <c r="AE33" s="87"/>
+      <c r="AF33" s="87"/>
+      <c r="AG33" s="87"/>
+      <c r="AH33" s="87"/>
+      <c r="AI33" s="87"/>
+      <c r="AJ33" s="87"/>
+      <c r="AK33" s="87"/>
+      <c r="AL33" s="87"/>
+      <c r="AM33" s="87"/>
+      <c r="AN33" s="87"/>
+      <c r="AO33" s="87"/>
+      <c r="AP33" s="87"/>
+      <c r="AQ33" s="87"/>
+      <c r="AR33" s="87"/>
+      <c r="AS33" s="87"/>
+      <c r="AT33" s="87"/>
+      <c r="AU33" s="87"/>
+      <c r="AV33" s="87"/>
+      <c r="AW33" s="87"/>
+      <c r="AX33" s="87"/>
+      <c r="AY33" s="87"/>
+      <c r="AZ33" s="87"/>
+      <c r="BA33" s="87"/>
+      <c r="BB33" s="87"/>
+      <c r="BC33" s="110"/>
     </row>
     <row r="34" spans="1:69" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="175" t="s">
+      <c r="A34" s="222" t="s">
         <v>95</v>
       </c>
-      <c r="B34" s="155"/>
-[...2 lines deleted...]
-      <c r="E34" s="155"/>
+      <c r="B34" s="83"/>
+      <c r="C34" s="83"/>
+      <c r="D34" s="83"/>
+      <c r="E34" s="83"/>
       <c r="F34" s="28"/>
-      <c r="G34" s="246"/>
-[...47 lines deleted...]
-      <c r="BC34" s="248"/>
+      <c r="G34" s="245"/>
+      <c r="H34" s="246"/>
+      <c r="I34" s="246"/>
+      <c r="J34" s="246"/>
+      <c r="K34" s="246"/>
+      <c r="L34" s="246"/>
+      <c r="M34" s="246"/>
+      <c r="N34" s="246"/>
+      <c r="O34" s="246"/>
+      <c r="P34" s="246"/>
+      <c r="Q34" s="246"/>
+      <c r="R34" s="246"/>
+      <c r="S34" s="246"/>
+      <c r="T34" s="246"/>
+      <c r="U34" s="246"/>
+      <c r="V34" s="246"/>
+      <c r="W34" s="246"/>
+      <c r="X34" s="246"/>
+      <c r="Y34" s="246"/>
+      <c r="Z34" s="246"/>
+      <c r="AA34" s="246"/>
+      <c r="AB34" s="246"/>
+      <c r="AC34" s="246"/>
+      <c r="AD34" s="246"/>
+      <c r="AE34" s="246"/>
+      <c r="AF34" s="246"/>
+      <c r="AG34" s="246"/>
+      <c r="AH34" s="246"/>
+      <c r="AI34" s="246"/>
+      <c r="AJ34" s="246"/>
+      <c r="AK34" s="246"/>
+      <c r="AL34" s="246"/>
+      <c r="AM34" s="246"/>
+      <c r="AN34" s="246"/>
+      <c r="AO34" s="246"/>
+      <c r="AP34" s="246"/>
+      <c r="AQ34" s="246"/>
+      <c r="AR34" s="246"/>
+      <c r="AS34" s="246"/>
+      <c r="AT34" s="246"/>
+      <c r="AU34" s="246"/>
+      <c r="AV34" s="246"/>
+      <c r="AW34" s="246"/>
+      <c r="AX34" s="246"/>
+      <c r="AY34" s="246"/>
+      <c r="AZ34" s="246"/>
+      <c r="BA34" s="246"/>
+      <c r="BB34" s="246"/>
+      <c r="BC34" s="247"/>
     </row>
     <row r="35" spans="1:69" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="175"/>
-[...3 lines deleted...]
-      <c r="E35" s="155"/>
+      <c r="A35" s="222"/>
+      <c r="B35" s="83"/>
+      <c r="C35" s="83"/>
+      <c r="D35" s="83"/>
+      <c r="E35" s="83"/>
       <c r="F35" s="47"/>
-      <c r="G35" s="235"/>
-[...47 lines deleted...]
-      <c r="BC35" s="237"/>
+      <c r="G35" s="249"/>
+      <c r="H35" s="250"/>
+      <c r="I35" s="250"/>
+      <c r="J35" s="250"/>
+      <c r="K35" s="250"/>
+      <c r="L35" s="250"/>
+      <c r="M35" s="250"/>
+      <c r="N35" s="250"/>
+      <c r="O35" s="250"/>
+      <c r="P35" s="250"/>
+      <c r="Q35" s="250"/>
+      <c r="R35" s="250"/>
+      <c r="S35" s="250"/>
+      <c r="T35" s="250"/>
+      <c r="U35" s="250"/>
+      <c r="V35" s="250"/>
+      <c r="W35" s="250"/>
+      <c r="X35" s="250"/>
+      <c r="Y35" s="250"/>
+      <c r="Z35" s="250"/>
+      <c r="AA35" s="250"/>
+      <c r="AB35" s="250"/>
+      <c r="AC35" s="250"/>
+      <c r="AD35" s="250"/>
+      <c r="AE35" s="250"/>
+      <c r="AF35" s="250"/>
+      <c r="AG35" s="250"/>
+      <c r="AH35" s="250"/>
+      <c r="AI35" s="250"/>
+      <c r="AJ35" s="250"/>
+      <c r="AK35" s="250"/>
+      <c r="AL35" s="250"/>
+      <c r="AM35" s="250"/>
+      <c r="AN35" s="250"/>
+      <c r="AO35" s="250"/>
+      <c r="AP35" s="250"/>
+      <c r="AQ35" s="250"/>
+      <c r="AR35" s="250"/>
+      <c r="AS35" s="250"/>
+      <c r="AT35" s="250"/>
+      <c r="AU35" s="250"/>
+      <c r="AV35" s="250"/>
+      <c r="AW35" s="250"/>
+      <c r="AX35" s="250"/>
+      <c r="AY35" s="250"/>
+      <c r="AZ35" s="250"/>
+      <c r="BA35" s="250"/>
+      <c r="BB35" s="250"/>
+      <c r="BC35" s="251"/>
     </row>
     <row r="36" spans="1:69" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="168" t="s">
+      <c r="A36" s="204" t="s">
         <v>102</v>
       </c>
-      <c r="B36" s="169"/>
-[...52 lines deleted...]
-      <c r="BC36" s="170"/>
+      <c r="B36" s="205"/>
+      <c r="C36" s="205"/>
+      <c r="D36" s="205"/>
+      <c r="E36" s="205"/>
+      <c r="F36" s="205"/>
+      <c r="G36" s="205"/>
+      <c r="H36" s="205"/>
+      <c r="I36" s="205"/>
+      <c r="J36" s="205"/>
+      <c r="K36" s="205"/>
+      <c r="L36" s="205"/>
+      <c r="M36" s="205"/>
+      <c r="N36" s="205"/>
+      <c r="O36" s="205"/>
+      <c r="P36" s="205"/>
+      <c r="Q36" s="205"/>
+      <c r="R36" s="205"/>
+      <c r="S36" s="205"/>
+      <c r="T36" s="205"/>
+      <c r="U36" s="205"/>
+      <c r="V36" s="205"/>
+      <c r="W36" s="205"/>
+      <c r="X36" s="205"/>
+      <c r="Y36" s="205"/>
+      <c r="Z36" s="205"/>
+      <c r="AA36" s="205"/>
+      <c r="AB36" s="205"/>
+      <c r="AC36" s="205"/>
+      <c r="AD36" s="205"/>
+      <c r="AE36" s="205"/>
+      <c r="AF36" s="205"/>
+      <c r="AG36" s="205"/>
+      <c r="AH36" s="205"/>
+      <c r="AI36" s="205"/>
+      <c r="AJ36" s="205"/>
+      <c r="AK36" s="205"/>
+      <c r="AL36" s="205"/>
+      <c r="AM36" s="205"/>
+      <c r="AN36" s="205"/>
+      <c r="AO36" s="205"/>
+      <c r="AP36" s="205"/>
+      <c r="AQ36" s="205"/>
+      <c r="AR36" s="205"/>
+      <c r="AS36" s="205"/>
+      <c r="AT36" s="205"/>
+      <c r="AU36" s="205"/>
+      <c r="AV36" s="205"/>
+      <c r="AW36" s="205"/>
+      <c r="AX36" s="205"/>
+      <c r="AY36" s="205"/>
+      <c r="AZ36" s="205"/>
+      <c r="BA36" s="205"/>
+      <c r="BB36" s="205"/>
+      <c r="BC36" s="206"/>
     </row>
     <row r="37" spans="1:69" ht="36.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="144" t="s">
+      <c r="A37" s="130" t="s">
         <v>100</v>
       </c>
-      <c r="B37" s="145"/>
-[...50 lines deleted...]
-      <c r="BA37" s="146"/>
+      <c r="B37" s="131"/>
+      <c r="C37" s="131"/>
+      <c r="D37" s="131"/>
+      <c r="E37" s="131"/>
+      <c r="F37" s="131"/>
+      <c r="G37" s="131"/>
+      <c r="H37" s="131"/>
+      <c r="I37" s="131"/>
+      <c r="J37" s="131"/>
+      <c r="K37" s="131"/>
+      <c r="L37" s="131"/>
+      <c r="M37" s="131"/>
+      <c r="N37" s="131"/>
+      <c r="O37" s="131"/>
+      <c r="P37" s="131"/>
+      <c r="Q37" s="131"/>
+      <c r="R37" s="131"/>
+      <c r="S37" s="131"/>
+      <c r="T37" s="131"/>
+      <c r="U37" s="131"/>
+      <c r="V37" s="131"/>
+      <c r="W37" s="131"/>
+      <c r="X37" s="131"/>
+      <c r="Y37" s="131"/>
+      <c r="Z37" s="131"/>
+      <c r="AA37" s="131"/>
+      <c r="AB37" s="131"/>
+      <c r="AC37" s="131"/>
+      <c r="AD37" s="131"/>
+      <c r="AE37" s="131"/>
+      <c r="AF37" s="131"/>
+      <c r="AG37" s="131"/>
+      <c r="AH37" s="131"/>
+      <c r="AI37" s="131"/>
+      <c r="AJ37" s="131"/>
+      <c r="AK37" s="131"/>
+      <c r="AL37" s="131"/>
+      <c r="AM37" s="131"/>
+      <c r="AN37" s="131"/>
+      <c r="AO37" s="131"/>
+      <c r="AP37" s="131"/>
+      <c r="AQ37" s="131"/>
+      <c r="AR37" s="131"/>
+      <c r="AS37" s="131"/>
+      <c r="AT37" s="131"/>
+      <c r="AU37" s="131"/>
+      <c r="AV37" s="131"/>
+      <c r="AW37" s="131"/>
+      <c r="AX37" s="131"/>
+      <c r="AY37" s="131"/>
+      <c r="AZ37" s="131"/>
+      <c r="BA37" s="132"/>
       <c r="BB37" s="33"/>
       <c r="BC37" s="34"/>
     </row>
     <row r="38" spans="1:69" ht="36.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="144" t="s">
+      <c r="A38" s="130" t="s">
         <v>96</v>
       </c>
-      <c r="B38" s="145"/>
-[...50 lines deleted...]
-      <c r="BA38" s="146"/>
+      <c r="B38" s="131"/>
+      <c r="C38" s="131"/>
+      <c r="D38" s="131"/>
+      <c r="E38" s="131"/>
+      <c r="F38" s="131"/>
+      <c r="G38" s="131"/>
+      <c r="H38" s="131"/>
+      <c r="I38" s="131"/>
+      <c r="J38" s="131"/>
+      <c r="K38" s="131"/>
+      <c r="L38" s="131"/>
+      <c r="M38" s="131"/>
+      <c r="N38" s="131"/>
+      <c r="O38" s="131"/>
+      <c r="P38" s="131"/>
+      <c r="Q38" s="131"/>
+      <c r="R38" s="131"/>
+      <c r="S38" s="131"/>
+      <c r="T38" s="131"/>
+      <c r="U38" s="131"/>
+      <c r="V38" s="131"/>
+      <c r="W38" s="131"/>
+      <c r="X38" s="131"/>
+      <c r="Y38" s="131"/>
+      <c r="Z38" s="131"/>
+      <c r="AA38" s="131"/>
+      <c r="AB38" s="131"/>
+      <c r="AC38" s="131"/>
+      <c r="AD38" s="131"/>
+      <c r="AE38" s="131"/>
+      <c r="AF38" s="131"/>
+      <c r="AG38" s="131"/>
+      <c r="AH38" s="131"/>
+      <c r="AI38" s="131"/>
+      <c r="AJ38" s="131"/>
+      <c r="AK38" s="131"/>
+      <c r="AL38" s="131"/>
+      <c r="AM38" s="131"/>
+      <c r="AN38" s="131"/>
+      <c r="AO38" s="131"/>
+      <c r="AP38" s="131"/>
+      <c r="AQ38" s="131"/>
+      <c r="AR38" s="131"/>
+      <c r="AS38" s="131"/>
+      <c r="AT38" s="131"/>
+      <c r="AU38" s="131"/>
+      <c r="AV38" s="131"/>
+      <c r="AW38" s="131"/>
+      <c r="AX38" s="131"/>
+      <c r="AY38" s="131"/>
+      <c r="AZ38" s="131"/>
+      <c r="BA38" s="132"/>
       <c r="BB38" s="27"/>
       <c r="BC38" s="35"/>
       <c r="BD38" s="8"/>
       <c r="BE38" s="8"/>
       <c r="BF38" s="8"/>
       <c r="BG38" s="8"/>
       <c r="BH38" s="8"/>
       <c r="BI38" s="8"/>
       <c r="BJ38" s="8"/>
       <c r="BK38" s="8"/>
       <c r="BL38" s="8"/>
       <c r="BM38" s="8"/>
       <c r="BN38" s="8"/>
       <c r="BO38" s="8"/>
       <c r="BP38" s="8"/>
       <c r="BQ38" s="8"/>
     </row>
     <row r="39" spans="1:69" s="20" customFormat="1" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="102" t="s">
+      <c r="A39" s="146" t="s">
         <v>115</v>
       </c>
-      <c r="B39" s="95"/>
-[...52 lines deleted...]
-      <c r="BC39" s="136"/>
+      <c r="B39" s="87"/>
+      <c r="C39" s="87"/>
+      <c r="D39" s="87"/>
+      <c r="E39" s="87"/>
+      <c r="F39" s="88"/>
+      <c r="G39" s="118"/>
+      <c r="H39" s="119"/>
+      <c r="I39" s="119"/>
+      <c r="J39" s="119"/>
+      <c r="K39" s="119"/>
+      <c r="L39" s="119"/>
+      <c r="M39" s="119"/>
+      <c r="N39" s="119"/>
+      <c r="O39" s="119"/>
+      <c r="P39" s="119"/>
+      <c r="Q39" s="119"/>
+      <c r="R39" s="119"/>
+      <c r="S39" s="119"/>
+      <c r="T39" s="119"/>
+      <c r="U39" s="119"/>
+      <c r="V39" s="119"/>
+      <c r="W39" s="119"/>
+      <c r="X39" s="119"/>
+      <c r="Y39" s="119"/>
+      <c r="Z39" s="119"/>
+      <c r="AA39" s="119"/>
+      <c r="AB39" s="119"/>
+      <c r="AC39" s="119"/>
+      <c r="AD39" s="119"/>
+      <c r="AE39" s="119"/>
+      <c r="AF39" s="119"/>
+      <c r="AG39" s="119"/>
+      <c r="AH39" s="119"/>
+      <c r="AI39" s="119"/>
+      <c r="AJ39" s="119"/>
+      <c r="AK39" s="119"/>
+      <c r="AL39" s="119"/>
+      <c r="AM39" s="119"/>
+      <c r="AN39" s="119"/>
+      <c r="AO39" s="119"/>
+      <c r="AP39" s="119"/>
+      <c r="AQ39" s="119"/>
+      <c r="AR39" s="119"/>
+      <c r="AS39" s="119"/>
+      <c r="AT39" s="119"/>
+      <c r="AU39" s="119"/>
+      <c r="AV39" s="119"/>
+      <c r="AW39" s="119"/>
+      <c r="AX39" s="119"/>
+      <c r="AY39" s="119"/>
+      <c r="AZ39" s="119"/>
+      <c r="BA39" s="119"/>
+      <c r="BB39" s="119"/>
+      <c r="BC39" s="120"/>
       <c r="BD39" s="4"/>
       <c r="BE39" s="4"/>
       <c r="BF39" s="4"/>
       <c r="BG39" s="4"/>
       <c r="BH39" s="4"/>
       <c r="BI39" s="4"/>
       <c r="BJ39" s="4"/>
       <c r="BK39" s="4"/>
       <c r="BL39" s="4"/>
       <c r="BM39" s="4"/>
       <c r="BN39" s="4"/>
       <c r="BO39" s="4"/>
       <c r="BP39" s="4"/>
       <c r="BQ39" s="4"/>
     </row>
     <row r="40" spans="1:69" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="141" t="s">
+      <c r="A40" s="126" t="s">
         <v>95</v>
       </c>
-      <c r="B40" s="142"/>
-[...2 lines deleted...]
-      <c r="E40" s="142"/>
+      <c r="B40" s="96"/>
+      <c r="C40" s="96"/>
+      <c r="D40" s="96"/>
+      <c r="E40" s="96"/>
       <c r="F40" s="28"/>
-      <c r="G40" s="143"/>
-[...47 lines deleted...]
-      <c r="BC40" s="136"/>
+      <c r="G40" s="118"/>
+      <c r="H40" s="119"/>
+      <c r="I40" s="119"/>
+      <c r="J40" s="119"/>
+      <c r="K40" s="119"/>
+      <c r="L40" s="119"/>
+      <c r="M40" s="119"/>
+      <c r="N40" s="119"/>
+      <c r="O40" s="119"/>
+      <c r="P40" s="119"/>
+      <c r="Q40" s="119"/>
+      <c r="R40" s="119"/>
+      <c r="S40" s="119"/>
+      <c r="T40" s="119"/>
+      <c r="U40" s="119"/>
+      <c r="V40" s="119"/>
+      <c r="W40" s="119"/>
+      <c r="X40" s="119"/>
+      <c r="Y40" s="119"/>
+      <c r="Z40" s="119"/>
+      <c r="AA40" s="119"/>
+      <c r="AB40" s="119"/>
+      <c r="AC40" s="119"/>
+      <c r="AD40" s="119"/>
+      <c r="AE40" s="119"/>
+      <c r="AF40" s="119"/>
+      <c r="AG40" s="119"/>
+      <c r="AH40" s="119"/>
+      <c r="AI40" s="119"/>
+      <c r="AJ40" s="119"/>
+      <c r="AK40" s="119"/>
+      <c r="AL40" s="119"/>
+      <c r="AM40" s="119"/>
+      <c r="AN40" s="119"/>
+      <c r="AO40" s="119"/>
+      <c r="AP40" s="119"/>
+      <c r="AQ40" s="119"/>
+      <c r="AR40" s="119"/>
+      <c r="AS40" s="119"/>
+      <c r="AT40" s="119"/>
+      <c r="AU40" s="119"/>
+      <c r="AV40" s="119"/>
+      <c r="AW40" s="119"/>
+      <c r="AX40" s="119"/>
+      <c r="AY40" s="119"/>
+      <c r="AZ40" s="119"/>
+      <c r="BA40" s="119"/>
+      <c r="BB40" s="119"/>
+      <c r="BC40" s="120"/>
       <c r="BD40" s="8"/>
       <c r="BE40" s="8"/>
       <c r="BF40" s="8"/>
       <c r="BG40" s="8"/>
       <c r="BH40" s="8"/>
       <c r="BI40" s="8"/>
       <c r="BJ40" s="8"/>
       <c r="BK40" s="8"/>
       <c r="BL40" s="8"/>
       <c r="BM40" s="8"/>
       <c r="BN40" s="8"/>
       <c r="BO40" s="8"/>
       <c r="BP40" s="8"/>
       <c r="BQ40" s="8"/>
     </row>
     <row r="41" spans="1:69" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="141"/>
-[...3 lines deleted...]
-      <c r="E41" s="142"/>
+      <c r="A41" s="126"/>
+      <c r="B41" s="96"/>
+      <c r="C41" s="96"/>
+      <c r="D41" s="96"/>
+      <c r="E41" s="96"/>
       <c r="F41" s="37"/>
-      <c r="G41" s="143"/>
-[...47 lines deleted...]
-      <c r="BC41" s="136"/>
+      <c r="G41" s="118"/>
+      <c r="H41" s="119"/>
+      <c r="I41" s="119"/>
+      <c r="J41" s="119"/>
+      <c r="K41" s="119"/>
+      <c r="L41" s="119"/>
+      <c r="M41" s="119"/>
+      <c r="N41" s="119"/>
+      <c r="O41" s="119"/>
+      <c r="P41" s="119"/>
+      <c r="Q41" s="119"/>
+      <c r="R41" s="119"/>
+      <c r="S41" s="119"/>
+      <c r="T41" s="119"/>
+      <c r="U41" s="119"/>
+      <c r="V41" s="119"/>
+      <c r="W41" s="119"/>
+      <c r="X41" s="119"/>
+      <c r="Y41" s="119"/>
+      <c r="Z41" s="119"/>
+      <c r="AA41" s="119"/>
+      <c r="AB41" s="119"/>
+      <c r="AC41" s="119"/>
+      <c r="AD41" s="119"/>
+      <c r="AE41" s="119"/>
+      <c r="AF41" s="119"/>
+      <c r="AG41" s="119"/>
+      <c r="AH41" s="119"/>
+      <c r="AI41" s="119"/>
+      <c r="AJ41" s="119"/>
+      <c r="AK41" s="119"/>
+      <c r="AL41" s="119"/>
+      <c r="AM41" s="119"/>
+      <c r="AN41" s="119"/>
+      <c r="AO41" s="119"/>
+      <c r="AP41" s="119"/>
+      <c r="AQ41" s="119"/>
+      <c r="AR41" s="119"/>
+      <c r="AS41" s="119"/>
+      <c r="AT41" s="119"/>
+      <c r="AU41" s="119"/>
+      <c r="AV41" s="119"/>
+      <c r="AW41" s="119"/>
+      <c r="AX41" s="119"/>
+      <c r="AY41" s="119"/>
+      <c r="AZ41" s="119"/>
+      <c r="BA41" s="119"/>
+      <c r="BB41" s="119"/>
+      <c r="BC41" s="120"/>
       <c r="BD41" s="8"/>
       <c r="BE41" s="8"/>
       <c r="BF41" s="8"/>
       <c r="BG41" s="8"/>
       <c r="BH41" s="8"/>
       <c r="BI41" s="8"/>
       <c r="BJ41" s="8"/>
       <c r="BK41" s="8"/>
       <c r="BL41" s="8"/>
       <c r="BM41" s="8"/>
       <c r="BN41" s="8"/>
       <c r="BO41" s="8"/>
       <c r="BP41" s="8"/>
       <c r="BQ41" s="8"/>
     </row>
     <row r="42" spans="1:69" s="9" customFormat="1" ht="34.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="92" t="s">
+      <c r="A42" s="104" t="s">
         <v>94</v>
       </c>
-      <c r="B42" s="93"/>
-[...6 lines deleted...]
-      <c r="I42" s="120" t="s">
+      <c r="B42" s="100"/>
+      <c r="C42" s="105"/>
+      <c r="D42" s="101"/>
+      <c r="E42" s="102"/>
+      <c r="F42" s="102"/>
+      <c r="G42" s="102"/>
+      <c r="H42" s="103"/>
+      <c r="I42" s="123" t="s">
         <v>136</v>
       </c>
-      <c r="J42" s="121"/>
-[...24 lines deleted...]
-      <c r="AI42" s="120" t="s">
+      <c r="J42" s="124"/>
+      <c r="K42" s="124"/>
+      <c r="L42" s="124"/>
+      <c r="M42" s="124"/>
+      <c r="N42" s="148"/>
+      <c r="O42" s="149"/>
+      <c r="P42" s="149"/>
+      <c r="Q42" s="149"/>
+      <c r="R42" s="149"/>
+      <c r="S42" s="149"/>
+      <c r="T42" s="149"/>
+      <c r="U42" s="149"/>
+      <c r="V42" s="149"/>
+      <c r="W42" s="149"/>
+      <c r="X42" s="149"/>
+      <c r="Y42" s="149"/>
+      <c r="Z42" s="149"/>
+      <c r="AA42" s="149"/>
+      <c r="AB42" s="149"/>
+      <c r="AC42" s="149"/>
+      <c r="AD42" s="149"/>
+      <c r="AE42" s="149"/>
+      <c r="AF42" s="149"/>
+      <c r="AG42" s="149"/>
+      <c r="AH42" s="150"/>
+      <c r="AI42" s="123" t="s">
         <v>93</v>
       </c>
-      <c r="AJ42" s="121"/>
-[...18 lines deleted...]
-      <c r="BC42" s="140"/>
+      <c r="AJ42" s="124"/>
+      <c r="AK42" s="124"/>
+      <c r="AL42" s="124"/>
+      <c r="AM42" s="124"/>
+      <c r="AN42" s="124"/>
+      <c r="AO42" s="124"/>
+      <c r="AP42" s="124"/>
+      <c r="AQ42" s="124"/>
+      <c r="AR42" s="124"/>
+      <c r="AS42" s="124"/>
+      <c r="AT42" s="124"/>
+      <c r="AU42" s="124"/>
+      <c r="AV42" s="124"/>
+      <c r="AW42" s="124"/>
+      <c r="AX42" s="124"/>
+      <c r="AY42" s="124"/>
+      <c r="AZ42" s="124"/>
+      <c r="BA42" s="124"/>
+      <c r="BB42" s="124"/>
+      <c r="BC42" s="125"/>
     </row>
     <row r="43" spans="1:69" ht="51.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="134" t="s">
+      <c r="A43" s="122" t="s">
         <v>38</v>
       </c>
-      <c r="B43" s="135"/>
-[...52 lines deleted...]
-      <c r="BC43" s="136"/>
+      <c r="B43" s="119"/>
+      <c r="C43" s="119"/>
+      <c r="D43" s="119"/>
+      <c r="E43" s="119"/>
+      <c r="F43" s="119"/>
+      <c r="G43" s="119"/>
+      <c r="H43" s="119"/>
+      <c r="I43" s="119"/>
+      <c r="J43" s="119"/>
+      <c r="K43" s="119"/>
+      <c r="L43" s="119"/>
+      <c r="M43" s="119"/>
+      <c r="N43" s="119"/>
+      <c r="O43" s="119"/>
+      <c r="P43" s="119"/>
+      <c r="Q43" s="119"/>
+      <c r="R43" s="119"/>
+      <c r="S43" s="119"/>
+      <c r="T43" s="119"/>
+      <c r="U43" s="119"/>
+      <c r="V43" s="119"/>
+      <c r="W43" s="119"/>
+      <c r="X43" s="119"/>
+      <c r="Y43" s="119"/>
+      <c r="Z43" s="119"/>
+      <c r="AA43" s="119"/>
+      <c r="AB43" s="119"/>
+      <c r="AC43" s="119"/>
+      <c r="AD43" s="119"/>
+      <c r="AE43" s="119"/>
+      <c r="AF43" s="119"/>
+      <c r="AG43" s="119"/>
+      <c r="AH43" s="119"/>
+      <c r="AI43" s="119"/>
+      <c r="AJ43" s="119"/>
+      <c r="AK43" s="119"/>
+      <c r="AL43" s="119"/>
+      <c r="AM43" s="119"/>
+      <c r="AN43" s="119"/>
+      <c r="AO43" s="119"/>
+      <c r="AP43" s="119"/>
+      <c r="AQ43" s="119"/>
+      <c r="AR43" s="119"/>
+      <c r="AS43" s="119"/>
+      <c r="AT43" s="119"/>
+      <c r="AU43" s="119"/>
+      <c r="AV43" s="119"/>
+      <c r="AW43" s="119"/>
+      <c r="AX43" s="119"/>
+      <c r="AY43" s="119"/>
+      <c r="AZ43" s="119"/>
+      <c r="BA43" s="119"/>
+      <c r="BB43" s="119"/>
+      <c r="BC43" s="120"/>
     </row>
     <row r="44" spans="1:69" s="9" customFormat="1" ht="34.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="92" t="s">
+      <c r="A44" s="104" t="s">
         <v>137</v>
       </c>
-      <c r="B44" s="93"/>
-[...6 lines deleted...]
-      <c r="I44" s="120" t="s">
+      <c r="B44" s="100"/>
+      <c r="C44" s="105"/>
+      <c r="D44" s="101"/>
+      <c r="E44" s="102"/>
+      <c r="F44" s="102"/>
+      <c r="G44" s="102"/>
+      <c r="H44" s="103"/>
+      <c r="I44" s="123" t="s">
         <v>138</v>
       </c>
-      <c r="J44" s="121"/>
-[...24 lines deleted...]
-      <c r="AI44" s="120" t="s">
+      <c r="J44" s="124"/>
+      <c r="K44" s="124"/>
+      <c r="L44" s="124"/>
+      <c r="M44" s="124"/>
+      <c r="N44" s="148"/>
+      <c r="O44" s="149"/>
+      <c r="P44" s="149"/>
+      <c r="Q44" s="149"/>
+      <c r="R44" s="149"/>
+      <c r="S44" s="149"/>
+      <c r="T44" s="149"/>
+      <c r="U44" s="149"/>
+      <c r="V44" s="149"/>
+      <c r="W44" s="149"/>
+      <c r="X44" s="149"/>
+      <c r="Y44" s="149"/>
+      <c r="Z44" s="149"/>
+      <c r="AA44" s="149"/>
+      <c r="AB44" s="149"/>
+      <c r="AC44" s="149"/>
+      <c r="AD44" s="149"/>
+      <c r="AE44" s="149"/>
+      <c r="AF44" s="149"/>
+      <c r="AG44" s="149"/>
+      <c r="AH44" s="150"/>
+      <c r="AI44" s="123" t="s">
         <v>93</v>
       </c>
-      <c r="AJ44" s="121"/>
-[...18 lines deleted...]
-      <c r="BC44" s="140"/>
+      <c r="AJ44" s="124"/>
+      <c r="AK44" s="124"/>
+      <c r="AL44" s="124"/>
+      <c r="AM44" s="124"/>
+      <c r="AN44" s="124"/>
+      <c r="AO44" s="124"/>
+      <c r="AP44" s="124"/>
+      <c r="AQ44" s="124"/>
+      <c r="AR44" s="124"/>
+      <c r="AS44" s="124"/>
+      <c r="AT44" s="124"/>
+      <c r="AU44" s="124"/>
+      <c r="AV44" s="124"/>
+      <c r="AW44" s="124"/>
+      <c r="AX44" s="124"/>
+      <c r="AY44" s="124"/>
+      <c r="AZ44" s="124"/>
+      <c r="BA44" s="124"/>
+      <c r="BB44" s="124"/>
+      <c r="BC44" s="125"/>
     </row>
     <row r="45" spans="1:69" ht="15" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="G45" s="234"/>
-[...15 lines deleted...]
-      <c r="W45" s="234"/>
+      <c r="G45" s="248"/>
+      <c r="H45" s="248"/>
+      <c r="I45" s="248"/>
+      <c r="J45" s="248"/>
+      <c r="K45" s="248"/>
+      <c r="L45" s="248"/>
+      <c r="M45" s="248"/>
+      <c r="N45" s="248"/>
+      <c r="O45" s="248"/>
+      <c r="P45" s="248"/>
+      <c r="Q45" s="248"/>
+      <c r="R45" s="248"/>
+      <c r="S45" s="248"/>
+      <c r="T45" s="248"/>
+      <c r="U45" s="248"/>
+      <c r="V45" s="248"/>
+      <c r="W45" s="248"/>
       <c r="AU45" s="4"/>
       <c r="AV45" s="4"/>
       <c r="AW45" s="4"/>
       <c r="AX45" s="4"/>
     </row>
     <row r="46" spans="1:69" x14ac:dyDescent="0.25">
       <c r="AU46" s="4"/>
       <c r="AV46" s="4"/>
       <c r="AW46" s="4"/>
       <c r="AX46" s="4"/>
     </row>
     <row r="47" spans="1:69" x14ac:dyDescent="0.25">
       <c r="AU47" s="4"/>
       <c r="AV47" s="4"/>
       <c r="AW47" s="4"/>
       <c r="AX47" s="4"/>
     </row>
     <row r="48" spans="1:69" x14ac:dyDescent="0.25">
       <c r="AU48" s="4"/>
       <c r="AV48" s="4"/>
       <c r="AW48" s="4"/>
       <c r="AX48" s="4"/>
     </row>
     <row r="49" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="50" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="51" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="111">
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="A38:BA38"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="I27:BC27"/>
+    <mergeCell ref="I31:BC31"/>
+    <mergeCell ref="G45:W45"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="E25:F25"/>
+    <mergeCell ref="A37:BA37"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="AI42:BC42"/>
+    <mergeCell ref="I42:N42"/>
+    <mergeCell ref="O42:AH42"/>
+    <mergeCell ref="G35:BC35"/>
+    <mergeCell ref="G33:BC33"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="I20:BC20"/>
+    <mergeCell ref="I21:BC21"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="I23:BC23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="I24:BC24"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="I26:BC26"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="A13:G13"/>
+    <mergeCell ref="A14:G14"/>
+    <mergeCell ref="A5:BC5"/>
+    <mergeCell ref="A6:BC6"/>
+    <mergeCell ref="AM7:AU7"/>
+    <mergeCell ref="AV7:BC7"/>
+    <mergeCell ref="AM8:AU8"/>
+    <mergeCell ref="AW8:BC8"/>
+    <mergeCell ref="A9:BC9"/>
+    <mergeCell ref="A10:L10"/>
+    <mergeCell ref="M10:BC10"/>
+    <mergeCell ref="A7:P7"/>
+    <mergeCell ref="Q7:AB7"/>
+    <mergeCell ref="AC7:AL7"/>
+    <mergeCell ref="A8:P8"/>
+    <mergeCell ref="Q8:AB8"/>
+    <mergeCell ref="AC8:AL8"/>
+    <mergeCell ref="H11:L11"/>
+    <mergeCell ref="V11:AA11"/>
+    <mergeCell ref="A11:G12"/>
+    <mergeCell ref="W13:AM13"/>
+    <mergeCell ref="AO13:BA13"/>
+    <mergeCell ref="M11:U11"/>
+    <mergeCell ref="AB11:BC11"/>
+    <mergeCell ref="A15:M15"/>
+    <mergeCell ref="N15:Z15"/>
+    <mergeCell ref="AA15:AQ15"/>
+    <mergeCell ref="AR15:BC15"/>
+    <mergeCell ref="A16:M16"/>
+    <mergeCell ref="N16:Z16"/>
+    <mergeCell ref="AA16:AQ16"/>
+    <mergeCell ref="AR16:BC16"/>
+    <mergeCell ref="A36:BC36"/>
+    <mergeCell ref="A17:BC17"/>
+    <mergeCell ref="G18:BC18"/>
+    <mergeCell ref="G19:BC19"/>
+    <mergeCell ref="G22:BC22"/>
+    <mergeCell ref="G25:BC25"/>
+    <mergeCell ref="G28:BC28"/>
+    <mergeCell ref="G29:BC29"/>
+    <mergeCell ref="G30:BC30"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="A33:F33"/>
+    <mergeCell ref="A34:E35"/>
+    <mergeCell ref="G34:BC34"/>
     <mergeCell ref="I44:N44"/>
     <mergeCell ref="O44:AH44"/>
     <mergeCell ref="H14:M14"/>
     <mergeCell ref="N14:T14"/>
     <mergeCell ref="U14:AA14"/>
     <mergeCell ref="AB14:AM14"/>
     <mergeCell ref="AN14:BC14"/>
     <mergeCell ref="H13:U13"/>
     <mergeCell ref="W12:AM12"/>
     <mergeCell ref="H12:U12"/>
     <mergeCell ref="AO12:BC12"/>
     <mergeCell ref="A43:BC43"/>
     <mergeCell ref="A44:C44"/>
     <mergeCell ref="D44:H44"/>
     <mergeCell ref="AI44:BC44"/>
     <mergeCell ref="G32:H32"/>
     <mergeCell ref="I32:BC32"/>
     <mergeCell ref="A39:F39"/>
     <mergeCell ref="G39:BC39"/>
     <mergeCell ref="A40:E41"/>
     <mergeCell ref="G40:BC40"/>
     <mergeCell ref="G41:BC41"/>
     <mergeCell ref="A42:C42"/>
     <mergeCell ref="D42:H42"/>
-    <mergeCell ref="A15:M15"/>
-[...85 lines deleted...]
-    <mergeCell ref="I31:BC31"/>
   </mergeCells>
   <pageMargins left="0.14000000000000001" right="0.05" top="0.1" bottom="0" header="0.22" footer="7.0000000000000007E-2"/>
   <pageSetup scale="58" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="55" max="66" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1031" r:id="rId4" name="Check Box 7">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>53</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>12</xdr:row>
                     <xdr:rowOff>66675</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>54</xdr:col>
                     <xdr:colOff>85725</xdr:colOff>
@@ -36627,3508 +36641,3508 @@
       <c r="AX1" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:50" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AT2" s="5"/>
       <c r="AU2" s="4"/>
       <c r="AX2" s="5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:50" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AT3" s="5"/>
       <c r="AU3" s="4"/>
       <c r="AX3" s="77">
         <v>45069</v>
       </c>
     </row>
     <row r="4" spans="1:50" ht="23.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="Y4" s="21" t="s">
         <v>3</v>
       </c>
       <c r="AA4" s="7"/>
     </row>
     <row r="5" spans="1:50" ht="25.9" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="253" t="s">
+      <c r="A5" s="357" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="254"/>
-[...47 lines deleted...]
-      <c r="AX5" s="255"/>
+      <c r="B5" s="358"/>
+      <c r="C5" s="358"/>
+      <c r="D5" s="358"/>
+      <c r="E5" s="358"/>
+      <c r="F5" s="358"/>
+      <c r="G5" s="358"/>
+      <c r="H5" s="358"/>
+      <c r="I5" s="358"/>
+      <c r="J5" s="358"/>
+      <c r="K5" s="358"/>
+      <c r="L5" s="358"/>
+      <c r="M5" s="358"/>
+      <c r="N5" s="358"/>
+      <c r="O5" s="358"/>
+      <c r="P5" s="358"/>
+      <c r="Q5" s="358"/>
+      <c r="R5" s="358"/>
+      <c r="S5" s="358"/>
+      <c r="T5" s="358"/>
+      <c r="U5" s="358"/>
+      <c r="V5" s="358"/>
+      <c r="W5" s="358"/>
+      <c r="X5" s="358"/>
+      <c r="Y5" s="358"/>
+      <c r="Z5" s="358"/>
+      <c r="AA5" s="358"/>
+      <c r="AB5" s="358"/>
+      <c r="AC5" s="358"/>
+      <c r="AD5" s="358"/>
+      <c r="AE5" s="358"/>
+      <c r="AF5" s="358"/>
+      <c r="AG5" s="358"/>
+      <c r="AH5" s="358"/>
+      <c r="AI5" s="358"/>
+      <c r="AJ5" s="358"/>
+      <c r="AK5" s="358"/>
+      <c r="AL5" s="358"/>
+      <c r="AM5" s="358"/>
+      <c r="AN5" s="358"/>
+      <c r="AO5" s="358"/>
+      <c r="AP5" s="358"/>
+      <c r="AQ5" s="358"/>
+      <c r="AR5" s="358"/>
+      <c r="AS5" s="358"/>
+      <c r="AT5" s="358"/>
+      <c r="AU5" s="358"/>
+      <c r="AV5" s="358"/>
+      <c r="AW5" s="358"/>
+      <c r="AX5" s="359"/>
     </row>
     <row r="6" spans="1:50" s="20" customFormat="1" ht="25.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="256" t="s">
+      <c r="A6" s="278" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="257"/>
-[...47 lines deleted...]
-      <c r="AX6" s="258"/>
+      <c r="B6" s="279"/>
+      <c r="C6" s="279"/>
+      <c r="D6" s="279"/>
+      <c r="E6" s="279"/>
+      <c r="F6" s="279"/>
+      <c r="G6" s="279"/>
+      <c r="H6" s="279"/>
+      <c r="I6" s="279"/>
+      <c r="J6" s="279"/>
+      <c r="K6" s="279"/>
+      <c r="L6" s="279"/>
+      <c r="M6" s="279"/>
+      <c r="N6" s="279"/>
+      <c r="O6" s="279"/>
+      <c r="P6" s="279"/>
+      <c r="Q6" s="279"/>
+      <c r="R6" s="279"/>
+      <c r="S6" s="279"/>
+      <c r="T6" s="279"/>
+      <c r="U6" s="279"/>
+      <c r="V6" s="279"/>
+      <c r="W6" s="279"/>
+      <c r="X6" s="279"/>
+      <c r="Y6" s="279"/>
+      <c r="Z6" s="279"/>
+      <c r="AA6" s="279"/>
+      <c r="AB6" s="279"/>
+      <c r="AC6" s="279"/>
+      <c r="AD6" s="279"/>
+      <c r="AE6" s="279"/>
+      <c r="AF6" s="279"/>
+      <c r="AG6" s="279"/>
+      <c r="AH6" s="279"/>
+      <c r="AI6" s="279"/>
+      <c r="AJ6" s="279"/>
+      <c r="AK6" s="279"/>
+      <c r="AL6" s="279"/>
+      <c r="AM6" s="279"/>
+      <c r="AN6" s="279"/>
+      <c r="AO6" s="279"/>
+      <c r="AP6" s="279"/>
+      <c r="AQ6" s="279"/>
+      <c r="AR6" s="279"/>
+      <c r="AS6" s="279"/>
+      <c r="AT6" s="279"/>
+      <c r="AU6" s="279"/>
+      <c r="AV6" s="279"/>
+      <c r="AW6" s="279"/>
+      <c r="AX6" s="280"/>
     </row>
     <row r="7" spans="1:50" s="8" customFormat="1" ht="25.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="259" t="s">
+      <c r="A7" s="360" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="260"/>
-[...14 lines deleted...]
-      <c r="Q7" s="261" t="s">
+      <c r="B7" s="361"/>
+      <c r="C7" s="361"/>
+      <c r="D7" s="361"/>
+      <c r="E7" s="361"/>
+      <c r="F7" s="361"/>
+      <c r="G7" s="361"/>
+      <c r="H7" s="361"/>
+      <c r="I7" s="361"/>
+      <c r="J7" s="361"/>
+      <c r="K7" s="361"/>
+      <c r="L7" s="361"/>
+      <c r="M7" s="361"/>
+      <c r="N7" s="361"/>
+      <c r="O7" s="361"/>
+      <c r="P7" s="361"/>
+      <c r="Q7" s="350" t="s">
         <v>7</v>
       </c>
-      <c r="R7" s="261"/>
-[...10 lines deleted...]
-      <c r="AC7" s="260" t="s">
+      <c r="R7" s="350"/>
+      <c r="S7" s="350"/>
+      <c r="T7" s="350"/>
+      <c r="U7" s="350"/>
+      <c r="V7" s="350"/>
+      <c r="W7" s="350"/>
+      <c r="X7" s="350"/>
+      <c r="Y7" s="350"/>
+      <c r="Z7" s="350"/>
+      <c r="AA7" s="350"/>
+      <c r="AB7" s="350"/>
+      <c r="AC7" s="361" t="s">
         <v>8</v>
       </c>
-      <c r="AD7" s="260"/>
-[...8 lines deleted...]
-      <c r="AM7" s="260" t="s">
+      <c r="AD7" s="361"/>
+      <c r="AE7" s="361"/>
+      <c r="AF7" s="361"/>
+      <c r="AG7" s="361"/>
+      <c r="AH7" s="361"/>
+      <c r="AI7" s="361"/>
+      <c r="AJ7" s="361"/>
+      <c r="AK7" s="361"/>
+      <c r="AL7" s="361"/>
+      <c r="AM7" s="361" t="s">
         <v>9</v>
       </c>
-      <c r="AN7" s="260"/>
-[...5 lines deleted...]
-      <c r="AT7" s="260" t="s">
+      <c r="AN7" s="361"/>
+      <c r="AO7" s="361"/>
+      <c r="AP7" s="361"/>
+      <c r="AQ7" s="361"/>
+      <c r="AR7" s="361"/>
+      <c r="AS7" s="361"/>
+      <c r="AT7" s="361" t="s">
         <v>10</v>
       </c>
-      <c r="AU7" s="260"/>
-[...2 lines deleted...]
-      <c r="AX7" s="260"/>
+      <c r="AU7" s="361"/>
+      <c r="AV7" s="361"/>
+      <c r="AW7" s="361"/>
+      <c r="AX7" s="361"/>
     </row>
     <row r="8" spans="1:50" s="9" customFormat="1" ht="24.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="291" t="s">
+      <c r="A8" s="326" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="127"/>
-[...14 lines deleted...]
-      <c r="Q8" s="270" t="s">
+      <c r="B8" s="133"/>
+      <c r="C8" s="133"/>
+      <c r="D8" s="133"/>
+      <c r="E8" s="133"/>
+      <c r="F8" s="133"/>
+      <c r="G8" s="133"/>
+      <c r="H8" s="133"/>
+      <c r="I8" s="133"/>
+      <c r="J8" s="133"/>
+      <c r="K8" s="133"/>
+      <c r="L8" s="133"/>
+      <c r="M8" s="133"/>
+      <c r="N8" s="133"/>
+      <c r="O8" s="133"/>
+      <c r="P8" s="133"/>
+      <c r="Q8" s="327" t="s">
         <v>11</v>
       </c>
-      <c r="R8" s="270"/>
-[...31 lines deleted...]
-      <c r="AX8" s="270"/>
+      <c r="R8" s="327"/>
+      <c r="S8" s="327"/>
+      <c r="T8" s="327"/>
+      <c r="U8" s="327"/>
+      <c r="V8" s="327"/>
+      <c r="W8" s="327"/>
+      <c r="X8" s="327"/>
+      <c r="Y8" s="327"/>
+      <c r="Z8" s="327"/>
+      <c r="AA8" s="327"/>
+      <c r="AB8" s="327"/>
+      <c r="AC8" s="327"/>
+      <c r="AD8" s="327"/>
+      <c r="AE8" s="327"/>
+      <c r="AF8" s="327"/>
+      <c r="AG8" s="327"/>
+      <c r="AH8" s="327"/>
+      <c r="AI8" s="327"/>
+      <c r="AJ8" s="327"/>
+      <c r="AK8" s="327"/>
+      <c r="AL8" s="327"/>
+      <c r="AM8" s="327"/>
+      <c r="AN8" s="327"/>
+      <c r="AO8" s="327"/>
+      <c r="AP8" s="327"/>
+      <c r="AQ8" s="327"/>
+      <c r="AR8" s="327"/>
+      <c r="AS8" s="327"/>
+      <c r="AT8" s="327"/>
+      <c r="AU8" s="327"/>
+      <c r="AV8" s="327"/>
+      <c r="AW8" s="327"/>
+      <c r="AX8" s="327"/>
     </row>
     <row r="9" spans="1:50" s="20" customFormat="1" ht="25.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="256" t="s">
+      <c r="A9" s="278" t="s">
         <v>12</v>
       </c>
-      <c r="B9" s="257"/>
-[...47 lines deleted...]
-      <c r="AX9" s="257"/>
+      <c r="B9" s="279"/>
+      <c r="C9" s="279"/>
+      <c r="D9" s="279"/>
+      <c r="E9" s="279"/>
+      <c r="F9" s="279"/>
+      <c r="G9" s="279"/>
+      <c r="H9" s="279"/>
+      <c r="I9" s="279"/>
+      <c r="J9" s="279"/>
+      <c r="K9" s="279"/>
+      <c r="L9" s="279"/>
+      <c r="M9" s="279"/>
+      <c r="N9" s="279"/>
+      <c r="O9" s="279"/>
+      <c r="P9" s="279"/>
+      <c r="Q9" s="279"/>
+      <c r="R9" s="279"/>
+      <c r="S9" s="279"/>
+      <c r="T9" s="279"/>
+      <c r="U9" s="279"/>
+      <c r="V9" s="279"/>
+      <c r="W9" s="279"/>
+      <c r="X9" s="279"/>
+      <c r="Y9" s="279"/>
+      <c r="Z9" s="279"/>
+      <c r="AA9" s="279"/>
+      <c r="AB9" s="279"/>
+      <c r="AC9" s="279"/>
+      <c r="AD9" s="279"/>
+      <c r="AE9" s="279"/>
+      <c r="AF9" s="279"/>
+      <c r="AG9" s="279"/>
+      <c r="AH9" s="279"/>
+      <c r="AI9" s="279"/>
+      <c r="AJ9" s="279"/>
+      <c r="AK9" s="279"/>
+      <c r="AL9" s="279"/>
+      <c r="AM9" s="279"/>
+      <c r="AN9" s="279"/>
+      <c r="AO9" s="279"/>
+      <c r="AP9" s="279"/>
+      <c r="AQ9" s="279"/>
+      <c r="AR9" s="279"/>
+      <c r="AS9" s="279"/>
+      <c r="AT9" s="279"/>
+      <c r="AU9" s="279"/>
+      <c r="AV9" s="279"/>
+      <c r="AW9" s="279"/>
+      <c r="AX9" s="279"/>
     </row>
     <row r="10" spans="1:50" s="8" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="341" t="s">
+      <c r="A10" s="349" t="s">
         <v>61</v>
       </c>
-      <c r="B10" s="261"/>
-[...21 lines deleted...]
-      <c r="X10" s="273" t="s">
+      <c r="B10" s="350"/>
+      <c r="C10" s="350"/>
+      <c r="D10" s="350"/>
+      <c r="E10" s="350"/>
+      <c r="F10" s="350"/>
+      <c r="G10" s="350"/>
+      <c r="H10" s="350"/>
+      <c r="I10" s="82"/>
+      <c r="J10" s="83"/>
+      <c r="K10" s="83"/>
+      <c r="L10" s="83"/>
+      <c r="M10" s="83"/>
+      <c r="N10" s="83"/>
+      <c r="O10" s="83"/>
+      <c r="P10" s="83"/>
+      <c r="Q10" s="83"/>
+      <c r="R10" s="83"/>
+      <c r="S10" s="83"/>
+      <c r="T10" s="83"/>
+      <c r="U10" s="83"/>
+      <c r="V10" s="83"/>
+      <c r="W10" s="356"/>
+      <c r="X10" s="331" t="s">
         <v>63</v>
       </c>
-      <c r="Y10" s="274"/>
-[...11 lines deleted...]
-      <c r="AK10" s="295" t="s">
+      <c r="Y10" s="332"/>
+      <c r="Z10" s="332"/>
+      <c r="AA10" s="332"/>
+      <c r="AB10" s="332"/>
+      <c r="AC10" s="332"/>
+      <c r="AD10" s="351"/>
+      <c r="AE10" s="351"/>
+      <c r="AF10" s="351"/>
+      <c r="AG10" s="351"/>
+      <c r="AH10" s="351"/>
+      <c r="AI10" s="351"/>
+      <c r="AJ10" s="352"/>
+      <c r="AK10" s="271" t="s">
         <v>64</v>
       </c>
-      <c r="AL10" s="296"/>
-[...11 lines deleted...]
-      <c r="AX10" s="116"/>
+      <c r="AL10" s="272"/>
+      <c r="AM10" s="272"/>
+      <c r="AN10" s="272"/>
+      <c r="AO10" s="272"/>
+      <c r="AP10" s="273"/>
+      <c r="AQ10" s="139"/>
+      <c r="AR10" s="139"/>
+      <c r="AS10" s="139"/>
+      <c r="AT10" s="139"/>
+      <c r="AU10" s="139"/>
+      <c r="AV10" s="139"/>
+      <c r="AW10" s="139"/>
+      <c r="AX10" s="139"/>
     </row>
     <row r="11" spans="1:50" s="8" customFormat="1" ht="25.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="279" t="s">
+      <c r="A11" s="337" t="s">
         <v>65</v>
       </c>
-      <c r="B11" s="274"/>
-[...6 lines deleted...]
-      <c r="I11" s="143" t="s">
+      <c r="B11" s="332"/>
+      <c r="C11" s="332"/>
+      <c r="D11" s="332"/>
+      <c r="E11" s="332"/>
+      <c r="F11" s="332"/>
+      <c r="G11" s="332"/>
+      <c r="H11" s="333"/>
+      <c r="I11" s="118" t="s">
         <v>166</v>
       </c>
-      <c r="J11" s="135"/>
-[...10 lines deleted...]
-      <c r="U11" s="147"/>
+      <c r="J11" s="119"/>
+      <c r="K11" s="119"/>
+      <c r="L11" s="119"/>
+      <c r="M11" s="119"/>
+      <c r="N11" s="119"/>
+      <c r="O11" s="119"/>
+      <c r="P11" s="119"/>
+      <c r="Q11" s="119"/>
+      <c r="R11" s="119"/>
+      <c r="S11" s="119"/>
+      <c r="T11" s="119"/>
+      <c r="U11" s="121"/>
       <c r="V11" s="79"/>
-      <c r="W11" s="295" t="s">
+      <c r="W11" s="271" t="s">
         <v>66</v>
       </c>
-      <c r="X11" s="296"/>
-[...10 lines deleted...]
-      <c r="AI11" s="271" t="s">
+      <c r="X11" s="272"/>
+      <c r="Y11" s="272"/>
+      <c r="Z11" s="272"/>
+      <c r="AA11" s="272"/>
+      <c r="AB11" s="272"/>
+      <c r="AC11" s="272"/>
+      <c r="AD11" s="272"/>
+      <c r="AE11" s="272"/>
+      <c r="AF11" s="272"/>
+      <c r="AG11" s="272"/>
+      <c r="AH11" s="273"/>
+      <c r="AI11" s="329" t="s">
         <v>15</v>
       </c>
-      <c r="AJ11" s="272"/>
-[...6 lines deleted...]
-      <c r="AR11" s="271" t="s">
+      <c r="AJ11" s="330"/>
+      <c r="AK11" s="330"/>
+      <c r="AL11" s="330"/>
+      <c r="AM11" s="330"/>
+      <c r="AN11" s="330"/>
+      <c r="AO11" s="330"/>
+      <c r="AP11" s="330"/>
+      <c r="AR11" s="329" t="s">
         <v>16</v>
       </c>
-      <c r="AS11" s="272"/>
-[...2 lines deleted...]
-      <c r="AV11" s="272"/>
+      <c r="AS11" s="330"/>
+      <c r="AT11" s="330"/>
+      <c r="AU11" s="330"/>
+      <c r="AV11" s="330"/>
       <c r="AX11" s="19"/>
     </row>
     <row r="12" spans="1:50" s="8" customFormat="1" ht="25.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="280"/>
-[...7 lines deleted...]
-      <c r="I12" s="143" t="s">
+      <c r="A12" s="338"/>
+      <c r="B12" s="339"/>
+      <c r="C12" s="339"/>
+      <c r="D12" s="339"/>
+      <c r="E12" s="339"/>
+      <c r="F12" s="339"/>
+      <c r="G12" s="339"/>
+      <c r="H12" s="340"/>
+      <c r="I12" s="118" t="s">
         <v>165</v>
       </c>
-      <c r="J12" s="135"/>
-[...10 lines deleted...]
-      <c r="U12" s="147"/>
+      <c r="J12" s="119"/>
+      <c r="K12" s="119"/>
+      <c r="L12" s="119"/>
+      <c r="M12" s="119"/>
+      <c r="N12" s="119"/>
+      <c r="O12" s="119"/>
+      <c r="P12" s="119"/>
+      <c r="Q12" s="119"/>
+      <c r="R12" s="119"/>
+      <c r="S12" s="119"/>
+      <c r="T12" s="119"/>
+      <c r="U12" s="121"/>
       <c r="V12" s="79"/>
-      <c r="W12" s="288" t="s">
+      <c r="W12" s="346" t="s">
         <v>164</v>
       </c>
-      <c r="X12" s="289"/>
-[...25 lines deleted...]
-      <c r="AX12" s="346"/>
+      <c r="X12" s="347"/>
+      <c r="Y12" s="347"/>
+      <c r="Z12" s="347"/>
+      <c r="AA12" s="347"/>
+      <c r="AB12" s="347"/>
+      <c r="AC12" s="347"/>
+      <c r="AD12" s="347"/>
+      <c r="AE12" s="347"/>
+      <c r="AF12" s="347"/>
+      <c r="AG12" s="347"/>
+      <c r="AH12" s="348"/>
+      <c r="AI12" s="353"/>
+      <c r="AJ12" s="354"/>
+      <c r="AK12" s="354"/>
+      <c r="AL12" s="354"/>
+      <c r="AM12" s="354"/>
+      <c r="AN12" s="354"/>
+      <c r="AO12" s="354"/>
+      <c r="AP12" s="354"/>
+      <c r="AQ12" s="354"/>
+      <c r="AR12" s="354"/>
+      <c r="AS12" s="354"/>
+      <c r="AT12" s="354"/>
+      <c r="AU12" s="354"/>
+      <c r="AV12" s="354"/>
+      <c r="AW12" s="354"/>
+      <c r="AX12" s="355"/>
     </row>
     <row r="13" spans="1:50" s="8" customFormat="1" ht="25.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="280"/>
-[...7 lines deleted...]
-      <c r="I13" s="143" t="s">
+      <c r="A13" s="338"/>
+      <c r="B13" s="339"/>
+      <c r="C13" s="339"/>
+      <c r="D13" s="339"/>
+      <c r="E13" s="339"/>
+      <c r="F13" s="339"/>
+      <c r="G13" s="339"/>
+      <c r="H13" s="340"/>
+      <c r="I13" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="J13" s="135"/>
-[...10 lines deleted...]
-      <c r="U13" s="147"/>
+      <c r="J13" s="119"/>
+      <c r="K13" s="119"/>
+      <c r="L13" s="119"/>
+      <c r="M13" s="119"/>
+      <c r="N13" s="119"/>
+      <c r="O13" s="119"/>
+      <c r="P13" s="119"/>
+      <c r="Q13" s="119"/>
+      <c r="R13" s="119"/>
+      <c r="S13" s="119"/>
+      <c r="T13" s="119"/>
+      <c r="U13" s="121"/>
       <c r="V13" s="80"/>
-      <c r="W13" s="273" t="s">
+      <c r="W13" s="331" t="s">
         <v>67</v>
       </c>
-      <c r="X13" s="274"/>
-[...4 lines deleted...]
-      <c r="AC13" s="293" t="s">
+      <c r="X13" s="332"/>
+      <c r="Y13" s="332"/>
+      <c r="Z13" s="332"/>
+      <c r="AA13" s="332"/>
+      <c r="AB13" s="333"/>
+      <c r="AC13" s="323" t="s">
         <v>17</v>
       </c>
-      <c r="AD13" s="294"/>
-[...9 lines deleted...]
-      <c r="AN13" s="135"/>
+      <c r="AD13" s="324"/>
+      <c r="AE13" s="324"/>
+      <c r="AF13" s="324"/>
+      <c r="AG13" s="324"/>
+      <c r="AH13" s="324"/>
+      <c r="AI13" s="119"/>
+      <c r="AJ13" s="119"/>
+      <c r="AK13" s="119"/>
+      <c r="AL13" s="119"/>
+      <c r="AM13" s="119"/>
+      <c r="AN13" s="119"/>
       <c r="AO13" s="14"/>
-      <c r="AP13" s="143" t="s">
+      <c r="AP13" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AQ13" s="135"/>
-[...5 lines deleted...]
-      <c r="AW13" s="135"/>
+      <c r="AQ13" s="119"/>
+      <c r="AR13" s="119"/>
+      <c r="AS13" s="119"/>
+      <c r="AT13" s="119"/>
+      <c r="AU13" s="119"/>
+      <c r="AV13" s="119"/>
+      <c r="AW13" s="119"/>
       <c r="AX13" s="15"/>
     </row>
     <row r="14" spans="1:50" s="8" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="283"/>
-[...7 lines deleted...]
-      <c r="I14" s="143" t="s">
+      <c r="A14" s="341"/>
+      <c r="B14" s="335"/>
+      <c r="C14" s="335"/>
+      <c r="D14" s="335"/>
+      <c r="E14" s="335"/>
+      <c r="F14" s="335"/>
+      <c r="G14" s="335"/>
+      <c r="H14" s="336"/>
+      <c r="I14" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="J14" s="135"/>
-[...10 lines deleted...]
-      <c r="U14" s="147"/>
+      <c r="J14" s="119"/>
+      <c r="K14" s="119"/>
+      <c r="L14" s="119"/>
+      <c r="M14" s="119"/>
+      <c r="N14" s="119"/>
+      <c r="O14" s="119"/>
+      <c r="P14" s="119"/>
+      <c r="Q14" s="119"/>
+      <c r="R14" s="119"/>
+      <c r="S14" s="119"/>
+      <c r="T14" s="119"/>
+      <c r="U14" s="121"/>
       <c r="V14" s="81"/>
-      <c r="W14" s="276"/>
-[...5 lines deleted...]
-      <c r="AC14" s="143" t="s">
+      <c r="W14" s="334"/>
+      <c r="X14" s="335"/>
+      <c r="Y14" s="335"/>
+      <c r="Z14" s="335"/>
+      <c r="AA14" s="335"/>
+      <c r="AB14" s="336"/>
+      <c r="AC14" s="118" t="s">
         <v>59</v>
       </c>
-      <c r="AD14" s="135"/>
-[...9 lines deleted...]
-      <c r="AN14" s="135"/>
+      <c r="AD14" s="119"/>
+      <c r="AE14" s="119"/>
+      <c r="AF14" s="119"/>
+      <c r="AG14" s="119"/>
+      <c r="AH14" s="119"/>
+      <c r="AI14" s="119"/>
+      <c r="AJ14" s="119"/>
+      <c r="AK14" s="119"/>
+      <c r="AL14" s="119"/>
+      <c r="AM14" s="119"/>
+      <c r="AN14" s="119"/>
       <c r="AO14" s="10"/>
-      <c r="AP14" s="143" t="s">
+      <c r="AP14" s="118" t="s">
         <v>60</v>
       </c>
-      <c r="AQ14" s="135"/>
-[...5 lines deleted...]
-      <c r="AW14" s="135"/>
+      <c r="AQ14" s="119"/>
+      <c r="AR14" s="119"/>
+      <c r="AS14" s="119"/>
+      <c r="AT14" s="119"/>
+      <c r="AU14" s="119"/>
+      <c r="AV14" s="119"/>
+      <c r="AW14" s="119"/>
       <c r="AX14" s="15"/>
     </row>
     <row r="15" spans="1:50" s="8" customFormat="1" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="295" t="s">
+      <c r="A15" s="271" t="s">
         <v>68</v>
       </c>
-      <c r="B15" s="296"/>
-[...4 lines deleted...]
-      <c r="G15" s="296"/>
+      <c r="B15" s="272"/>
+      <c r="C15" s="272"/>
+      <c r="D15" s="272"/>
+      <c r="E15" s="272"/>
+      <c r="F15" s="272"/>
+      <c r="G15" s="272"/>
       <c r="H15" s="43"/>
-      <c r="I15" s="351"/>
-[...5 lines deleted...]
-      <c r="O15" s="295" t="s">
+      <c r="I15" s="268"/>
+      <c r="J15" s="269"/>
+      <c r="K15" s="269"/>
+      <c r="L15" s="269"/>
+      <c r="M15" s="269"/>
+      <c r="N15" s="270"/>
+      <c r="O15" s="271" t="s">
         <v>69</v>
       </c>
-      <c r="P15" s="296"/>
-[...11 lines deleted...]
-      <c r="AB15" s="354" t="s">
+      <c r="P15" s="272"/>
+      <c r="Q15" s="272"/>
+      <c r="R15" s="272"/>
+      <c r="S15" s="272"/>
+      <c r="T15" s="272"/>
+      <c r="U15" s="273"/>
+      <c r="V15" s="268"/>
+      <c r="W15" s="269"/>
+      <c r="X15" s="269"/>
+      <c r="Y15" s="269"/>
+      <c r="Z15" s="269"/>
+      <c r="AA15" s="269"/>
+      <c r="AB15" s="259" t="s">
         <v>163</v>
       </c>
-      <c r="AC15" s="355"/>
-[...20 lines deleted...]
-      <c r="AX15" s="164"/>
+      <c r="AC15" s="260"/>
+      <c r="AD15" s="260"/>
+      <c r="AE15" s="260"/>
+      <c r="AF15" s="260"/>
+      <c r="AG15" s="260"/>
+      <c r="AH15" s="260"/>
+      <c r="AI15" s="260"/>
+      <c r="AJ15" s="260"/>
+      <c r="AK15" s="260"/>
+      <c r="AL15" s="96"/>
+      <c r="AM15" s="96"/>
+      <c r="AN15" s="96"/>
+      <c r="AO15" s="96"/>
+      <c r="AP15" s="96"/>
+      <c r="AQ15" s="96"/>
+      <c r="AR15" s="96"/>
+      <c r="AS15" s="96"/>
+      <c r="AT15" s="96"/>
+      <c r="AU15" s="96"/>
+      <c r="AV15" s="96"/>
+      <c r="AW15" s="96"/>
+      <c r="AX15" s="97"/>
     </row>
     <row r="16" spans="1:50" s="3" customFormat="1" ht="25.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="284" t="s">
+      <c r="A16" s="342" t="s">
         <v>70</v>
       </c>
-      <c r="B16" s="285"/>
-[...9 lines deleted...]
-      <c r="L16" s="287" t="s">
+      <c r="B16" s="343"/>
+      <c r="C16" s="343"/>
+      <c r="D16" s="343"/>
+      <c r="E16" s="343"/>
+      <c r="F16" s="343"/>
+      <c r="G16" s="343"/>
+      <c r="H16" s="343"/>
+      <c r="I16" s="343"/>
+      <c r="J16" s="343"/>
+      <c r="K16" s="344"/>
+      <c r="L16" s="345" t="s">
         <v>71</v>
       </c>
-      <c r="M16" s="285"/>
-[...10 lines deleted...]
-      <c r="X16" s="354" t="s">
+      <c r="M16" s="343"/>
+      <c r="N16" s="343"/>
+      <c r="O16" s="343"/>
+      <c r="P16" s="343"/>
+      <c r="Q16" s="343"/>
+      <c r="R16" s="343"/>
+      <c r="S16" s="343"/>
+      <c r="T16" s="343"/>
+      <c r="U16" s="343"/>
+      <c r="V16" s="343"/>
+      <c r="W16" s="344"/>
+      <c r="X16" s="259" t="s">
         <v>162</v>
       </c>
-      <c r="Y16" s="355"/>
-[...13 lines deleted...]
-      <c r="AM16" s="354" t="s">
+      <c r="Y16" s="260"/>
+      <c r="Z16" s="260"/>
+      <c r="AA16" s="260"/>
+      <c r="AB16" s="260"/>
+      <c r="AC16" s="260"/>
+      <c r="AD16" s="260"/>
+      <c r="AE16" s="260"/>
+      <c r="AF16" s="260"/>
+      <c r="AG16" s="260"/>
+      <c r="AH16" s="260"/>
+      <c r="AI16" s="260"/>
+      <c r="AJ16" s="260"/>
+      <c r="AK16" s="260"/>
+      <c r="AL16" s="260"/>
+      <c r="AM16" s="259" t="s">
         <v>72</v>
       </c>
-      <c r="AN16" s="355"/>
-[...9 lines deleted...]
-      <c r="AX16" s="358"/>
+      <c r="AN16" s="260"/>
+      <c r="AO16" s="260"/>
+      <c r="AP16" s="260"/>
+      <c r="AQ16" s="260"/>
+      <c r="AR16" s="260"/>
+      <c r="AS16" s="260"/>
+      <c r="AT16" s="260"/>
+      <c r="AU16" s="260"/>
+      <c r="AV16" s="260"/>
+      <c r="AW16" s="260"/>
+      <c r="AX16" s="263"/>
     </row>
     <row r="17" spans="1:50" s="3" customFormat="1" ht="25.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="360"/>
-[...22 lines deleted...]
-      <c r="X17" s="356">
+      <c r="A17" s="267"/>
+      <c r="B17" s="265"/>
+      <c r="C17" s="265"/>
+      <c r="D17" s="265"/>
+      <c r="E17" s="265"/>
+      <c r="F17" s="265"/>
+      <c r="G17" s="265"/>
+      <c r="H17" s="265"/>
+      <c r="I17" s="265"/>
+      <c r="J17" s="265"/>
+      <c r="K17" s="265"/>
+      <c r="L17" s="264"/>
+      <c r="M17" s="265"/>
+      <c r="N17" s="265"/>
+      <c r="O17" s="265"/>
+      <c r="P17" s="265"/>
+      <c r="Q17" s="265"/>
+      <c r="R17" s="265"/>
+      <c r="S17" s="265"/>
+      <c r="T17" s="265"/>
+      <c r="U17" s="265"/>
+      <c r="V17" s="265"/>
+      <c r="W17" s="265"/>
+      <c r="X17" s="261">
         <f>SUM(J17*0.3)</f>
         <v>0</v>
       </c>
-      <c r="Y17" s="357"/>
-[...24 lines deleted...]
-      <c r="AX17" s="359"/>
+      <c r="Y17" s="262"/>
+      <c r="Z17" s="262"/>
+      <c r="AA17" s="262"/>
+      <c r="AB17" s="262"/>
+      <c r="AC17" s="262"/>
+      <c r="AD17" s="262"/>
+      <c r="AE17" s="262"/>
+      <c r="AF17" s="262"/>
+      <c r="AG17" s="262"/>
+      <c r="AH17" s="262"/>
+      <c r="AI17" s="262"/>
+      <c r="AJ17" s="262"/>
+      <c r="AK17" s="262"/>
+      <c r="AL17" s="262"/>
+      <c r="AM17" s="264"/>
+      <c r="AN17" s="265"/>
+      <c r="AO17" s="265"/>
+      <c r="AP17" s="265"/>
+      <c r="AQ17" s="265"/>
+      <c r="AR17" s="265"/>
+      <c r="AS17" s="265"/>
+      <c r="AT17" s="265"/>
+      <c r="AU17" s="265"/>
+      <c r="AV17" s="265"/>
+      <c r="AW17" s="265"/>
+      <c r="AX17" s="266"/>
     </row>
     <row r="18" spans="1:50" s="20" customFormat="1" ht="25.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="256" t="s">
+      <c r="A18" s="278" t="s">
         <v>19</v>
       </c>
-      <c r="B18" s="257"/>
-[...47 lines deleted...]
-      <c r="AX18" s="258"/>
+      <c r="B18" s="279"/>
+      <c r="C18" s="279"/>
+      <c r="D18" s="279"/>
+      <c r="E18" s="279"/>
+      <c r="F18" s="279"/>
+      <c r="G18" s="279"/>
+      <c r="H18" s="279"/>
+      <c r="I18" s="279"/>
+      <c r="J18" s="279"/>
+      <c r="K18" s="279"/>
+      <c r="L18" s="279"/>
+      <c r="M18" s="279"/>
+      <c r="N18" s="279"/>
+      <c r="O18" s="279"/>
+      <c r="P18" s="279"/>
+      <c r="Q18" s="279"/>
+      <c r="R18" s="279"/>
+      <c r="S18" s="279"/>
+      <c r="T18" s="279"/>
+      <c r="U18" s="279"/>
+      <c r="V18" s="279"/>
+      <c r="W18" s="279"/>
+      <c r="X18" s="279"/>
+      <c r="Y18" s="279"/>
+      <c r="Z18" s="279"/>
+      <c r="AA18" s="279"/>
+      <c r="AB18" s="279"/>
+      <c r="AC18" s="279"/>
+      <c r="AD18" s="279"/>
+      <c r="AE18" s="279"/>
+      <c r="AF18" s="279"/>
+      <c r="AG18" s="279"/>
+      <c r="AH18" s="279"/>
+      <c r="AI18" s="279"/>
+      <c r="AJ18" s="279"/>
+      <c r="AK18" s="279"/>
+      <c r="AL18" s="279"/>
+      <c r="AM18" s="279"/>
+      <c r="AN18" s="279"/>
+      <c r="AO18" s="279"/>
+      <c r="AP18" s="279"/>
+      <c r="AQ18" s="279"/>
+      <c r="AR18" s="279"/>
+      <c r="AS18" s="279"/>
+      <c r="AT18" s="279"/>
+      <c r="AU18" s="279"/>
+      <c r="AV18" s="279"/>
+      <c r="AW18" s="279"/>
+      <c r="AX18" s="280"/>
     </row>
     <row r="19" spans="1:50" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="263" t="s">
+      <c r="A19" s="274" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="264"/>
-      <c r="C19" s="264" t="s">
+      <c r="B19" s="275"/>
+      <c r="C19" s="275" t="s">
         <v>21</v>
       </c>
-      <c r="D19" s="264"/>
-      <c r="E19" s="264" t="s">
+      <c r="D19" s="275"/>
+      <c r="E19" s="275" t="s">
         <v>22</v>
       </c>
-      <c r="F19" s="264"/>
-      <c r="G19" s="173" t="s">
+      <c r="F19" s="275"/>
+      <c r="G19" s="232" t="s">
         <v>43</v>
       </c>
-      <c r="H19" s="172"/>
-      <c r="I19" s="262" t="s">
+      <c r="H19" s="231"/>
+      <c r="I19" s="277" t="s">
         <v>23</v>
       </c>
-      <c r="J19" s="262"/>
-[...15 lines deleted...]
-      <c r="Z19" s="263" t="s">
+      <c r="J19" s="277"/>
+      <c r="K19" s="277"/>
+      <c r="L19" s="277"/>
+      <c r="M19" s="277"/>
+      <c r="N19" s="277"/>
+      <c r="O19" s="277"/>
+      <c r="P19" s="277"/>
+      <c r="Q19" s="277"/>
+      <c r="R19" s="277"/>
+      <c r="S19" s="277"/>
+      <c r="T19" s="277"/>
+      <c r="U19" s="277"/>
+      <c r="V19" s="277"/>
+      <c r="W19" s="277"/>
+      <c r="X19" s="277"/>
+      <c r="Y19" s="231"/>
+      <c r="Z19" s="274" t="s">
         <v>20</v>
       </c>
-      <c r="AA19" s="264"/>
-      <c r="AB19" s="264" t="s">
+      <c r="AA19" s="275"/>
+      <c r="AB19" s="275" t="s">
         <v>21</v>
       </c>
-      <c r="AC19" s="264"/>
-      <c r="AD19" s="264" t="s">
+      <c r="AC19" s="275"/>
+      <c r="AD19" s="275" t="s">
         <v>22</v>
       </c>
-      <c r="AE19" s="264"/>
-      <c r="AF19" s="173" t="s">
+      <c r="AE19" s="275"/>
+      <c r="AF19" s="232" t="s">
         <v>44</v>
       </c>
-      <c r="AG19" s="172"/>
-      <c r="AH19" s="173" t="s">
+      <c r="AG19" s="231"/>
+      <c r="AH19" s="232" t="s">
         <v>24</v>
       </c>
-      <c r="AI19" s="262"/>
-[...14 lines deleted...]
-      <c r="AX19" s="292"/>
+      <c r="AI19" s="277"/>
+      <c r="AJ19" s="277"/>
+      <c r="AK19" s="277"/>
+      <c r="AL19" s="277"/>
+      <c r="AM19" s="277"/>
+      <c r="AN19" s="277"/>
+      <c r="AO19" s="277"/>
+      <c r="AP19" s="277"/>
+      <c r="AQ19" s="277"/>
+      <c r="AR19" s="277"/>
+      <c r="AS19" s="277"/>
+      <c r="AT19" s="277"/>
+      <c r="AU19" s="277"/>
+      <c r="AV19" s="277"/>
+      <c r="AW19" s="277"/>
+      <c r="AX19" s="276"/>
     </row>
     <row r="20" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="84"/>
-[...5 lines deleted...]
-      <c r="G20" s="265" t="s">
+      <c r="A20" s="147"/>
+      <c r="B20" s="137"/>
+      <c r="C20" s="137"/>
+      <c r="D20" s="137"/>
+      <c r="E20" s="137"/>
+      <c r="F20" s="137"/>
+      <c r="G20" s="320" t="s">
         <v>161</v>
       </c>
-      <c r="H20" s="265"/>
-[...23 lines deleted...]
-      <c r="AF20" s="267" t="s">
+      <c r="H20" s="320"/>
+      <c r="I20" s="320"/>
+      <c r="J20" s="320"/>
+      <c r="K20" s="320"/>
+      <c r="L20" s="320"/>
+      <c r="M20" s="320"/>
+      <c r="N20" s="320"/>
+      <c r="O20" s="320"/>
+      <c r="P20" s="320"/>
+      <c r="Q20" s="320"/>
+      <c r="R20" s="320"/>
+      <c r="S20" s="320"/>
+      <c r="T20" s="320"/>
+      <c r="U20" s="320"/>
+      <c r="V20" s="320"/>
+      <c r="W20" s="320"/>
+      <c r="X20" s="320"/>
+      <c r="Y20" s="320"/>
+      <c r="Z20" s="137"/>
+      <c r="AA20" s="137"/>
+      <c r="AB20" s="137"/>
+      <c r="AC20" s="137"/>
+      <c r="AD20" s="362"/>
+      <c r="AE20" s="362"/>
+      <c r="AF20" s="328" t="s">
         <v>160</v>
       </c>
-      <c r="AG20" s="267"/>
-[...16 lines deleted...]
-      <c r="AX20" s="268"/>
+      <c r="AG20" s="328"/>
+      <c r="AH20" s="328"/>
+      <c r="AI20" s="328"/>
+      <c r="AJ20" s="328"/>
+      <c r="AK20" s="328"/>
+      <c r="AL20" s="328"/>
+      <c r="AM20" s="328"/>
+      <c r="AN20" s="328"/>
+      <c r="AO20" s="328"/>
+      <c r="AP20" s="328"/>
+      <c r="AQ20" s="328"/>
+      <c r="AR20" s="328"/>
+      <c r="AS20" s="328"/>
+      <c r="AT20" s="328"/>
+      <c r="AU20" s="328"/>
+      <c r="AV20" s="328"/>
+      <c r="AW20" s="328"/>
+      <c r="AX20" s="363"/>
     </row>
     <row r="21" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="84"/>
-[...5 lines deleted...]
-      <c r="G21" s="267" t="s">
+      <c r="A21" s="147"/>
+      <c r="B21" s="137"/>
+      <c r="C21" s="137"/>
+      <c r="D21" s="137"/>
+      <c r="E21" s="137"/>
+      <c r="F21" s="137"/>
+      <c r="G21" s="328" t="s">
         <v>159</v>
       </c>
-      <c r="H21" s="267"/>
-[...23 lines deleted...]
-      <c r="AF21" s="265" t="s">
+      <c r="H21" s="328"/>
+      <c r="I21" s="328"/>
+      <c r="J21" s="328"/>
+      <c r="K21" s="328"/>
+      <c r="L21" s="328"/>
+      <c r="M21" s="328"/>
+      <c r="N21" s="328"/>
+      <c r="O21" s="328"/>
+      <c r="P21" s="328"/>
+      <c r="Q21" s="328"/>
+      <c r="R21" s="328"/>
+      <c r="S21" s="328"/>
+      <c r="T21" s="328"/>
+      <c r="U21" s="328"/>
+      <c r="V21" s="328"/>
+      <c r="W21" s="328"/>
+      <c r="X21" s="328"/>
+      <c r="Y21" s="328"/>
+      <c r="Z21" s="137"/>
+      <c r="AA21" s="137"/>
+      <c r="AB21" s="137"/>
+      <c r="AC21" s="137"/>
+      <c r="AD21" s="137"/>
+      <c r="AE21" s="137"/>
+      <c r="AF21" s="320" t="s">
         <v>158</v>
       </c>
-      <c r="AG21" s="265"/>
-[...16 lines deleted...]
-      <c r="AX21" s="269"/>
+      <c r="AG21" s="320"/>
+      <c r="AH21" s="320"/>
+      <c r="AI21" s="320"/>
+      <c r="AJ21" s="320"/>
+      <c r="AK21" s="320"/>
+      <c r="AL21" s="320"/>
+      <c r="AM21" s="320"/>
+      <c r="AN21" s="320"/>
+      <c r="AO21" s="320"/>
+      <c r="AP21" s="320"/>
+      <c r="AQ21" s="320"/>
+      <c r="AR21" s="320"/>
+      <c r="AS21" s="320"/>
+      <c r="AT21" s="320"/>
+      <c r="AU21" s="320"/>
+      <c r="AV21" s="320"/>
+      <c r="AW21" s="320"/>
+      <c r="AX21" s="321"/>
     </row>
     <row r="22" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="263" t="s">
+      <c r="A22" s="274" t="s">
         <v>20</v>
       </c>
-      <c r="B22" s="264"/>
-      <c r="C22" s="264" t="s">
+      <c r="B22" s="275"/>
+      <c r="C22" s="275" t="s">
         <v>21</v>
       </c>
-      <c r="D22" s="264"/>
-      <c r="E22" s="264" t="s">
+      <c r="D22" s="275"/>
+      <c r="E22" s="275" t="s">
         <v>22</v>
       </c>
-      <c r="F22" s="264"/>
-      <c r="G22" s="173" t="s">
+      <c r="F22" s="275"/>
+      <c r="G22" s="232" t="s">
         <v>45</v>
       </c>
-      <c r="H22" s="172"/>
-      <c r="I22" s="173" t="s">
+      <c r="H22" s="231"/>
+      <c r="I22" s="232" t="s">
         <v>25</v>
       </c>
-      <c r="J22" s="262"/>
-[...15 lines deleted...]
-      <c r="Z22" s="263" t="s">
+      <c r="J22" s="277"/>
+      <c r="K22" s="277"/>
+      <c r="L22" s="277"/>
+      <c r="M22" s="277"/>
+      <c r="N22" s="277"/>
+      <c r="O22" s="277"/>
+      <c r="P22" s="277"/>
+      <c r="Q22" s="277"/>
+      <c r="R22" s="277"/>
+      <c r="S22" s="277"/>
+      <c r="T22" s="277"/>
+      <c r="U22" s="277"/>
+      <c r="V22" s="277"/>
+      <c r="W22" s="277"/>
+      <c r="X22" s="277"/>
+      <c r="Y22" s="231"/>
+      <c r="Z22" s="274" t="s">
         <v>20</v>
       </c>
-      <c r="AA22" s="264"/>
-      <c r="AB22" s="264" t="s">
+      <c r="AA22" s="275"/>
+      <c r="AB22" s="275" t="s">
         <v>21</v>
       </c>
-      <c r="AC22" s="264"/>
-      <c r="AD22" s="264" t="s">
+      <c r="AC22" s="275"/>
+      <c r="AD22" s="275" t="s">
         <v>22</v>
       </c>
-      <c r="AE22" s="264"/>
-      <c r="AF22" s="173" t="s">
+      <c r="AE22" s="275"/>
+      <c r="AF22" s="232" t="s">
         <v>46</v>
       </c>
-      <c r="AG22" s="172"/>
-      <c r="AH22" s="173" t="s">
+      <c r="AG22" s="231"/>
+      <c r="AH22" s="232" t="s">
         <v>26</v>
       </c>
-      <c r="AI22" s="262"/>
-[...14 lines deleted...]
-      <c r="AX22" s="292"/>
+      <c r="AI22" s="277"/>
+      <c r="AJ22" s="277"/>
+      <c r="AK22" s="277"/>
+      <c r="AL22" s="277"/>
+      <c r="AM22" s="277"/>
+      <c r="AN22" s="277"/>
+      <c r="AO22" s="277"/>
+      <c r="AP22" s="277"/>
+      <c r="AQ22" s="277"/>
+      <c r="AR22" s="277"/>
+      <c r="AS22" s="277"/>
+      <c r="AT22" s="277"/>
+      <c r="AU22" s="277"/>
+      <c r="AV22" s="277"/>
+      <c r="AW22" s="277"/>
+      <c r="AX22" s="276"/>
     </row>
     <row r="23" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="84"/>
-[...5 lines deleted...]
-      <c r="G23" s="265" t="s">
+      <c r="A23" s="147"/>
+      <c r="B23" s="137"/>
+      <c r="C23" s="137"/>
+      <c r="D23" s="137"/>
+      <c r="E23" s="137"/>
+      <c r="F23" s="137"/>
+      <c r="G23" s="320" t="s">
         <v>157</v>
       </c>
-      <c r="H23" s="265"/>
-[...23 lines deleted...]
-      <c r="AF23" s="265" t="s">
+      <c r="H23" s="320"/>
+      <c r="I23" s="320"/>
+      <c r="J23" s="320"/>
+      <c r="K23" s="320"/>
+      <c r="L23" s="320"/>
+      <c r="M23" s="320"/>
+      <c r="N23" s="320"/>
+      <c r="O23" s="320"/>
+      <c r="P23" s="320"/>
+      <c r="Q23" s="320"/>
+      <c r="R23" s="320"/>
+      <c r="S23" s="320"/>
+      <c r="T23" s="320"/>
+      <c r="U23" s="320"/>
+      <c r="V23" s="320"/>
+      <c r="W23" s="320"/>
+      <c r="X23" s="320"/>
+      <c r="Y23" s="320"/>
+      <c r="Z23" s="137"/>
+      <c r="AA23" s="137"/>
+      <c r="AB23" s="137"/>
+      <c r="AC23" s="137"/>
+      <c r="AD23" s="252"/>
+      <c r="AE23" s="252"/>
+      <c r="AF23" s="320" t="s">
         <v>156</v>
       </c>
-      <c r="AG23" s="265"/>
-[...16 lines deleted...]
-      <c r="AX23" s="269"/>
+      <c r="AG23" s="320"/>
+      <c r="AH23" s="320"/>
+      <c r="AI23" s="320"/>
+      <c r="AJ23" s="320"/>
+      <c r="AK23" s="320"/>
+      <c r="AL23" s="320"/>
+      <c r="AM23" s="320"/>
+      <c r="AN23" s="320"/>
+      <c r="AO23" s="320"/>
+      <c r="AP23" s="320"/>
+      <c r="AQ23" s="320"/>
+      <c r="AR23" s="320"/>
+      <c r="AS23" s="320"/>
+      <c r="AT23" s="320"/>
+      <c r="AU23" s="320"/>
+      <c r="AV23" s="320"/>
+      <c r="AW23" s="320"/>
+      <c r="AX23" s="321"/>
     </row>
     <row r="24" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="84"/>
-[...5 lines deleted...]
-      <c r="G24" s="265" t="s">
+      <c r="A24" s="147"/>
+      <c r="B24" s="137"/>
+      <c r="C24" s="137"/>
+      <c r="D24" s="137"/>
+      <c r="E24" s="137"/>
+      <c r="F24" s="137"/>
+      <c r="G24" s="320" t="s">
         <v>155</v>
       </c>
-      <c r="H24" s="265"/>
-[...23 lines deleted...]
-      <c r="AF24" s="302" t="s">
+      <c r="H24" s="320"/>
+      <c r="I24" s="320"/>
+      <c r="J24" s="320"/>
+      <c r="K24" s="320"/>
+      <c r="L24" s="320"/>
+      <c r="M24" s="320"/>
+      <c r="N24" s="320"/>
+      <c r="O24" s="320"/>
+      <c r="P24" s="320"/>
+      <c r="Q24" s="320"/>
+      <c r="R24" s="320"/>
+      <c r="S24" s="320"/>
+      <c r="T24" s="320"/>
+      <c r="U24" s="320"/>
+      <c r="V24" s="320"/>
+      <c r="W24" s="320"/>
+      <c r="X24" s="320"/>
+      <c r="Y24" s="320"/>
+      <c r="Z24" s="325"/>
+      <c r="AA24" s="325"/>
+      <c r="AB24" s="325"/>
+      <c r="AC24" s="325"/>
+      <c r="AD24" s="325"/>
+      <c r="AE24" s="325"/>
+      <c r="AF24" s="283" t="s">
         <v>27</v>
       </c>
-      <c r="AG24" s="302"/>
-[...16 lines deleted...]
-      <c r="AX24" s="303"/>
+      <c r="AG24" s="283"/>
+      <c r="AH24" s="283"/>
+      <c r="AI24" s="283"/>
+      <c r="AJ24" s="283"/>
+      <c r="AK24" s="283"/>
+      <c r="AL24" s="283"/>
+      <c r="AM24" s="283"/>
+      <c r="AN24" s="283"/>
+      <c r="AO24" s="283"/>
+      <c r="AP24" s="283"/>
+      <c r="AQ24" s="283"/>
+      <c r="AR24" s="283"/>
+      <c r="AS24" s="283"/>
+      <c r="AT24" s="283"/>
+      <c r="AU24" s="283"/>
+      <c r="AV24" s="283"/>
+      <c r="AW24" s="283"/>
+      <c r="AX24" s="284"/>
     </row>
     <row r="25" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="84"/>
-[...5 lines deleted...]
-      <c r="G25" s="265" t="s">
+      <c r="A25" s="147"/>
+      <c r="B25" s="137"/>
+      <c r="C25" s="137"/>
+      <c r="D25" s="137"/>
+      <c r="E25" s="137"/>
+      <c r="F25" s="137"/>
+      <c r="G25" s="320" t="s">
         <v>154</v>
       </c>
-      <c r="H25" s="265"/>
-[...23 lines deleted...]
-      <c r="AF25" s="265" t="s">
+      <c r="H25" s="320"/>
+      <c r="I25" s="320"/>
+      <c r="J25" s="320"/>
+      <c r="K25" s="320"/>
+      <c r="L25" s="320"/>
+      <c r="M25" s="320"/>
+      <c r="N25" s="320"/>
+      <c r="O25" s="320"/>
+      <c r="P25" s="320"/>
+      <c r="Q25" s="320"/>
+      <c r="R25" s="320"/>
+      <c r="S25" s="320"/>
+      <c r="T25" s="320"/>
+      <c r="U25" s="320"/>
+      <c r="V25" s="320"/>
+      <c r="W25" s="320"/>
+      <c r="X25" s="320"/>
+      <c r="Y25" s="320"/>
+      <c r="Z25" s="137"/>
+      <c r="AA25" s="137"/>
+      <c r="AB25" s="137"/>
+      <c r="AC25" s="137"/>
+      <c r="AD25" s="252"/>
+      <c r="AE25" s="252"/>
+      <c r="AF25" s="320" t="s">
         <v>153</v>
       </c>
-      <c r="AG25" s="265"/>
-[...16 lines deleted...]
-      <c r="AX25" s="269"/>
+      <c r="AG25" s="320"/>
+      <c r="AH25" s="320"/>
+      <c r="AI25" s="320"/>
+      <c r="AJ25" s="320"/>
+      <c r="AK25" s="320"/>
+      <c r="AL25" s="320"/>
+      <c r="AM25" s="320"/>
+      <c r="AN25" s="320"/>
+      <c r="AO25" s="320"/>
+      <c r="AP25" s="320"/>
+      <c r="AQ25" s="320"/>
+      <c r="AR25" s="320"/>
+      <c r="AS25" s="320"/>
+      <c r="AT25" s="320"/>
+      <c r="AU25" s="320"/>
+      <c r="AV25" s="320"/>
+      <c r="AW25" s="320"/>
+      <c r="AX25" s="321"/>
     </row>
     <row r="26" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="263" t="s">
+      <c r="A26" s="274" t="s">
         <v>20</v>
       </c>
-      <c r="B26" s="264"/>
-      <c r="C26" s="264" t="s">
+      <c r="B26" s="275"/>
+      <c r="C26" s="275" t="s">
         <v>21</v>
       </c>
-      <c r="D26" s="264"/>
-      <c r="E26" s="264" t="s">
+      <c r="D26" s="275"/>
+      <c r="E26" s="275" t="s">
         <v>22</v>
       </c>
-      <c r="F26" s="264"/>
-      <c r="G26" s="173" t="s">
+      <c r="F26" s="275"/>
+      <c r="G26" s="232" t="s">
         <v>47</v>
       </c>
-      <c r="H26" s="172"/>
+      <c r="H26" s="231"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="12"/>
       <c r="L26" s="12"/>
       <c r="M26" s="12"/>
       <c r="N26" s="12"/>
       <c r="O26" s="12"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="12"/>
       <c r="R26" s="12"/>
       <c r="S26" s="12"/>
       <c r="T26" s="12"/>
-      <c r="U26" s="262" t="s">
+      <c r="U26" s="277" t="s">
         <v>28</v>
       </c>
-      <c r="V26" s="262"/>
-[...8 lines deleted...]
-      <c r="AE26" s="262"/>
+      <c r="V26" s="277"/>
+      <c r="W26" s="277"/>
+      <c r="X26" s="277"/>
+      <c r="Y26" s="277"/>
+      <c r="Z26" s="277"/>
+      <c r="AA26" s="277"/>
+      <c r="AB26" s="277"/>
+      <c r="AC26" s="277"/>
+      <c r="AD26" s="277"/>
+      <c r="AE26" s="277"/>
       <c r="AF26" s="12"/>
       <c r="AG26" s="12"/>
       <c r="AH26" s="12"/>
       <c r="AI26" s="12"/>
       <c r="AJ26" s="12"/>
       <c r="AK26" s="12"/>
       <c r="AL26" s="12"/>
       <c r="AM26" s="12"/>
       <c r="AN26" s="12"/>
       <c r="AO26" s="12"/>
       <c r="AP26" s="12"/>
       <c r="AQ26" s="12"/>
       <c r="AR26" s="12"/>
       <c r="AS26" s="12"/>
       <c r="AT26" s="12"/>
       <c r="AU26" s="12"/>
       <c r="AV26" s="12"/>
       <c r="AW26" s="12"/>
       <c r="AX26" s="13"/>
     </row>
     <row r="27" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="84"/>
-[...5 lines deleted...]
-      <c r="G27" s="148" t="s">
+      <c r="A27" s="147"/>
+      <c r="B27" s="137"/>
+      <c r="C27" s="137"/>
+      <c r="D27" s="137"/>
+      <c r="E27" s="137"/>
+      <c r="F27" s="137"/>
+      <c r="G27" s="106" t="s">
         <v>152</v>
       </c>
-      <c r="H27" s="149"/>
-[...23 lines deleted...]
-      <c r="AF27" s="151"/>
+      <c r="H27" s="107"/>
+      <c r="I27" s="107"/>
+      <c r="J27" s="107"/>
+      <c r="K27" s="107"/>
+      <c r="L27" s="107"/>
+      <c r="M27" s="107"/>
+      <c r="N27" s="107"/>
+      <c r="O27" s="107"/>
+      <c r="P27" s="107"/>
+      <c r="Q27" s="107"/>
+      <c r="R27" s="107"/>
+      <c r="S27" s="107"/>
+      <c r="T27" s="107"/>
+      <c r="U27" s="107"/>
+      <c r="V27" s="107"/>
+      <c r="W27" s="107"/>
+      <c r="X27" s="107"/>
+      <c r="Y27" s="107"/>
+      <c r="Z27" s="107"/>
+      <c r="AA27" s="107"/>
+      <c r="AB27" s="107"/>
+      <c r="AC27" s="107"/>
+      <c r="AD27" s="107"/>
+      <c r="AE27" s="107"/>
+      <c r="AF27" s="109"/>
       <c r="AG27" s="1"/>
-      <c r="AH27" s="148" t="s">
+      <c r="AH27" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="AI27" s="149"/>
-[...4 lines deleted...]
-      <c r="AN27" s="151"/>
+      <c r="AI27" s="107"/>
+      <c r="AJ27" s="107"/>
+      <c r="AK27" s="107"/>
+      <c r="AL27" s="107"/>
+      <c r="AM27" s="107"/>
+      <c r="AN27" s="109"/>
       <c r="AO27" s="1"/>
-      <c r="AP27" s="298" t="s">
+      <c r="AP27" s="253" t="s">
         <v>30</v>
       </c>
-      <c r="AQ27" s="299"/>
-[...6 lines deleted...]
-      <c r="AX27" s="300"/>
+      <c r="AQ27" s="254"/>
+      <c r="AR27" s="254"/>
+      <c r="AS27" s="254"/>
+      <c r="AT27" s="254"/>
+      <c r="AU27" s="254"/>
+      <c r="AV27" s="254"/>
+      <c r="AW27" s="254"/>
+      <c r="AX27" s="322"/>
     </row>
     <row r="28" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="84"/>
-[...5 lines deleted...]
-      <c r="G28" s="148" t="s">
+      <c r="A28" s="147"/>
+      <c r="B28" s="137"/>
+      <c r="C28" s="137"/>
+      <c r="D28" s="137"/>
+      <c r="E28" s="137"/>
+      <c r="F28" s="137"/>
+      <c r="G28" s="106" t="s">
         <v>151</v>
       </c>
-      <c r="H28" s="149"/>
-[...23 lines deleted...]
-      <c r="AF28" s="151"/>
+      <c r="H28" s="107"/>
+      <c r="I28" s="107"/>
+      <c r="J28" s="107"/>
+      <c r="K28" s="107"/>
+      <c r="L28" s="107"/>
+      <c r="M28" s="107"/>
+      <c r="N28" s="107"/>
+      <c r="O28" s="107"/>
+      <c r="P28" s="107"/>
+      <c r="Q28" s="107"/>
+      <c r="R28" s="107"/>
+      <c r="S28" s="107"/>
+      <c r="T28" s="107"/>
+      <c r="U28" s="107"/>
+      <c r="V28" s="107"/>
+      <c r="W28" s="107"/>
+      <c r="X28" s="107"/>
+      <c r="Y28" s="107"/>
+      <c r="Z28" s="107"/>
+      <c r="AA28" s="107"/>
+      <c r="AB28" s="107"/>
+      <c r="AC28" s="107"/>
+      <c r="AD28" s="107"/>
+      <c r="AE28" s="107"/>
+      <c r="AF28" s="109"/>
       <c r="AG28" s="1"/>
-      <c r="AH28" s="148" t="s">
+      <c r="AH28" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="AI28" s="149"/>
-[...4 lines deleted...]
-      <c r="AN28" s="151"/>
+      <c r="AI28" s="107"/>
+      <c r="AJ28" s="107"/>
+      <c r="AK28" s="107"/>
+      <c r="AL28" s="107"/>
+      <c r="AM28" s="107"/>
+      <c r="AN28" s="109"/>
       <c r="AO28" s="1"/>
-      <c r="AP28" s="298" t="s">
+      <c r="AP28" s="253" t="s">
         <v>30</v>
       </c>
-      <c r="AQ28" s="299"/>
-[...6 lines deleted...]
-      <c r="AX28" s="300"/>
+      <c r="AQ28" s="254"/>
+      <c r="AR28" s="254"/>
+      <c r="AS28" s="254"/>
+      <c r="AT28" s="254"/>
+      <c r="AU28" s="254"/>
+      <c r="AV28" s="254"/>
+      <c r="AW28" s="254"/>
+      <c r="AX28" s="322"/>
     </row>
     <row r="29" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="84"/>
-[...5 lines deleted...]
-      <c r="G29" s="148" t="s">
+      <c r="A29" s="147"/>
+      <c r="B29" s="137"/>
+      <c r="C29" s="137"/>
+      <c r="D29" s="137"/>
+      <c r="E29" s="137"/>
+      <c r="F29" s="137"/>
+      <c r="G29" s="106" t="s">
         <v>150</v>
       </c>
-      <c r="H29" s="149"/>
-[...23 lines deleted...]
-      <c r="AF29" s="151"/>
+      <c r="H29" s="107"/>
+      <c r="I29" s="107"/>
+      <c r="J29" s="107"/>
+      <c r="K29" s="107"/>
+      <c r="L29" s="107"/>
+      <c r="M29" s="107"/>
+      <c r="N29" s="107"/>
+      <c r="O29" s="107"/>
+      <c r="P29" s="107"/>
+      <c r="Q29" s="107"/>
+      <c r="R29" s="107"/>
+      <c r="S29" s="107"/>
+      <c r="T29" s="107"/>
+      <c r="U29" s="107"/>
+      <c r="V29" s="107"/>
+      <c r="W29" s="107"/>
+      <c r="X29" s="107"/>
+      <c r="Y29" s="107"/>
+      <c r="Z29" s="107"/>
+      <c r="AA29" s="107"/>
+      <c r="AB29" s="107"/>
+      <c r="AC29" s="107"/>
+      <c r="AD29" s="107"/>
+      <c r="AE29" s="107"/>
+      <c r="AF29" s="109"/>
       <c r="AG29" s="1"/>
-      <c r="AH29" s="148" t="s">
+      <c r="AH29" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="AI29" s="149"/>
-[...4 lines deleted...]
-      <c r="AN29" s="151"/>
+      <c r="AI29" s="107"/>
+      <c r="AJ29" s="107"/>
+      <c r="AK29" s="107"/>
+      <c r="AL29" s="107"/>
+      <c r="AM29" s="107"/>
+      <c r="AN29" s="109"/>
       <c r="AO29" s="1"/>
-      <c r="AP29" s="298" t="s">
+      <c r="AP29" s="253" t="s">
         <v>30</v>
       </c>
-      <c r="AQ29" s="299"/>
-[...6 lines deleted...]
-      <c r="AX29" s="300"/>
+      <c r="AQ29" s="254"/>
+      <c r="AR29" s="254"/>
+      <c r="AS29" s="254"/>
+      <c r="AT29" s="254"/>
+      <c r="AU29" s="254"/>
+      <c r="AV29" s="254"/>
+      <c r="AW29" s="254"/>
+      <c r="AX29" s="322"/>
     </row>
     <row r="30" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="84"/>
-[...5 lines deleted...]
-      <c r="G30" s="148" t="s">
+      <c r="A30" s="147"/>
+      <c r="B30" s="137"/>
+      <c r="C30" s="137"/>
+      <c r="D30" s="137"/>
+      <c r="E30" s="137"/>
+      <c r="F30" s="137"/>
+      <c r="G30" s="106" t="s">
         <v>149</v>
       </c>
-      <c r="H30" s="149"/>
-[...23 lines deleted...]
-      <c r="AF30" s="151"/>
+      <c r="H30" s="107"/>
+      <c r="I30" s="107"/>
+      <c r="J30" s="107"/>
+      <c r="K30" s="107"/>
+      <c r="L30" s="107"/>
+      <c r="M30" s="107"/>
+      <c r="N30" s="107"/>
+      <c r="O30" s="107"/>
+      <c r="P30" s="107"/>
+      <c r="Q30" s="107"/>
+      <c r="R30" s="107"/>
+      <c r="S30" s="107"/>
+      <c r="T30" s="107"/>
+      <c r="U30" s="107"/>
+      <c r="V30" s="107"/>
+      <c r="W30" s="107"/>
+      <c r="X30" s="107"/>
+      <c r="Y30" s="107"/>
+      <c r="Z30" s="107"/>
+      <c r="AA30" s="107"/>
+      <c r="AB30" s="107"/>
+      <c r="AC30" s="107"/>
+      <c r="AD30" s="107"/>
+      <c r="AE30" s="107"/>
+      <c r="AF30" s="109"/>
       <c r="AG30" s="1"/>
-      <c r="AH30" s="148" t="s">
+      <c r="AH30" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="AI30" s="149"/>
-[...4 lines deleted...]
-      <c r="AN30" s="151"/>
+      <c r="AI30" s="107"/>
+      <c r="AJ30" s="107"/>
+      <c r="AK30" s="107"/>
+      <c r="AL30" s="107"/>
+      <c r="AM30" s="107"/>
+      <c r="AN30" s="109"/>
       <c r="AO30" s="1"/>
-      <c r="AP30" s="298" t="s">
+      <c r="AP30" s="253" t="s">
         <v>30</v>
       </c>
-      <c r="AQ30" s="299"/>
-[...6 lines deleted...]
-      <c r="AX30" s="300"/>
+      <c r="AQ30" s="254"/>
+      <c r="AR30" s="254"/>
+      <c r="AS30" s="254"/>
+      <c r="AT30" s="254"/>
+      <c r="AU30" s="254"/>
+      <c r="AV30" s="254"/>
+      <c r="AW30" s="254"/>
+      <c r="AX30" s="322"/>
     </row>
     <row r="31" spans="1:50" s="20" customFormat="1" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="256" t="s">
+      <c r="A31" s="278" t="s">
         <v>31</v>
       </c>
-      <c r="B31" s="257"/>
-[...47 lines deleted...]
-      <c r="AX31" s="258"/>
+      <c r="B31" s="279"/>
+      <c r="C31" s="279"/>
+      <c r="D31" s="279"/>
+      <c r="E31" s="279"/>
+      <c r="F31" s="279"/>
+      <c r="G31" s="279"/>
+      <c r="H31" s="279"/>
+      <c r="I31" s="279"/>
+      <c r="J31" s="279"/>
+      <c r="K31" s="279"/>
+      <c r="L31" s="279"/>
+      <c r="M31" s="279"/>
+      <c r="N31" s="279"/>
+      <c r="O31" s="279"/>
+      <c r="P31" s="279"/>
+      <c r="Q31" s="279"/>
+      <c r="R31" s="279"/>
+      <c r="S31" s="279"/>
+      <c r="T31" s="279"/>
+      <c r="U31" s="279"/>
+      <c r="V31" s="279"/>
+      <c r="W31" s="279"/>
+      <c r="X31" s="279"/>
+      <c r="Y31" s="279"/>
+      <c r="Z31" s="279"/>
+      <c r="AA31" s="279"/>
+      <c r="AB31" s="279"/>
+      <c r="AC31" s="279"/>
+      <c r="AD31" s="279"/>
+      <c r="AE31" s="279"/>
+      <c r="AF31" s="279"/>
+      <c r="AG31" s="279"/>
+      <c r="AH31" s="279"/>
+      <c r="AI31" s="279"/>
+      <c r="AJ31" s="279"/>
+      <c r="AK31" s="279"/>
+      <c r="AL31" s="279"/>
+      <c r="AM31" s="279"/>
+      <c r="AN31" s="279"/>
+      <c r="AO31" s="279"/>
+      <c r="AP31" s="279"/>
+      <c r="AQ31" s="279"/>
+      <c r="AR31" s="279"/>
+      <c r="AS31" s="279"/>
+      <c r="AT31" s="279"/>
+      <c r="AU31" s="279"/>
+      <c r="AV31" s="279"/>
+      <c r="AW31" s="279"/>
+      <c r="AX31" s="280"/>
     </row>
     <row r="32" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="263" t="s">
+      <c r="A32" s="274" t="s">
         <v>20</v>
       </c>
-      <c r="B32" s="264"/>
-      <c r="C32" s="264" t="s">
+      <c r="B32" s="275"/>
+      <c r="C32" s="275" t="s">
         <v>21</v>
       </c>
-      <c r="D32" s="264"/>
-      <c r="E32" s="264" t="s">
+      <c r="D32" s="275"/>
+      <c r="E32" s="275" t="s">
         <v>22</v>
       </c>
-      <c r="F32" s="264"/>
-      <c r="G32" s="171" t="s">
+      <c r="F32" s="275"/>
+      <c r="G32" s="230" t="s">
         <v>48</v>
       </c>
-      <c r="H32" s="292"/>
+      <c r="H32" s="276"/>
       <c r="I32" s="40"/>
       <c r="J32" s="12"/>
       <c r="K32" s="12"/>
       <c r="L32" s="12"/>
       <c r="M32" s="12"/>
       <c r="N32" s="12"/>
       <c r="O32" s="12"/>
       <c r="P32" s="12"/>
       <c r="Q32" s="12"/>
       <c r="R32" s="12"/>
       <c r="S32" s="12"/>
       <c r="T32" s="12"/>
-      <c r="U32" s="262" t="s">
+      <c r="U32" s="277" t="s">
         <v>32</v>
       </c>
-      <c r="V32" s="262"/>
-[...6 lines deleted...]
-      <c r="AC32" s="262"/>
+      <c r="V32" s="277"/>
+      <c r="W32" s="277"/>
+      <c r="X32" s="277"/>
+      <c r="Y32" s="277"/>
+      <c r="Z32" s="277"/>
+      <c r="AA32" s="277"/>
+      <c r="AB32" s="277"/>
+      <c r="AC32" s="277"/>
       <c r="AD32" s="12"/>
       <c r="AE32" s="12"/>
       <c r="AF32" s="12"/>
       <c r="AG32" s="12"/>
       <c r="AH32" s="12"/>
       <c r="AI32" s="12"/>
       <c r="AJ32" s="12"/>
       <c r="AK32" s="12"/>
       <c r="AL32" s="12"/>
       <c r="AM32" s="12"/>
       <c r="AN32" s="12"/>
       <c r="AO32" s="12"/>
       <c r="AP32" s="12"/>
       <c r="AQ32" s="12"/>
       <c r="AR32" s="12"/>
       <c r="AS32" s="12"/>
       <c r="AT32" s="12"/>
       <c r="AU32" s="12"/>
       <c r="AV32" s="12"/>
       <c r="AW32" s="12"/>
       <c r="AX32" s="13"/>
     </row>
     <row r="33" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="84"/>
-[...5 lines deleted...]
-      <c r="G33" s="298" t="s">
+      <c r="A33" s="147"/>
+      <c r="B33" s="137"/>
+      <c r="C33" s="137"/>
+      <c r="D33" s="137"/>
+      <c r="E33" s="137"/>
+      <c r="F33" s="137"/>
+      <c r="G33" s="253" t="s">
         <v>147</v>
       </c>
-      <c r="H33" s="299"/>
-[...24 lines deleted...]
-      <c r="AG33" s="305"/>
+      <c r="H33" s="254"/>
+      <c r="I33" s="254"/>
+      <c r="J33" s="254"/>
+      <c r="K33" s="254"/>
+      <c r="L33" s="254"/>
+      <c r="M33" s="254"/>
+      <c r="N33" s="254"/>
+      <c r="O33" s="254"/>
+      <c r="P33" s="254"/>
+      <c r="Q33" s="254"/>
+      <c r="R33" s="254"/>
+      <c r="S33" s="254"/>
+      <c r="T33" s="254"/>
+      <c r="U33" s="254"/>
+      <c r="V33" s="254"/>
+      <c r="W33" s="254"/>
+      <c r="X33" s="254"/>
+      <c r="Y33" s="254"/>
+      <c r="Z33" s="254"/>
+      <c r="AA33" s="254"/>
+      <c r="AB33" s="254"/>
+      <c r="AC33" s="254"/>
+      <c r="AD33" s="254"/>
+      <c r="AE33" s="254"/>
+      <c r="AF33" s="254"/>
+      <c r="AG33" s="255"/>
       <c r="AH33" s="1"/>
-      <c r="AI33" s="298" t="s">
+      <c r="AI33" s="253" t="s">
         <v>29</v>
       </c>
-      <c r="AJ33" s="299"/>
-[...4 lines deleted...]
-      <c r="AO33" s="305"/>
+      <c r="AJ33" s="254"/>
+      <c r="AK33" s="254"/>
+      <c r="AL33" s="254"/>
+      <c r="AM33" s="254"/>
+      <c r="AN33" s="254"/>
+      <c r="AO33" s="255"/>
       <c r="AP33" s="1"/>
-      <c r="AQ33" s="148" t="s">
+      <c r="AQ33" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="AR33" s="149"/>
-[...5 lines deleted...]
-      <c r="AX33" s="150"/>
+      <c r="AR33" s="107"/>
+      <c r="AS33" s="107"/>
+      <c r="AT33" s="107"/>
+      <c r="AU33" s="107"/>
+      <c r="AV33" s="107"/>
+      <c r="AW33" s="107"/>
+      <c r="AX33" s="108"/>
     </row>
     <row r="34" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="84"/>
-[...5 lines deleted...]
-      <c r="G34" s="148" t="s">
+      <c r="A34" s="147"/>
+      <c r="B34" s="137"/>
+      <c r="C34" s="137"/>
+      <c r="D34" s="137"/>
+      <c r="E34" s="137"/>
+      <c r="F34" s="137"/>
+      <c r="G34" s="106" t="s">
         <v>148</v>
       </c>
-      <c r="H34" s="149"/>
-[...24 lines deleted...]
-      <c r="AG34" s="151"/>
+      <c r="H34" s="107"/>
+      <c r="I34" s="107"/>
+      <c r="J34" s="107"/>
+      <c r="K34" s="107"/>
+      <c r="L34" s="107"/>
+      <c r="M34" s="107"/>
+      <c r="N34" s="107"/>
+      <c r="O34" s="107"/>
+      <c r="P34" s="107"/>
+      <c r="Q34" s="107"/>
+      <c r="R34" s="107"/>
+      <c r="S34" s="107"/>
+      <c r="T34" s="107"/>
+      <c r="U34" s="107"/>
+      <c r="V34" s="107"/>
+      <c r="W34" s="107"/>
+      <c r="X34" s="107"/>
+      <c r="Y34" s="107"/>
+      <c r="Z34" s="107"/>
+      <c r="AA34" s="107"/>
+      <c r="AB34" s="107"/>
+      <c r="AC34" s="107"/>
+      <c r="AD34" s="107"/>
+      <c r="AE34" s="107"/>
+      <c r="AF34" s="107"/>
+      <c r="AG34" s="109"/>
       <c r="AH34" s="1"/>
-      <c r="AI34" s="148" t="s">
+      <c r="AI34" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="AJ34" s="149"/>
-[...4 lines deleted...]
-      <c r="AO34" s="151"/>
+      <c r="AJ34" s="107"/>
+      <c r="AK34" s="107"/>
+      <c r="AL34" s="107"/>
+      <c r="AM34" s="107"/>
+      <c r="AN34" s="107"/>
+      <c r="AO34" s="109"/>
       <c r="AP34" s="1"/>
-      <c r="AQ34" s="148" t="s">
+      <c r="AQ34" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="AR34" s="149"/>
-[...5 lines deleted...]
-      <c r="AX34" s="150"/>
+      <c r="AR34" s="107"/>
+      <c r="AS34" s="107"/>
+      <c r="AT34" s="107"/>
+      <c r="AU34" s="107"/>
+      <c r="AV34" s="107"/>
+      <c r="AW34" s="107"/>
+      <c r="AX34" s="108"/>
     </row>
     <row r="35" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="263" t="s">
+      <c r="A35" s="274" t="s">
         <v>20</v>
       </c>
-      <c r="B35" s="264"/>
-      <c r="C35" s="264" t="s">
+      <c r="B35" s="275"/>
+      <c r="C35" s="275" t="s">
         <v>21</v>
       </c>
-      <c r="D35" s="264"/>
-      <c r="E35" s="264" t="s">
+      <c r="D35" s="275"/>
+      <c r="E35" s="275" t="s">
         <v>22</v>
       </c>
-      <c r="F35" s="264"/>
-      <c r="G35" s="361" t="s">
+      <c r="F35" s="275"/>
+      <c r="G35" s="256" t="s">
         <v>44</v>
       </c>
-      <c r="H35" s="362"/>
+      <c r="H35" s="257"/>
       <c r="I35" s="60"/>
       <c r="J35" s="59"/>
       <c r="K35" s="59"/>
       <c r="L35" s="59"/>
       <c r="M35" s="59"/>
       <c r="N35" s="59"/>
       <c r="O35" s="59"/>
       <c r="P35" s="59"/>
       <c r="Q35" s="59"/>
       <c r="R35" s="59"/>
       <c r="S35" s="59"/>
       <c r="T35" s="59"/>
-      <c r="U35" s="363" t="s">
+      <c r="U35" s="258" t="s">
         <v>33</v>
       </c>
-      <c r="V35" s="363"/>
-[...6 lines deleted...]
-      <c r="AC35" s="363"/>
+      <c r="V35" s="258"/>
+      <c r="W35" s="258"/>
+      <c r="X35" s="258"/>
+      <c r="Y35" s="258"/>
+      <c r="Z35" s="258"/>
+      <c r="AA35" s="258"/>
+      <c r="AB35" s="258"/>
+      <c r="AC35" s="258"/>
       <c r="AD35" s="59"/>
       <c r="AE35" s="59"/>
       <c r="AF35" s="59"/>
       <c r="AG35" s="59"/>
       <c r="AH35" s="59"/>
       <c r="AI35" s="59"/>
       <c r="AJ35" s="59"/>
       <c r="AK35" s="59"/>
       <c r="AL35" s="59"/>
       <c r="AM35" s="59"/>
       <c r="AN35" s="59"/>
       <c r="AO35" s="59"/>
       <c r="AP35" s="59"/>
       <c r="AQ35" s="59"/>
       <c r="AR35" s="59"/>
       <c r="AS35" s="59"/>
       <c r="AT35" s="59"/>
       <c r="AU35" s="59"/>
       <c r="AV35" s="59"/>
       <c r="AW35" s="59"/>
       <c r="AX35" s="58"/>
     </row>
     <row r="36" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="84"/>
-[...5 lines deleted...]
-      <c r="G36" s="298" t="s">
+      <c r="A36" s="147"/>
+      <c r="B36" s="137"/>
+      <c r="C36" s="137"/>
+      <c r="D36" s="137"/>
+      <c r="E36" s="137"/>
+      <c r="F36" s="137"/>
+      <c r="G36" s="253" t="s">
         <v>147</v>
       </c>
-      <c r="H36" s="299"/>
-[...24 lines deleted...]
-      <c r="AG36" s="305"/>
+      <c r="H36" s="254"/>
+      <c r="I36" s="254"/>
+      <c r="J36" s="254"/>
+      <c r="K36" s="254"/>
+      <c r="L36" s="254"/>
+      <c r="M36" s="254"/>
+      <c r="N36" s="254"/>
+      <c r="O36" s="254"/>
+      <c r="P36" s="254"/>
+      <c r="Q36" s="254"/>
+      <c r="R36" s="254"/>
+      <c r="S36" s="254"/>
+      <c r="T36" s="254"/>
+      <c r="U36" s="254"/>
+      <c r="V36" s="254"/>
+      <c r="W36" s="254"/>
+      <c r="X36" s="254"/>
+      <c r="Y36" s="254"/>
+      <c r="Z36" s="254"/>
+      <c r="AA36" s="254"/>
+      <c r="AB36" s="254"/>
+      <c r="AC36" s="254"/>
+      <c r="AD36" s="254"/>
+      <c r="AE36" s="254"/>
+      <c r="AF36" s="254"/>
+      <c r="AG36" s="255"/>
       <c r="AH36" s="16"/>
-      <c r="AI36" s="298" t="s">
+      <c r="AI36" s="253" t="s">
         <v>29</v>
       </c>
-      <c r="AJ36" s="299"/>
-[...4 lines deleted...]
-      <c r="AO36" s="305"/>
+      <c r="AJ36" s="254"/>
+      <c r="AK36" s="254"/>
+      <c r="AL36" s="254"/>
+      <c r="AM36" s="254"/>
+      <c r="AN36" s="254"/>
+      <c r="AO36" s="255"/>
       <c r="AP36" s="1"/>
-      <c r="AQ36" s="148" t="s">
+      <c r="AQ36" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="AR36" s="149"/>
-[...5 lines deleted...]
-      <c r="AX36" s="150"/>
+      <c r="AR36" s="107"/>
+      <c r="AS36" s="107"/>
+      <c r="AT36" s="107"/>
+      <c r="AU36" s="107"/>
+      <c r="AV36" s="107"/>
+      <c r="AW36" s="107"/>
+      <c r="AX36" s="108"/>
     </row>
     <row r="37" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="84"/>
-[...5 lines deleted...]
-      <c r="G37" s="148" t="s">
+      <c r="A37" s="147"/>
+      <c r="B37" s="137"/>
+      <c r="C37" s="137"/>
+      <c r="D37" s="137"/>
+      <c r="E37" s="137"/>
+      <c r="F37" s="137"/>
+      <c r="G37" s="106" t="s">
         <v>146</v>
       </c>
-      <c r="H37" s="149"/>
-[...24 lines deleted...]
-      <c r="AG37" s="151"/>
+      <c r="H37" s="107"/>
+      <c r="I37" s="107"/>
+      <c r="J37" s="107"/>
+      <c r="K37" s="107"/>
+      <c r="L37" s="107"/>
+      <c r="M37" s="107"/>
+      <c r="N37" s="107"/>
+      <c r="O37" s="107"/>
+      <c r="P37" s="107"/>
+      <c r="Q37" s="107"/>
+      <c r="R37" s="107"/>
+      <c r="S37" s="107"/>
+      <c r="T37" s="107"/>
+      <c r="U37" s="107"/>
+      <c r="V37" s="107"/>
+      <c r="W37" s="107"/>
+      <c r="X37" s="107"/>
+      <c r="Y37" s="107"/>
+      <c r="Z37" s="107"/>
+      <c r="AA37" s="107"/>
+      <c r="AB37" s="107"/>
+      <c r="AC37" s="107"/>
+      <c r="AD37" s="107"/>
+      <c r="AE37" s="107"/>
+      <c r="AF37" s="107"/>
+      <c r="AG37" s="109"/>
       <c r="AH37" s="16"/>
-      <c r="AI37" s="148" t="s">
+      <c r="AI37" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="AJ37" s="149"/>
-[...4 lines deleted...]
-      <c r="AO37" s="151"/>
+      <c r="AJ37" s="107"/>
+      <c r="AK37" s="107"/>
+      <c r="AL37" s="107"/>
+      <c r="AM37" s="107"/>
+      <c r="AN37" s="107"/>
+      <c r="AO37" s="109"/>
       <c r="AP37" s="1"/>
-      <c r="AQ37" s="148" t="s">
+      <c r="AQ37" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="AR37" s="149"/>
-[...5 lines deleted...]
-      <c r="AX37" s="150"/>
+      <c r="AR37" s="107"/>
+      <c r="AS37" s="107"/>
+      <c r="AT37" s="107"/>
+      <c r="AU37" s="107"/>
+      <c r="AV37" s="107"/>
+      <c r="AW37" s="107"/>
+      <c r="AX37" s="108"/>
     </row>
     <row r="38" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="84"/>
-[...5 lines deleted...]
-      <c r="G38" s="148" t="s">
+      <c r="A38" s="147"/>
+      <c r="B38" s="137"/>
+      <c r="C38" s="137"/>
+      <c r="D38" s="137"/>
+      <c r="E38" s="137"/>
+      <c r="F38" s="137"/>
+      <c r="G38" s="106" t="s">
         <v>145</v>
       </c>
-      <c r="H38" s="149"/>
-[...25 lines deleted...]
-      <c r="AI38" s="148" t="s">
+      <c r="H38" s="107"/>
+      <c r="I38" s="107"/>
+      <c r="J38" s="107"/>
+      <c r="K38" s="107"/>
+      <c r="L38" s="107"/>
+      <c r="M38" s="107"/>
+      <c r="N38" s="107"/>
+      <c r="O38" s="107"/>
+      <c r="P38" s="107"/>
+      <c r="Q38" s="107"/>
+      <c r="R38" s="107"/>
+      <c r="S38" s="107"/>
+      <c r="T38" s="107"/>
+      <c r="U38" s="107"/>
+      <c r="V38" s="107"/>
+      <c r="W38" s="107"/>
+      <c r="X38" s="107"/>
+      <c r="Y38" s="107"/>
+      <c r="Z38" s="107"/>
+      <c r="AA38" s="107"/>
+      <c r="AB38" s="107"/>
+      <c r="AC38" s="107"/>
+      <c r="AD38" s="107"/>
+      <c r="AE38" s="107"/>
+      <c r="AF38" s="107"/>
+      <c r="AG38" s="109"/>
+      <c r="AI38" s="106" t="s">
         <v>40</v>
       </c>
-      <c r="AJ38" s="149"/>
-[...4 lines deleted...]
-      <c r="AO38" s="151"/>
+      <c r="AJ38" s="107"/>
+      <c r="AK38" s="107"/>
+      <c r="AL38" s="107"/>
+      <c r="AM38" s="107"/>
+      <c r="AN38" s="107"/>
+      <c r="AO38" s="109"/>
       <c r="AP38" s="1"/>
-      <c r="AQ38" s="148" t="s">
+      <c r="AQ38" s="106" t="s">
         <v>35</v>
       </c>
-      <c r="AR38" s="149"/>
-[...5 lines deleted...]
-      <c r="AX38" s="150"/>
+      <c r="AR38" s="107"/>
+      <c r="AS38" s="107"/>
+      <c r="AT38" s="107"/>
+      <c r="AU38" s="107"/>
+      <c r="AV38" s="107"/>
+      <c r="AW38" s="107"/>
+      <c r="AX38" s="108"/>
     </row>
     <row r="39" spans="1:50" s="20" customFormat="1" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="256" t="s">
+      <c r="A39" s="278" t="s">
         <v>57</v>
       </c>
-      <c r="B39" s="257"/>
-[...47 lines deleted...]
-      <c r="AX39" s="258"/>
+      <c r="B39" s="279"/>
+      <c r="C39" s="279"/>
+      <c r="D39" s="279"/>
+      <c r="E39" s="279"/>
+      <c r="F39" s="279"/>
+      <c r="G39" s="279"/>
+      <c r="H39" s="279"/>
+      <c r="I39" s="279"/>
+      <c r="J39" s="279"/>
+      <c r="K39" s="279"/>
+      <c r="L39" s="279"/>
+      <c r="M39" s="279"/>
+      <c r="N39" s="279"/>
+      <c r="O39" s="279"/>
+      <c r="P39" s="279"/>
+      <c r="Q39" s="279"/>
+      <c r="R39" s="279"/>
+      <c r="S39" s="279"/>
+      <c r="T39" s="279"/>
+      <c r="U39" s="279"/>
+      <c r="V39" s="279"/>
+      <c r="W39" s="279"/>
+      <c r="X39" s="279"/>
+      <c r="Y39" s="279"/>
+      <c r="Z39" s="279"/>
+      <c r="AA39" s="279"/>
+      <c r="AB39" s="279"/>
+      <c r="AC39" s="279"/>
+      <c r="AD39" s="279"/>
+      <c r="AE39" s="279"/>
+      <c r="AF39" s="279"/>
+      <c r="AG39" s="279"/>
+      <c r="AH39" s="279"/>
+      <c r="AI39" s="279"/>
+      <c r="AJ39" s="279"/>
+      <c r="AK39" s="279"/>
+      <c r="AL39" s="279"/>
+      <c r="AM39" s="279"/>
+      <c r="AN39" s="279"/>
+      <c r="AO39" s="279"/>
+      <c r="AP39" s="279"/>
+      <c r="AQ39" s="279"/>
+      <c r="AR39" s="279"/>
+      <c r="AS39" s="279"/>
+      <c r="AT39" s="279"/>
+      <c r="AU39" s="279"/>
+      <c r="AV39" s="279"/>
+      <c r="AW39" s="279"/>
+      <c r="AX39" s="280"/>
     </row>
     <row r="40" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="263" t="s">
+      <c r="A40" s="274" t="s">
         <v>20</v>
       </c>
-      <c r="B40" s="264"/>
-      <c r="C40" s="264" t="s">
+      <c r="B40" s="275"/>
+      <c r="C40" s="275" t="s">
         <v>21</v>
       </c>
-      <c r="D40" s="264"/>
-      <c r="E40" s="264" t="s">
+      <c r="D40" s="275"/>
+      <c r="E40" s="275" t="s">
         <v>22</v>
       </c>
-      <c r="F40" s="264"/>
-      <c r="G40" s="173" t="s">
+      <c r="F40" s="275"/>
+      <c r="G40" s="232" t="s">
         <v>58</v>
       </c>
-      <c r="H40" s="172"/>
+      <c r="H40" s="231"/>
       <c r="I40" s="11"/>
       <c r="J40" s="12"/>
       <c r="K40" s="12"/>
       <c r="L40" s="12"/>
       <c r="M40" s="12"/>
       <c r="N40" s="12"/>
       <c r="O40" s="12"/>
       <c r="P40" s="12"/>
       <c r="Q40" s="12"/>
       <c r="R40" s="12"/>
       <c r="S40" s="12"/>
       <c r="T40" s="12"/>
-      <c r="U40" s="262" t="s">
+      <c r="U40" s="277" t="s">
         <v>24</v>
       </c>
-      <c r="V40" s="262"/>
-[...6 lines deleted...]
-      <c r="AC40" s="262"/>
+      <c r="V40" s="277"/>
+      <c r="W40" s="277"/>
+      <c r="X40" s="277"/>
+      <c r="Y40" s="277"/>
+      <c r="Z40" s="277"/>
+      <c r="AA40" s="277"/>
+      <c r="AB40" s="277"/>
+      <c r="AC40" s="277"/>
       <c r="AD40" s="12"/>
       <c r="AE40" s="12"/>
       <c r="AF40" s="12"/>
       <c r="AG40" s="12"/>
       <c r="AH40" s="12"/>
       <c r="AI40" s="12"/>
       <c r="AJ40" s="12"/>
       <c r="AK40" s="12"/>
       <c r="AL40" s="12"/>
       <c r="AM40" s="12"/>
       <c r="AN40" s="12"/>
       <c r="AO40" s="12"/>
       <c r="AP40" s="12"/>
       <c r="AQ40" s="12"/>
       <c r="AR40" s="12"/>
       <c r="AS40" s="12"/>
       <c r="AT40" s="12"/>
       <c r="AU40" s="12"/>
       <c r="AV40" s="12"/>
       <c r="AW40" s="12"/>
       <c r="AX40" s="13"/>
     </row>
     <row r="41" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="84"/>
-[...5 lines deleted...]
-      <c r="G41" s="148" t="s">
+      <c r="A41" s="147"/>
+      <c r="B41" s="137"/>
+      <c r="C41" s="137"/>
+      <c r="D41" s="137"/>
+      <c r="E41" s="137"/>
+      <c r="F41" s="137"/>
+      <c r="G41" s="106" t="s">
         <v>139</v>
       </c>
-      <c r="H41" s="149"/>
-[...24 lines deleted...]
-      <c r="AG41" s="151"/>
+      <c r="H41" s="107"/>
+      <c r="I41" s="107"/>
+      <c r="J41" s="107"/>
+      <c r="K41" s="107"/>
+      <c r="L41" s="107"/>
+      <c r="M41" s="107"/>
+      <c r="N41" s="107"/>
+      <c r="O41" s="107"/>
+      <c r="P41" s="107"/>
+      <c r="Q41" s="107"/>
+      <c r="R41" s="107"/>
+      <c r="S41" s="107"/>
+      <c r="T41" s="107"/>
+      <c r="U41" s="107"/>
+      <c r="V41" s="107"/>
+      <c r="W41" s="107"/>
+      <c r="X41" s="107"/>
+      <c r="Y41" s="107"/>
+      <c r="Z41" s="107"/>
+      <c r="AA41" s="107"/>
+      <c r="AB41" s="107"/>
+      <c r="AC41" s="107"/>
+      <c r="AD41" s="107"/>
+      <c r="AE41" s="107"/>
+      <c r="AF41" s="107"/>
+      <c r="AG41" s="109"/>
       <c r="AH41" s="1"/>
-      <c r="AI41" s="148" t="s">
+      <c r="AI41" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="AJ41" s="149"/>
-[...4 lines deleted...]
-      <c r="AO41" s="151"/>
+      <c r="AJ41" s="107"/>
+      <c r="AK41" s="107"/>
+      <c r="AL41" s="107"/>
+      <c r="AM41" s="107"/>
+      <c r="AN41" s="107"/>
+      <c r="AO41" s="109"/>
       <c r="AP41" s="1"/>
-      <c r="AQ41" s="148" t="s">
+      <c r="AQ41" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="AR41" s="149"/>
-[...5 lines deleted...]
-      <c r="AX41" s="150"/>
+      <c r="AR41" s="107"/>
+      <c r="AS41" s="107"/>
+      <c r="AT41" s="107"/>
+      <c r="AU41" s="107"/>
+      <c r="AV41" s="107"/>
+      <c r="AW41" s="107"/>
+      <c r="AX41" s="108"/>
     </row>
     <row r="42" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="84"/>
-[...5 lines deleted...]
-      <c r="G42" s="148" t="s">
+      <c r="A42" s="147"/>
+      <c r="B42" s="137"/>
+      <c r="C42" s="137"/>
+      <c r="D42" s="137"/>
+      <c r="E42" s="137"/>
+      <c r="F42" s="137"/>
+      <c r="G42" s="106" t="s">
         <v>140</v>
       </c>
-      <c r="H42" s="149"/>
-[...24 lines deleted...]
-      <c r="AG42" s="151"/>
+      <c r="H42" s="107"/>
+      <c r="I42" s="107"/>
+      <c r="J42" s="107"/>
+      <c r="K42" s="107"/>
+      <c r="L42" s="107"/>
+      <c r="M42" s="107"/>
+      <c r="N42" s="107"/>
+      <c r="O42" s="107"/>
+      <c r="P42" s="107"/>
+      <c r="Q42" s="107"/>
+      <c r="R42" s="107"/>
+      <c r="S42" s="107"/>
+      <c r="T42" s="107"/>
+      <c r="U42" s="107"/>
+      <c r="V42" s="107"/>
+      <c r="W42" s="107"/>
+      <c r="X42" s="107"/>
+      <c r="Y42" s="107"/>
+      <c r="Z42" s="107"/>
+      <c r="AA42" s="107"/>
+      <c r="AB42" s="107"/>
+      <c r="AC42" s="107"/>
+      <c r="AD42" s="107"/>
+      <c r="AE42" s="107"/>
+      <c r="AF42" s="107"/>
+      <c r="AG42" s="109"/>
       <c r="AH42" s="1"/>
-      <c r="AI42" s="148" t="s">
+      <c r="AI42" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="AJ42" s="149"/>
-[...4 lines deleted...]
-      <c r="AO42" s="151"/>
+      <c r="AJ42" s="107"/>
+      <c r="AK42" s="107"/>
+      <c r="AL42" s="107"/>
+      <c r="AM42" s="107"/>
+      <c r="AN42" s="107"/>
+      <c r="AO42" s="109"/>
       <c r="AP42" s="1"/>
-      <c r="AQ42" s="148" t="s">
+      <c r="AQ42" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="AR42" s="149"/>
-[...5 lines deleted...]
-      <c r="AX42" s="150"/>
+      <c r="AR42" s="107"/>
+      <c r="AS42" s="107"/>
+      <c r="AT42" s="107"/>
+      <c r="AU42" s="107"/>
+      <c r="AV42" s="107"/>
+      <c r="AW42" s="107"/>
+      <c r="AX42" s="108"/>
     </row>
     <row r="43" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="84"/>
-[...5 lines deleted...]
-      <c r="G43" s="298" t="s">
+      <c r="A43" s="147"/>
+      <c r="B43" s="137"/>
+      <c r="C43" s="137"/>
+      <c r="D43" s="137"/>
+      <c r="E43" s="137"/>
+      <c r="F43" s="137"/>
+      <c r="G43" s="253" t="s">
         <v>141</v>
       </c>
-      <c r="H43" s="299"/>
-[...24 lines deleted...]
-      <c r="AG43" s="305"/>
+      <c r="H43" s="254"/>
+      <c r="I43" s="254"/>
+      <c r="J43" s="254"/>
+      <c r="K43" s="254"/>
+      <c r="L43" s="254"/>
+      <c r="M43" s="254"/>
+      <c r="N43" s="254"/>
+      <c r="O43" s="254"/>
+      <c r="P43" s="254"/>
+      <c r="Q43" s="254"/>
+      <c r="R43" s="254"/>
+      <c r="S43" s="254"/>
+      <c r="T43" s="254"/>
+      <c r="U43" s="254"/>
+      <c r="V43" s="254"/>
+      <c r="W43" s="254"/>
+      <c r="X43" s="254"/>
+      <c r="Y43" s="254"/>
+      <c r="Z43" s="254"/>
+      <c r="AA43" s="254"/>
+      <c r="AB43" s="254"/>
+      <c r="AC43" s="254"/>
+      <c r="AD43" s="254"/>
+      <c r="AE43" s="254"/>
+      <c r="AF43" s="254"/>
+      <c r="AG43" s="255"/>
       <c r="AH43" s="1"/>
-      <c r="AI43" s="148" t="s">
+      <c r="AI43" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="AJ43" s="149"/>
-[...4 lines deleted...]
-      <c r="AO43" s="151"/>
+      <c r="AJ43" s="107"/>
+      <c r="AK43" s="107"/>
+      <c r="AL43" s="107"/>
+      <c r="AM43" s="107"/>
+      <c r="AN43" s="107"/>
+      <c r="AO43" s="109"/>
       <c r="AP43" s="1"/>
-      <c r="AQ43" s="148" t="s">
+      <c r="AQ43" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="AR43" s="149"/>
-[...5 lines deleted...]
-      <c r="AX43" s="150"/>
+      <c r="AR43" s="107"/>
+      <c r="AS43" s="107"/>
+      <c r="AT43" s="107"/>
+      <c r="AU43" s="107"/>
+      <c r="AV43" s="107"/>
+      <c r="AW43" s="107"/>
+      <c r="AX43" s="108"/>
     </row>
     <row r="44" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="84"/>
-[...5 lines deleted...]
-      <c r="G44" s="148" t="s">
+      <c r="A44" s="147"/>
+      <c r="B44" s="137"/>
+      <c r="C44" s="137"/>
+      <c r="D44" s="137"/>
+      <c r="E44" s="137"/>
+      <c r="F44" s="137"/>
+      <c r="G44" s="106" t="s">
         <v>142</v>
       </c>
-      <c r="H44" s="149"/>
-[...24 lines deleted...]
-      <c r="AG44" s="151"/>
+      <c r="H44" s="107"/>
+      <c r="I44" s="107"/>
+      <c r="J44" s="107"/>
+      <c r="K44" s="107"/>
+      <c r="L44" s="107"/>
+      <c r="M44" s="107"/>
+      <c r="N44" s="107"/>
+      <c r="O44" s="107"/>
+      <c r="P44" s="107"/>
+      <c r="Q44" s="107"/>
+      <c r="R44" s="107"/>
+      <c r="S44" s="107"/>
+      <c r="T44" s="107"/>
+      <c r="U44" s="107"/>
+      <c r="V44" s="107"/>
+      <c r="W44" s="107"/>
+      <c r="X44" s="107"/>
+      <c r="Y44" s="107"/>
+      <c r="Z44" s="107"/>
+      <c r="AA44" s="107"/>
+      <c r="AB44" s="107"/>
+      <c r="AC44" s="107"/>
+      <c r="AD44" s="107"/>
+      <c r="AE44" s="107"/>
+      <c r="AF44" s="107"/>
+      <c r="AG44" s="109"/>
       <c r="AH44" s="1"/>
-      <c r="AI44" s="148" t="s">
+      <c r="AI44" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="AJ44" s="149"/>
-[...4 lines deleted...]
-      <c r="AO44" s="151"/>
+      <c r="AJ44" s="107"/>
+      <c r="AK44" s="107"/>
+      <c r="AL44" s="107"/>
+      <c r="AM44" s="107"/>
+      <c r="AN44" s="107"/>
+      <c r="AO44" s="109"/>
       <c r="AP44" s="1"/>
-      <c r="AQ44" s="148" t="s">
+      <c r="AQ44" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="AR44" s="149"/>
-[...5 lines deleted...]
-      <c r="AX44" s="150"/>
+      <c r="AR44" s="107"/>
+      <c r="AS44" s="107"/>
+      <c r="AT44" s="107"/>
+      <c r="AU44" s="107"/>
+      <c r="AV44" s="107"/>
+      <c r="AW44" s="107"/>
+      <c r="AX44" s="108"/>
     </row>
     <row r="45" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="84"/>
-[...5 lines deleted...]
-      <c r="G45" s="148" t="s">
+      <c r="A45" s="147"/>
+      <c r="B45" s="137"/>
+      <c r="C45" s="137"/>
+      <c r="D45" s="137"/>
+      <c r="E45" s="137"/>
+      <c r="F45" s="137"/>
+      <c r="G45" s="106" t="s">
         <v>143</v>
       </c>
-      <c r="H45" s="149"/>
-[...24 lines deleted...]
-      <c r="AG45" s="149"/>
+      <c r="H45" s="107"/>
+      <c r="I45" s="107"/>
+      <c r="J45" s="107"/>
+      <c r="K45" s="107"/>
+      <c r="L45" s="107"/>
+      <c r="M45" s="107"/>
+      <c r="N45" s="107"/>
+      <c r="O45" s="107"/>
+      <c r="P45" s="107"/>
+      <c r="Q45" s="107"/>
+      <c r="R45" s="107"/>
+      <c r="S45" s="107"/>
+      <c r="T45" s="107"/>
+      <c r="U45" s="107"/>
+      <c r="V45" s="107"/>
+      <c r="W45" s="107"/>
+      <c r="X45" s="107"/>
+      <c r="Y45" s="107"/>
+      <c r="Z45" s="107"/>
+      <c r="AA45" s="107"/>
+      <c r="AB45" s="107"/>
+      <c r="AC45" s="107"/>
+      <c r="AD45" s="107"/>
+      <c r="AE45" s="107"/>
+      <c r="AF45" s="107"/>
+      <c r="AG45" s="107"/>
       <c r="AH45" s="17"/>
       <c r="AI45" s="17"/>
       <c r="AJ45" s="17"/>
       <c r="AK45" s="17"/>
       <c r="AL45" s="17"/>
       <c r="AM45" s="2"/>
       <c r="AN45" s="17"/>
       <c r="AO45" s="17"/>
       <c r="AP45" s="17"/>
       <c r="AQ45" s="17"/>
       <c r="AR45" s="17"/>
       <c r="AS45" s="17"/>
       <c r="AT45" s="17"/>
       <c r="AU45" s="17"/>
       <c r="AV45" s="17"/>
       <c r="AW45" s="17"/>
       <c r="AX45" s="18"/>
     </row>
     <row r="46" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="84"/>
-[...5 lines deleted...]
-      <c r="G46" s="148" t="s">
+      <c r="A46" s="147"/>
+      <c r="B46" s="137"/>
+      <c r="C46" s="137"/>
+      <c r="D46" s="137"/>
+      <c r="E46" s="137"/>
+      <c r="F46" s="137"/>
+      <c r="G46" s="106" t="s">
         <v>144</v>
       </c>
-      <c r="H46" s="149"/>
-[...25 lines deleted...]
-      <c r="AI46" s="148" t="s">
+      <c r="H46" s="107"/>
+      <c r="I46" s="107"/>
+      <c r="J46" s="107"/>
+      <c r="K46" s="107"/>
+      <c r="L46" s="107"/>
+      <c r="M46" s="107"/>
+      <c r="N46" s="107"/>
+      <c r="O46" s="107"/>
+      <c r="P46" s="107"/>
+      <c r="Q46" s="107"/>
+      <c r="R46" s="107"/>
+      <c r="S46" s="107"/>
+      <c r="T46" s="107"/>
+      <c r="U46" s="107"/>
+      <c r="V46" s="107"/>
+      <c r="W46" s="107"/>
+      <c r="X46" s="107"/>
+      <c r="Y46" s="107"/>
+      <c r="Z46" s="107"/>
+      <c r="AA46" s="107"/>
+      <c r="AB46" s="107"/>
+      <c r="AC46" s="107"/>
+      <c r="AD46" s="107"/>
+      <c r="AE46" s="107"/>
+      <c r="AF46" s="107"/>
+      <c r="AG46" s="109"/>
+      <c r="AI46" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="AJ46" s="149"/>
-[...5 lines deleted...]
-      <c r="AQ46" s="148" t="s">
+      <c r="AJ46" s="107"/>
+      <c r="AK46" s="107"/>
+      <c r="AL46" s="107"/>
+      <c r="AM46" s="107"/>
+      <c r="AN46" s="107"/>
+      <c r="AO46" s="109"/>
+      <c r="AQ46" s="106" t="s">
         <v>30</v>
       </c>
-      <c r="AR46" s="149"/>
-[...5 lines deleted...]
-      <c r="AX46" s="150"/>
+      <c r="AR46" s="107"/>
+      <c r="AS46" s="107"/>
+      <c r="AT46" s="107"/>
+      <c r="AU46" s="107"/>
+      <c r="AV46" s="107"/>
+      <c r="AW46" s="107"/>
+      <c r="AX46" s="108"/>
     </row>
     <row r="47" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="187"/>
-[...31 lines deleted...]
-      <c r="AG47" s="151"/>
+      <c r="A47" s="228"/>
+      <c r="B47" s="229"/>
+      <c r="C47" s="281"/>
+      <c r="D47" s="229"/>
+      <c r="E47" s="281"/>
+      <c r="F47" s="229"/>
+      <c r="G47" s="106"/>
+      <c r="H47" s="107"/>
+      <c r="I47" s="107"/>
+      <c r="J47" s="107"/>
+      <c r="K47" s="107"/>
+      <c r="L47" s="107"/>
+      <c r="M47" s="107"/>
+      <c r="N47" s="107"/>
+      <c r="O47" s="107"/>
+      <c r="P47" s="107"/>
+      <c r="Q47" s="107"/>
+      <c r="R47" s="107"/>
+      <c r="S47" s="107"/>
+      <c r="T47" s="107"/>
+      <c r="U47" s="107"/>
+      <c r="V47" s="107"/>
+      <c r="W47" s="107"/>
+      <c r="X47" s="107"/>
+      <c r="Y47" s="107"/>
+      <c r="Z47" s="107"/>
+      <c r="AA47" s="107"/>
+      <c r="AB47" s="107"/>
+      <c r="AC47" s="107"/>
+      <c r="AD47" s="107"/>
+      <c r="AE47" s="107"/>
+      <c r="AF47" s="107"/>
+      <c r="AG47" s="109"/>
       <c r="AH47" s="42"/>
-      <c r="AI47" s="148"/>
-[...5 lines deleted...]
-      <c r="AO47" s="151"/>
+      <c r="AI47" s="106"/>
+      <c r="AJ47" s="107"/>
+      <c r="AK47" s="107"/>
+      <c r="AL47" s="107"/>
+      <c r="AM47" s="107"/>
+      <c r="AN47" s="107"/>
+      <c r="AO47" s="109"/>
       <c r="AP47" s="16"/>
-      <c r="AQ47" s="148"/>
-[...6 lines deleted...]
-      <c r="AX47" s="150"/>
+      <c r="AQ47" s="106"/>
+      <c r="AR47" s="107"/>
+      <c r="AS47" s="107"/>
+      <c r="AT47" s="107"/>
+      <c r="AU47" s="107"/>
+      <c r="AV47" s="107"/>
+      <c r="AW47" s="107"/>
+      <c r="AX47" s="108"/>
     </row>
     <row r="48" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A48" s="333" t="s">
+      <c r="A48" s="312" t="s">
         <v>62</v>
       </c>
-      <c r="B48" s="334"/>
-[...47 lines deleted...]
-      <c r="AX48" s="237"/>
+      <c r="B48" s="313"/>
+      <c r="C48" s="313"/>
+      <c r="D48" s="313"/>
+      <c r="E48" s="313"/>
+      <c r="F48" s="313"/>
+      <c r="G48" s="313"/>
+      <c r="H48" s="313"/>
+      <c r="I48" s="249"/>
+      <c r="J48" s="250"/>
+      <c r="K48" s="250"/>
+      <c r="L48" s="250"/>
+      <c r="M48" s="250"/>
+      <c r="N48" s="250"/>
+      <c r="O48" s="250"/>
+      <c r="P48" s="250"/>
+      <c r="Q48" s="250"/>
+      <c r="R48" s="250"/>
+      <c r="S48" s="250"/>
+      <c r="T48" s="250"/>
+      <c r="U48" s="250"/>
+      <c r="V48" s="250"/>
+      <c r="W48" s="250"/>
+      <c r="X48" s="250"/>
+      <c r="Y48" s="250"/>
+      <c r="Z48" s="250"/>
+      <c r="AA48" s="250"/>
+      <c r="AB48" s="250"/>
+      <c r="AC48" s="250"/>
+      <c r="AD48" s="250"/>
+      <c r="AE48" s="250"/>
+      <c r="AF48" s="250"/>
+      <c r="AG48" s="250"/>
+      <c r="AH48" s="250"/>
+      <c r="AI48" s="250"/>
+      <c r="AJ48" s="250"/>
+      <c r="AK48" s="250"/>
+      <c r="AL48" s="250"/>
+      <c r="AM48" s="250"/>
+      <c r="AN48" s="250"/>
+      <c r="AO48" s="250"/>
+      <c r="AP48" s="250"/>
+      <c r="AQ48" s="250"/>
+      <c r="AR48" s="250"/>
+      <c r="AS48" s="250"/>
+      <c r="AT48" s="250"/>
+      <c r="AU48" s="250"/>
+      <c r="AV48" s="250"/>
+      <c r="AW48" s="250"/>
+      <c r="AX48" s="251"/>
     </row>
     <row r="49" spans="1:50" ht="28.9" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="335"/>
-[...48 lines deleted...]
-      <c r="AX49" s="237"/>
+      <c r="A49" s="314"/>
+      <c r="B49" s="315"/>
+      <c r="C49" s="315"/>
+      <c r="D49" s="315"/>
+      <c r="E49" s="315"/>
+      <c r="F49" s="315"/>
+      <c r="G49" s="315"/>
+      <c r="H49" s="316"/>
+      <c r="I49" s="249"/>
+      <c r="J49" s="250"/>
+      <c r="K49" s="250"/>
+      <c r="L49" s="250"/>
+      <c r="M49" s="250"/>
+      <c r="N49" s="250"/>
+      <c r="O49" s="250"/>
+      <c r="P49" s="250"/>
+      <c r="Q49" s="250"/>
+      <c r="R49" s="250"/>
+      <c r="S49" s="250"/>
+      <c r="T49" s="250"/>
+      <c r="U49" s="250"/>
+      <c r="V49" s="250"/>
+      <c r="W49" s="250"/>
+      <c r="X49" s="250"/>
+      <c r="Y49" s="250"/>
+      <c r="Z49" s="250"/>
+      <c r="AA49" s="250"/>
+      <c r="AB49" s="250"/>
+      <c r="AC49" s="250"/>
+      <c r="AD49" s="250"/>
+      <c r="AE49" s="250"/>
+      <c r="AF49" s="250"/>
+      <c r="AG49" s="250"/>
+      <c r="AH49" s="250"/>
+      <c r="AI49" s="250"/>
+      <c r="AJ49" s="250"/>
+      <c r="AK49" s="250"/>
+      <c r="AL49" s="250"/>
+      <c r="AM49" s="250"/>
+      <c r="AN49" s="250"/>
+      <c r="AO49" s="250"/>
+      <c r="AP49" s="250"/>
+      <c r="AQ49" s="250"/>
+      <c r="AR49" s="250"/>
+      <c r="AS49" s="250"/>
+      <c r="AT49" s="250"/>
+      <c r="AU49" s="250"/>
+      <c r="AV49" s="250"/>
+      <c r="AW49" s="250"/>
+      <c r="AX49" s="251"/>
     </row>
     <row r="50" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A50" s="335"/>
-[...48 lines deleted...]
-      <c r="AX50" s="237"/>
+      <c r="A50" s="314"/>
+      <c r="B50" s="315"/>
+      <c r="C50" s="315"/>
+      <c r="D50" s="315"/>
+      <c r="E50" s="315"/>
+      <c r="F50" s="315"/>
+      <c r="G50" s="315"/>
+      <c r="H50" s="316"/>
+      <c r="I50" s="249"/>
+      <c r="J50" s="250"/>
+      <c r="K50" s="250"/>
+      <c r="L50" s="250"/>
+      <c r="M50" s="250"/>
+      <c r="N50" s="250"/>
+      <c r="O50" s="250"/>
+      <c r="P50" s="250"/>
+      <c r="Q50" s="250"/>
+      <c r="R50" s="250"/>
+      <c r="S50" s="250"/>
+      <c r="T50" s="250"/>
+      <c r="U50" s="250"/>
+      <c r="V50" s="250"/>
+      <c r="W50" s="250"/>
+      <c r="X50" s="250"/>
+      <c r="Y50" s="250"/>
+      <c r="Z50" s="250"/>
+      <c r="AA50" s="250"/>
+      <c r="AB50" s="250"/>
+      <c r="AC50" s="250"/>
+      <c r="AD50" s="250"/>
+      <c r="AE50" s="250"/>
+      <c r="AF50" s="250"/>
+      <c r="AG50" s="250"/>
+      <c r="AH50" s="250"/>
+      <c r="AI50" s="250"/>
+      <c r="AJ50" s="250"/>
+      <c r="AK50" s="250"/>
+      <c r="AL50" s="250"/>
+      <c r="AM50" s="250"/>
+      <c r="AN50" s="250"/>
+      <c r="AO50" s="250"/>
+      <c r="AP50" s="250"/>
+      <c r="AQ50" s="250"/>
+      <c r="AR50" s="250"/>
+      <c r="AS50" s="250"/>
+      <c r="AT50" s="250"/>
+      <c r="AU50" s="250"/>
+      <c r="AV50" s="250"/>
+      <c r="AW50" s="250"/>
+      <c r="AX50" s="251"/>
     </row>
     <row r="51" spans="1:50" ht="28.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="338"/>
-[...48 lines deleted...]
-      <c r="AX51" s="237"/>
+      <c r="A51" s="317"/>
+      <c r="B51" s="318"/>
+      <c r="C51" s="318"/>
+      <c r="D51" s="318"/>
+      <c r="E51" s="318"/>
+      <c r="F51" s="318"/>
+      <c r="G51" s="318"/>
+      <c r="H51" s="319"/>
+      <c r="I51" s="249"/>
+      <c r="J51" s="250"/>
+      <c r="K51" s="250"/>
+      <c r="L51" s="250"/>
+      <c r="M51" s="250"/>
+      <c r="N51" s="250"/>
+      <c r="O51" s="250"/>
+      <c r="P51" s="250"/>
+      <c r="Q51" s="250"/>
+      <c r="R51" s="250"/>
+      <c r="S51" s="250"/>
+      <c r="T51" s="250"/>
+      <c r="U51" s="250"/>
+      <c r="V51" s="250"/>
+      <c r="W51" s="250"/>
+      <c r="X51" s="250"/>
+      <c r="Y51" s="250"/>
+      <c r="Z51" s="250"/>
+      <c r="AA51" s="250"/>
+      <c r="AB51" s="250"/>
+      <c r="AC51" s="250"/>
+      <c r="AD51" s="250"/>
+      <c r="AE51" s="250"/>
+      <c r="AF51" s="250"/>
+      <c r="AG51" s="250"/>
+      <c r="AH51" s="250"/>
+      <c r="AI51" s="250"/>
+      <c r="AJ51" s="250"/>
+      <c r="AK51" s="250"/>
+      <c r="AL51" s="250"/>
+      <c r="AM51" s="250"/>
+      <c r="AN51" s="250"/>
+      <c r="AO51" s="250"/>
+      <c r="AP51" s="250"/>
+      <c r="AQ51" s="250"/>
+      <c r="AR51" s="250"/>
+      <c r="AS51" s="250"/>
+      <c r="AT51" s="250"/>
+      <c r="AU51" s="250"/>
+      <c r="AV51" s="250"/>
+      <c r="AW51" s="250"/>
+      <c r="AX51" s="251"/>
     </row>
     <row r="52" spans="1:50" ht="25.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A52" s="330" t="s">
+      <c r="A52" s="309" t="s">
         <v>36</v>
       </c>
-      <c r="B52" s="331"/>
-[...47 lines deleted...]
-      <c r="AX52" s="332"/>
+      <c r="B52" s="310"/>
+      <c r="C52" s="310"/>
+      <c r="D52" s="310"/>
+      <c r="E52" s="310"/>
+      <c r="F52" s="310"/>
+      <c r="G52" s="310"/>
+      <c r="H52" s="310"/>
+      <c r="I52" s="310"/>
+      <c r="J52" s="310"/>
+      <c r="K52" s="310"/>
+      <c r="L52" s="310"/>
+      <c r="M52" s="310"/>
+      <c r="N52" s="310"/>
+      <c r="O52" s="310"/>
+      <c r="P52" s="310"/>
+      <c r="Q52" s="310"/>
+      <c r="R52" s="310"/>
+      <c r="S52" s="310"/>
+      <c r="T52" s="310"/>
+      <c r="U52" s="310"/>
+      <c r="V52" s="310"/>
+      <c r="W52" s="310"/>
+      <c r="X52" s="310"/>
+      <c r="Y52" s="310"/>
+      <c r="Z52" s="310"/>
+      <c r="AA52" s="310"/>
+      <c r="AB52" s="310"/>
+      <c r="AC52" s="310"/>
+      <c r="AD52" s="310"/>
+      <c r="AE52" s="310"/>
+      <c r="AF52" s="310"/>
+      <c r="AG52" s="310"/>
+      <c r="AH52" s="310"/>
+      <c r="AI52" s="310"/>
+      <c r="AJ52" s="310"/>
+      <c r="AK52" s="310"/>
+      <c r="AL52" s="310"/>
+      <c r="AM52" s="310"/>
+      <c r="AN52" s="310"/>
+      <c r="AO52" s="310"/>
+      <c r="AP52" s="310"/>
+      <c r="AQ52" s="310"/>
+      <c r="AR52" s="310"/>
+      <c r="AS52" s="310"/>
+      <c r="AT52" s="310"/>
+      <c r="AU52" s="310"/>
+      <c r="AV52" s="310"/>
+      <c r="AW52" s="310"/>
+      <c r="AX52" s="311"/>
     </row>
     <row r="53" spans="1:50" ht="26.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A53" s="304" t="s">
+      <c r="A53" s="298" t="s">
         <v>89</v>
       </c>
-      <c r="B53" s="299"/>
-[...47 lines deleted...]
-      <c r="AX53" s="313"/>
+      <c r="B53" s="254"/>
+      <c r="C53" s="254"/>
+      <c r="D53" s="254"/>
+      <c r="E53" s="254"/>
+      <c r="F53" s="254"/>
+      <c r="G53" s="254"/>
+      <c r="H53" s="254"/>
+      <c r="I53" s="254"/>
+      <c r="J53" s="254"/>
+      <c r="K53" s="254"/>
+      <c r="L53" s="254"/>
+      <c r="M53" s="254"/>
+      <c r="N53" s="254"/>
+      <c r="O53" s="254"/>
+      <c r="P53" s="254"/>
+      <c r="Q53" s="254"/>
+      <c r="R53" s="254"/>
+      <c r="S53" s="254"/>
+      <c r="T53" s="254"/>
+      <c r="U53" s="254"/>
+      <c r="V53" s="254"/>
+      <c r="W53" s="254"/>
+      <c r="X53" s="254"/>
+      <c r="Y53" s="254"/>
+      <c r="Z53" s="254"/>
+      <c r="AA53" s="254"/>
+      <c r="AB53" s="254"/>
+      <c r="AC53" s="254"/>
+      <c r="AD53" s="254"/>
+      <c r="AE53" s="254"/>
+      <c r="AF53" s="254"/>
+      <c r="AG53" s="254"/>
+      <c r="AH53" s="254"/>
+      <c r="AI53" s="254"/>
+      <c r="AJ53" s="254"/>
+      <c r="AK53" s="254"/>
+      <c r="AL53" s="254"/>
+      <c r="AM53" s="255"/>
+      <c r="AN53" s="304"/>
+      <c r="AO53" s="229"/>
+      <c r="AP53" s="300"/>
+      <c r="AQ53" s="301"/>
+      <c r="AR53" s="301"/>
+      <c r="AS53" s="301"/>
+      <c r="AT53" s="301"/>
+      <c r="AU53" s="301"/>
+      <c r="AV53" s="301"/>
+      <c r="AW53" s="301"/>
+      <c r="AX53" s="302"/>
     </row>
     <row r="54" spans="1:50" ht="31.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A54" s="304" t="s">
+      <c r="A54" s="298" t="s">
         <v>90</v>
       </c>
-      <c r="B54" s="299"/>
-[...47 lines deleted...]
-      <c r="AX54" s="313"/>
+      <c r="B54" s="254"/>
+      <c r="C54" s="254"/>
+      <c r="D54" s="254"/>
+      <c r="E54" s="254"/>
+      <c r="F54" s="254"/>
+      <c r="G54" s="254"/>
+      <c r="H54" s="254"/>
+      <c r="I54" s="254"/>
+      <c r="J54" s="254"/>
+      <c r="K54" s="254"/>
+      <c r="L54" s="254"/>
+      <c r="M54" s="254"/>
+      <c r="N54" s="254"/>
+      <c r="O54" s="254"/>
+      <c r="P54" s="254"/>
+      <c r="Q54" s="254"/>
+      <c r="R54" s="254"/>
+      <c r="S54" s="254"/>
+      <c r="T54" s="254"/>
+      <c r="U54" s="254"/>
+      <c r="V54" s="254"/>
+      <c r="W54" s="254"/>
+      <c r="X54" s="254"/>
+      <c r="Y54" s="254"/>
+      <c r="Z54" s="254"/>
+      <c r="AA54" s="254"/>
+      <c r="AB54" s="254"/>
+      <c r="AC54" s="254"/>
+      <c r="AD54" s="254"/>
+      <c r="AE54" s="254"/>
+      <c r="AF54" s="254"/>
+      <c r="AG54" s="254"/>
+      <c r="AH54" s="254"/>
+      <c r="AI54" s="254"/>
+      <c r="AJ54" s="254"/>
+      <c r="AK54" s="254"/>
+      <c r="AL54" s="254"/>
+      <c r="AM54" s="255"/>
+      <c r="AN54" s="304"/>
+      <c r="AO54" s="229"/>
+      <c r="AP54" s="303"/>
+      <c r="AQ54" s="301"/>
+      <c r="AR54" s="301"/>
+      <c r="AS54" s="301"/>
+      <c r="AT54" s="301"/>
+      <c r="AU54" s="301"/>
+      <c r="AV54" s="301"/>
+      <c r="AW54" s="301"/>
+      <c r="AX54" s="302"/>
     </row>
     <row r="55" spans="1:50" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A55" s="306" t="s">
+      <c r="A55" s="285" t="s">
         <v>49</v>
       </c>
-      <c r="B55" s="307"/>
-[...6 lines deleted...]
-      <c r="I55" s="308" t="s">
+      <c r="B55" s="286"/>
+      <c r="C55" s="286"/>
+      <c r="D55" s="286"/>
+      <c r="E55" s="286"/>
+      <c r="F55" s="286"/>
+      <c r="G55" s="286"/>
+      <c r="H55" s="286"/>
+      <c r="I55" s="299" t="s">
         <v>37</v>
       </c>
-      <c r="J55" s="308"/>
-[...3 lines deleted...]
-      <c r="N55" s="309" t="s">
+      <c r="J55" s="299"/>
+      <c r="K55" s="299"/>
+      <c r="L55" s="299"/>
+      <c r="M55" s="299"/>
+      <c r="N55" s="289" t="s">
         <v>50</v>
       </c>
-      <c r="O55" s="309"/>
-[...16 lines deleted...]
-      <c r="AF55" s="307" t="s">
+      <c r="O55" s="289"/>
+      <c r="P55" s="290"/>
+      <c r="Q55" s="290"/>
+      <c r="R55" s="290"/>
+      <c r="S55" s="290"/>
+      <c r="T55" s="290"/>
+      <c r="U55" s="290"/>
+      <c r="V55" s="290"/>
+      <c r="W55" s="290"/>
+      <c r="X55" s="290"/>
+      <c r="Y55" s="290"/>
+      <c r="Z55" s="290"/>
+      <c r="AA55" s="290"/>
+      <c r="AB55" s="290"/>
+      <c r="AC55" s="290"/>
+      <c r="AD55" s="290"/>
+      <c r="AE55" s="290"/>
+      <c r="AF55" s="286" t="s">
         <v>52</v>
       </c>
-      <c r="AG55" s="307"/>
-[...16 lines deleted...]
-      <c r="AX55" s="316"/>
+      <c r="AG55" s="286"/>
+      <c r="AH55" s="286"/>
+      <c r="AI55" s="137"/>
+      <c r="AJ55" s="137"/>
+      <c r="AK55" s="137"/>
+      <c r="AL55" s="137"/>
+      <c r="AM55" s="137"/>
+      <c r="AN55" s="137"/>
+      <c r="AO55" s="137"/>
+      <c r="AP55" s="137"/>
+      <c r="AQ55" s="137"/>
+      <c r="AR55" s="137"/>
+      <c r="AS55" s="137"/>
+      <c r="AT55" s="137"/>
+      <c r="AU55" s="137"/>
+      <c r="AV55" s="137"/>
+      <c r="AW55" s="137"/>
+      <c r="AX55" s="292"/>
     </row>
     <row r="56" spans="1:50" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A56" s="317"/>
-[...12 lines deleted...]
-      <c r="N56" s="319" t="s">
+      <c r="A56" s="305"/>
+      <c r="B56" s="306"/>
+      <c r="C56" s="306"/>
+      <c r="D56" s="306"/>
+      <c r="E56" s="306"/>
+      <c r="F56" s="306"/>
+      <c r="G56" s="306"/>
+      <c r="H56" s="306"/>
+      <c r="I56" s="299"/>
+      <c r="J56" s="299"/>
+      <c r="K56" s="299"/>
+      <c r="L56" s="299"/>
+      <c r="M56" s="299"/>
+      <c r="N56" s="307" t="s">
         <v>51</v>
       </c>
-      <c r="O56" s="319"/>
-      <c r="P56" s="320" t="s">
+      <c r="O56" s="307"/>
+      <c r="P56" s="308" t="s">
         <v>42</v>
       </c>
-      <c r="Q56" s="320"/>
-[...32 lines deleted...]
-      <c r="AX56" s="316"/>
+      <c r="Q56" s="308"/>
+      <c r="R56" s="308"/>
+      <c r="S56" s="308"/>
+      <c r="T56" s="308"/>
+      <c r="U56" s="308"/>
+      <c r="V56" s="308"/>
+      <c r="W56" s="308"/>
+      <c r="X56" s="308"/>
+      <c r="Y56" s="308"/>
+      <c r="Z56" s="308"/>
+      <c r="AA56" s="308"/>
+      <c r="AB56" s="308"/>
+      <c r="AC56" s="308"/>
+      <c r="AD56" s="308"/>
+      <c r="AE56" s="308"/>
+      <c r="AF56" s="286"/>
+      <c r="AG56" s="286"/>
+      <c r="AH56" s="286"/>
+      <c r="AI56" s="137"/>
+      <c r="AJ56" s="137"/>
+      <c r="AK56" s="137"/>
+      <c r="AL56" s="137"/>
+      <c r="AM56" s="137"/>
+      <c r="AN56" s="137"/>
+      <c r="AO56" s="137"/>
+      <c r="AP56" s="137"/>
+      <c r="AQ56" s="137"/>
+      <c r="AR56" s="137"/>
+      <c r="AS56" s="137"/>
+      <c r="AT56" s="137"/>
+      <c r="AU56" s="137"/>
+      <c r="AV56" s="137"/>
+      <c r="AW56" s="137"/>
+      <c r="AX56" s="292"/>
     </row>
     <row r="57" spans="1:50" s="57" customFormat="1" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A57" s="321" t="s">
+      <c r="A57" s="282" t="s">
         <v>38</v>
       </c>
-      <c r="B57" s="302"/>
-[...47 lines deleted...]
-      <c r="AX57" s="303"/>
+      <c r="B57" s="283"/>
+      <c r="C57" s="283"/>
+      <c r="D57" s="283"/>
+      <c r="E57" s="283"/>
+      <c r="F57" s="283"/>
+      <c r="G57" s="283"/>
+      <c r="H57" s="283"/>
+      <c r="I57" s="283"/>
+      <c r="J57" s="283"/>
+      <c r="K57" s="283"/>
+      <c r="L57" s="283"/>
+      <c r="M57" s="283"/>
+      <c r="N57" s="283"/>
+      <c r="O57" s="283"/>
+      <c r="P57" s="283"/>
+      <c r="Q57" s="283"/>
+      <c r="R57" s="283"/>
+      <c r="S57" s="283"/>
+      <c r="T57" s="283"/>
+      <c r="U57" s="283"/>
+      <c r="V57" s="283"/>
+      <c r="W57" s="283"/>
+      <c r="X57" s="283"/>
+      <c r="Y57" s="283"/>
+      <c r="Z57" s="283"/>
+      <c r="AA57" s="283"/>
+      <c r="AB57" s="283"/>
+      <c r="AC57" s="283"/>
+      <c r="AD57" s="283"/>
+      <c r="AE57" s="283"/>
+      <c r="AF57" s="283"/>
+      <c r="AG57" s="283"/>
+      <c r="AH57" s="283"/>
+      <c r="AI57" s="283"/>
+      <c r="AJ57" s="283"/>
+      <c r="AK57" s="283"/>
+      <c r="AL57" s="283"/>
+      <c r="AM57" s="283"/>
+      <c r="AN57" s="283"/>
+      <c r="AO57" s="283"/>
+      <c r="AP57" s="283"/>
+      <c r="AQ57" s="283"/>
+      <c r="AR57" s="283"/>
+      <c r="AS57" s="283"/>
+      <c r="AT57" s="283"/>
+      <c r="AU57" s="283"/>
+      <c r="AV57" s="283"/>
+      <c r="AW57" s="283"/>
+      <c r="AX57" s="284"/>
     </row>
     <row r="58" spans="1:50" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A58" s="306" t="s">
+      <c r="A58" s="285" t="s">
         <v>53</v>
       </c>
-      <c r="B58" s="307"/>
-[...6 lines deleted...]
-      <c r="I58" s="322" t="s">
+      <c r="B58" s="286"/>
+      <c r="C58" s="286"/>
+      <c r="D58" s="286"/>
+      <c r="E58" s="286"/>
+      <c r="F58" s="286"/>
+      <c r="G58" s="286"/>
+      <c r="H58" s="286"/>
+      <c r="I58" s="287" t="s">
         <v>39</v>
       </c>
-      <c r="J58" s="322"/>
-[...3 lines deleted...]
-      <c r="N58" s="309" t="s">
+      <c r="J58" s="287"/>
+      <c r="K58" s="287"/>
+      <c r="L58" s="287"/>
+      <c r="M58" s="287"/>
+      <c r="N58" s="289" t="s">
         <v>54</v>
       </c>
-      <c r="O58" s="309"/>
-[...16 lines deleted...]
-      <c r="AF58" s="307" t="s">
+      <c r="O58" s="289"/>
+      <c r="P58" s="290"/>
+      <c r="Q58" s="290"/>
+      <c r="R58" s="290"/>
+      <c r="S58" s="290"/>
+      <c r="T58" s="290"/>
+      <c r="U58" s="290"/>
+      <c r="V58" s="290"/>
+      <c r="W58" s="290"/>
+      <c r="X58" s="290"/>
+      <c r="Y58" s="290"/>
+      <c r="Z58" s="290"/>
+      <c r="AA58" s="290"/>
+      <c r="AB58" s="290"/>
+      <c r="AC58" s="290"/>
+      <c r="AD58" s="290"/>
+      <c r="AE58" s="290"/>
+      <c r="AF58" s="286" t="s">
         <v>56</v>
       </c>
-      <c r="AG58" s="307"/>
-[...16 lines deleted...]
-      <c r="AX58" s="316"/>
+      <c r="AG58" s="286"/>
+      <c r="AH58" s="286"/>
+      <c r="AI58" s="137"/>
+      <c r="AJ58" s="137"/>
+      <c r="AK58" s="137"/>
+      <c r="AL58" s="137"/>
+      <c r="AM58" s="137"/>
+      <c r="AN58" s="137"/>
+      <c r="AO58" s="137"/>
+      <c r="AP58" s="137"/>
+      <c r="AQ58" s="137"/>
+      <c r="AR58" s="137"/>
+      <c r="AS58" s="137"/>
+      <c r="AT58" s="137"/>
+      <c r="AU58" s="137"/>
+      <c r="AV58" s="137"/>
+      <c r="AW58" s="137"/>
+      <c r="AX58" s="292"/>
     </row>
     <row r="59" spans="1:50" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A59" s="327"/>
-[...12 lines deleted...]
-      <c r="N59" s="328" t="s">
+      <c r="A59" s="295"/>
+      <c r="B59" s="293"/>
+      <c r="C59" s="293"/>
+      <c r="D59" s="293"/>
+      <c r="E59" s="293"/>
+      <c r="F59" s="293"/>
+      <c r="G59" s="293"/>
+      <c r="H59" s="293"/>
+      <c r="I59" s="288"/>
+      <c r="J59" s="288"/>
+      <c r="K59" s="288"/>
+      <c r="L59" s="288"/>
+      <c r="M59" s="288"/>
+      <c r="N59" s="296" t="s">
         <v>55</v>
       </c>
-      <c r="O59" s="328"/>
-      <c r="P59" s="329" t="s">
+      <c r="O59" s="296"/>
+      <c r="P59" s="297" t="s">
         <v>41</v>
       </c>
-      <c r="Q59" s="329"/>
-[...32 lines deleted...]
-      <c r="AX59" s="326"/>
+      <c r="Q59" s="297"/>
+      <c r="R59" s="297"/>
+      <c r="S59" s="297"/>
+      <c r="T59" s="297"/>
+      <c r="U59" s="297"/>
+      <c r="V59" s="297"/>
+      <c r="W59" s="297"/>
+      <c r="X59" s="297"/>
+      <c r="Y59" s="297"/>
+      <c r="Z59" s="297"/>
+      <c r="AA59" s="297"/>
+      <c r="AB59" s="297"/>
+      <c r="AC59" s="297"/>
+      <c r="AD59" s="297"/>
+      <c r="AE59" s="297"/>
+      <c r="AF59" s="291"/>
+      <c r="AG59" s="291"/>
+      <c r="AH59" s="291"/>
+      <c r="AI59" s="293"/>
+      <c r="AJ59" s="293"/>
+      <c r="AK59" s="293"/>
+      <c r="AL59" s="293"/>
+      <c r="AM59" s="293"/>
+      <c r="AN59" s="293"/>
+      <c r="AO59" s="293"/>
+      <c r="AP59" s="293"/>
+      <c r="AQ59" s="293"/>
+      <c r="AR59" s="293"/>
+      <c r="AS59" s="293"/>
+      <c r="AT59" s="293"/>
+      <c r="AU59" s="293"/>
+      <c r="AV59" s="293"/>
+      <c r="AW59" s="293"/>
+      <c r="AX59" s="294"/>
     </row>
     <row r="60" spans="1:50" ht="16.149999999999999" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="G60" s="234"/>
-[...15 lines deleted...]
-      <c r="W60" s="234"/>
+      <c r="G60" s="248"/>
+      <c r="H60" s="248"/>
+      <c r="I60" s="248"/>
+      <c r="J60" s="248"/>
+      <c r="K60" s="248"/>
+      <c r="L60" s="248"/>
+      <c r="M60" s="248"/>
+      <c r="N60" s="248"/>
+      <c r="O60" s="248"/>
+      <c r="P60" s="248"/>
+      <c r="Q60" s="248"/>
+      <c r="R60" s="248"/>
+      <c r="S60" s="248"/>
+      <c r="T60" s="248"/>
+      <c r="U60" s="248"/>
+      <c r="V60" s="248"/>
+      <c r="W60" s="248"/>
       <c r="AU60" s="4"/>
       <c r="AV60" s="4"/>
       <c r="AW60" s="4"/>
       <c r="AX60" s="4"/>
     </row>
     <row r="61" spans="1:50" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AU61" s="4"/>
       <c r="AV61" s="4"/>
       <c r="AW61" s="4"/>
       <c r="AX61" s="4"/>
     </row>
     <row r="62" spans="1:50" x14ac:dyDescent="0.25">
       <c r="AU62" s="4"/>
       <c r="AV62" s="4"/>
       <c r="AW62" s="4"/>
       <c r="AX62" s="4"/>
     </row>
     <row r="63" spans="1:50" x14ac:dyDescent="0.25">
       <c r="AU63" s="4"/>
       <c r="AV63" s="4"/>
       <c r="AW63" s="4"/>
       <c r="AX63" s="4"/>
     </row>
     <row r="64" spans="1:50" x14ac:dyDescent="0.25">
       <c r="AU64" s="4"/>
       <c r="AV64" s="4"/>
       <c r="AW64" s="4"/>
       <c r="AX64" s="4"/>
     </row>
     <row r="65" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="66" s="4" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="256">
-    <mergeCell ref="G47:AG47"/>
-[...17 lines deleted...]
-    <mergeCell ref="G44:AG44"/>
+    <mergeCell ref="A5:AX5"/>
+    <mergeCell ref="A6:AX6"/>
+    <mergeCell ref="A7:P7"/>
+    <mergeCell ref="Q7:AB7"/>
+    <mergeCell ref="AC7:AL7"/>
+    <mergeCell ref="AM7:AS7"/>
+    <mergeCell ref="AT7:AX7"/>
+    <mergeCell ref="U26:AE26"/>
+    <mergeCell ref="Z19:AA19"/>
+    <mergeCell ref="AB19:AC19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="G20:Y20"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="AD19:AE19"/>
+    <mergeCell ref="AD20:AE20"/>
+    <mergeCell ref="AF20:AX20"/>
+    <mergeCell ref="AD21:AE21"/>
+    <mergeCell ref="AF21:AX21"/>
+    <mergeCell ref="AD23:AE23"/>
+    <mergeCell ref="AF23:AX23"/>
+    <mergeCell ref="AM8:AS8"/>
+    <mergeCell ref="AT8:AX8"/>
+    <mergeCell ref="A9:AX9"/>
+    <mergeCell ref="A18:AX18"/>
+    <mergeCell ref="I13:U13"/>
+    <mergeCell ref="I14:U14"/>
+    <mergeCell ref="AR11:AV11"/>
+    <mergeCell ref="I11:U11"/>
+    <mergeCell ref="I12:U12"/>
+    <mergeCell ref="W13:AB14"/>
+    <mergeCell ref="A11:H14"/>
+    <mergeCell ref="A16:K16"/>
+    <mergeCell ref="L16:W16"/>
+    <mergeCell ref="W12:AH12"/>
+    <mergeCell ref="AP13:AW13"/>
+    <mergeCell ref="AP14:AW14"/>
+    <mergeCell ref="AI11:AP11"/>
+    <mergeCell ref="AQ10:AX10"/>
+    <mergeCell ref="A10:H10"/>
+    <mergeCell ref="X10:AC10"/>
+    <mergeCell ref="AD10:AJ10"/>
+    <mergeCell ref="AK10:AP10"/>
+    <mergeCell ref="AI12:AX12"/>
+    <mergeCell ref="I10:W10"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="I19:Y19"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="Z22:AA22"/>
+    <mergeCell ref="AB22:AC22"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="A8:P8"/>
+    <mergeCell ref="Q8:AB8"/>
+    <mergeCell ref="AC8:AL8"/>
+    <mergeCell ref="AF19:AG19"/>
+    <mergeCell ref="AH19:AX19"/>
+    <mergeCell ref="AD22:AE22"/>
+    <mergeCell ref="AF22:AG22"/>
+    <mergeCell ref="AH22:AX22"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="G21:Y21"/>
+    <mergeCell ref="Z21:AA21"/>
+    <mergeCell ref="AB21:AC21"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="I22:Y22"/>
+    <mergeCell ref="Z20:AA20"/>
+    <mergeCell ref="AB20:AC20"/>
+    <mergeCell ref="AC14:AN14"/>
+    <mergeCell ref="AC13:AN13"/>
+    <mergeCell ref="W11:AH11"/>
+    <mergeCell ref="AP27:AX27"/>
+    <mergeCell ref="AH27:AN27"/>
+    <mergeCell ref="G27:AF27"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="C27:D27"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="G23:Y23"/>
+    <mergeCell ref="Z23:AA23"/>
+    <mergeCell ref="AB23:AC23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="G24:Y24"/>
+    <mergeCell ref="Z24:AE24"/>
+    <mergeCell ref="AF24:AX24"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="G25:Y25"/>
+    <mergeCell ref="Z25:AA25"/>
+    <mergeCell ref="AB25:AC25"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="E26:F26"/>
+    <mergeCell ref="AH30:AN30"/>
+    <mergeCell ref="G30:AF30"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="AD25:AE25"/>
+    <mergeCell ref="AF25:AX25"/>
+    <mergeCell ref="AP28:AX28"/>
+    <mergeCell ref="AP29:AX29"/>
+    <mergeCell ref="AP30:AX30"/>
+    <mergeCell ref="AH28:AN28"/>
+    <mergeCell ref="AH29:AN29"/>
+    <mergeCell ref="G28:AF28"/>
+    <mergeCell ref="G29:AF29"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="E25:F25"/>
+    <mergeCell ref="A53:AM53"/>
+    <mergeCell ref="A48:H48"/>
+    <mergeCell ref="A49:H51"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="A39:AX39"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="C40:D40"/>
+    <mergeCell ref="E40:F40"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="C41:D41"/>
+    <mergeCell ref="E41:F41"/>
+    <mergeCell ref="AQ41:AX41"/>
+    <mergeCell ref="U40:AC40"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="C35:D35"/>
+    <mergeCell ref="A54:AM54"/>
+    <mergeCell ref="A55:H55"/>
+    <mergeCell ref="I55:M56"/>
+    <mergeCell ref="N55:O55"/>
+    <mergeCell ref="P55:AE55"/>
+    <mergeCell ref="AF55:AH56"/>
+    <mergeCell ref="AP53:AX53"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="E36:F36"/>
+    <mergeCell ref="E42:F42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="C43:D43"/>
+    <mergeCell ref="E43:F43"/>
+    <mergeCell ref="C46:D46"/>
+    <mergeCell ref="E46:F46"/>
+    <mergeCell ref="AP54:AX54"/>
+    <mergeCell ref="AN53:AO53"/>
+    <mergeCell ref="AN54:AO54"/>
+    <mergeCell ref="AI55:AX56"/>
+    <mergeCell ref="A56:H56"/>
+    <mergeCell ref="N56:O56"/>
+    <mergeCell ref="P56:AE56"/>
+    <mergeCell ref="A52:AX52"/>
+    <mergeCell ref="G60:W60"/>
+    <mergeCell ref="A57:AX57"/>
+    <mergeCell ref="A58:H58"/>
+    <mergeCell ref="I58:M59"/>
+    <mergeCell ref="N58:O58"/>
+    <mergeCell ref="P58:AE58"/>
+    <mergeCell ref="AF58:AH59"/>
+    <mergeCell ref="AI58:AX59"/>
+    <mergeCell ref="A59:H59"/>
+    <mergeCell ref="N59:O59"/>
+    <mergeCell ref="P59:AE59"/>
+    <mergeCell ref="E35:F35"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="C42:D42"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="C47:D47"/>
+    <mergeCell ref="E47:F47"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="E44:F44"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="C45:D45"/>
+    <mergeCell ref="E45:F45"/>
+    <mergeCell ref="L17:W17"/>
+    <mergeCell ref="I15:N15"/>
+    <mergeCell ref="A15:G15"/>
+    <mergeCell ref="O15:U15"/>
+    <mergeCell ref="V15:AA15"/>
+    <mergeCell ref="AB15:AK15"/>
+    <mergeCell ref="AL15:AX15"/>
+    <mergeCell ref="C38:D38"/>
+    <mergeCell ref="E38:F38"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="E37:F37"/>
+    <mergeCell ref="AQ36:AX36"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="C32:D32"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="U32:AC32"/>
+    <mergeCell ref="A31:AX31"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="E34:F34"/>
+    <mergeCell ref="A28:B28"/>
     <mergeCell ref="I51:AX51"/>
     <mergeCell ref="X16:AL16"/>
     <mergeCell ref="X17:AL17"/>
     <mergeCell ref="AM16:AX16"/>
     <mergeCell ref="AM17:AX17"/>
     <mergeCell ref="AQ46:AX46"/>
     <mergeCell ref="AQ47:AX47"/>
     <mergeCell ref="AI46:AO46"/>
     <mergeCell ref="AI47:AO47"/>
     <mergeCell ref="G46:AG46"/>
     <mergeCell ref="AQ43:AX43"/>
     <mergeCell ref="AI41:AO41"/>
     <mergeCell ref="AI42:AO42"/>
     <mergeCell ref="AI43:AO43"/>
     <mergeCell ref="G41:AG41"/>
     <mergeCell ref="G42:AG42"/>
     <mergeCell ref="G43:AG43"/>
     <mergeCell ref="A17:K17"/>
     <mergeCell ref="AI38:AO38"/>
     <mergeCell ref="G36:AG36"/>
     <mergeCell ref="G37:AG37"/>
     <mergeCell ref="G38:AG38"/>
     <mergeCell ref="AQ42:AX42"/>
     <mergeCell ref="AI33:AO33"/>
-    <mergeCell ref="L17:W17"/>
-[...211 lines deleted...]
-    <mergeCell ref="AF23:AX23"/>
+    <mergeCell ref="G47:AG47"/>
+    <mergeCell ref="I48:AX48"/>
+    <mergeCell ref="I49:AX49"/>
+    <mergeCell ref="I50:AX50"/>
+    <mergeCell ref="AQ33:AX33"/>
+    <mergeCell ref="AQ34:AX34"/>
+    <mergeCell ref="G33:AG33"/>
+    <mergeCell ref="G34:AG34"/>
+    <mergeCell ref="AQ37:AX37"/>
+    <mergeCell ref="AQ38:AX38"/>
+    <mergeCell ref="AI34:AO34"/>
+    <mergeCell ref="AI36:AO36"/>
+    <mergeCell ref="AI37:AO37"/>
+    <mergeCell ref="G45:AG45"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="U35:AC35"/>
+    <mergeCell ref="AQ44:AX44"/>
+    <mergeCell ref="AI44:AO44"/>
+    <mergeCell ref="G44:AG44"/>
   </mergeCells>
   <pageMargins left="0.24" right="0.05" top="0.15" bottom="7.0000000000000007E-2" header="0.22" footer="7.0000000000000007E-2"/>
   <pageSetup paperSize="5" scale="61" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="13313" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>42</xdr:col>
                     <xdr:colOff>9525</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>85725</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>42</xdr:col>
                     <xdr:colOff>200025</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>257175</xdr:rowOff>
                   </to>
@@ -41432,62 +41446,62 @@
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Unknown Document Type" ma:contentTypeID="0x010104" ma:contentTypeVersion="0" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="05d83ceaa0bbd2e3bc716e6e66bd857a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3d69fe45253d5ff147bb69036b756a7">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -41561,68 +41575,68 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D504A1D-2438-40B4-87EB-941023E5D1AD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F1DE72C-6110-46E0-B1D7-4B6A270BC792}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6CF154A-5D2B-492F-B00B-63FEEC760B2C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -41663,25 +41677,54 @@
       <vt:lpstr>'Prof Services Instructions'!Print_Area</vt:lpstr>
       <vt:lpstr>'Subcontractor Instructions'!Print_Area</vt:lpstr>
       <vt:lpstr>'Complete Revision Subcontractor'!Text1</vt:lpstr>
       <vt:lpstr>'Completed Rev Manufact-Dealers'!Text1</vt:lpstr>
       <vt:lpstr>'Completed Revised Prof Services'!Text1</vt:lpstr>
       <vt:lpstr>'Group reviewed CUF'!Text1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Crews, Brenda</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_SetDate">
+    <vt:lpwstr>2026-01-07T12:24:21Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_Name">
+    <vt:lpwstr>Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_SiteId">
+    <vt:lpwstr>db21de5d-bc9c-420c-8f3f-8f08f85b5ada</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_ActionId">
+    <vt:lpwstr>64b23e0a-ae68-4f2d-9a81-0c8128939f15</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>