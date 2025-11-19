--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -1,77 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0156A611" w14:textId="5AB36CB7" w:rsidR="00784A24" w:rsidRDefault="00784A24" w:rsidP="00784A24">
+    <w:p w14:paraId="0156A611" w14:textId="6576C3B5" w:rsidR="00784A24" w:rsidRDefault="00784A24" w:rsidP="00784A24">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00757648">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Effective July 1, 2024, </w:t>
       </w:r>
       <w:r w:rsidR="001F5477" w:rsidRPr="00757648">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00757648">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>ursuant to §787.06(13), Florida Statutes, when a contract is executed, renewed, or extended between a nongovernmental entity and a governmental entity, the nongovernmental entity must provide the governmental entity with an affidavit signed by an officer or a representative of the nongovernmental entity under penalty of perjury attesting that the nongovernmental entity does not use coercion for labor or services.</w:t>
+        <w:t>ursuant to §787.06(1</w:t>
+      </w:r>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757648">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>), Florida Statutes, when a contract is executed, renewed, or extended between a nongovernmental entity and a governmental entity, the nongovernmental entity must provide the governmental entity with an affidavit signed by an officer or a representative of the nongovernmental entity under penalty of perjury attesting that the nongovernmental entity does not use coercion for labor or services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15E46170" w14:textId="77777777" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3600"/>
         <w:gridCol w:w="4500"/>
       </w:tblGrid>
       <w:tr w:rsidR="00711C3D" w14:paraId="2FFD23BF" w14:textId="77777777" w:rsidTr="00711C3D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
@@ -121,230 +139,240 @@
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="00711C3D" w:rsidRPr="002751F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E71D4CA" w14:textId="287BB60C" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
+          <w:p w14:paraId="3E71D4CA" w14:textId="3E47F835" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00711C3D" w14:paraId="54B4A522" w14:textId="77777777" w:rsidTr="00711C3D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D51327A" w14:textId="3D3685B4" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A317C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F0A2EDD" w14:textId="704C1A10" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
+          <w:p w14:paraId="4F0A2EDD" w14:textId="22EE7839" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00711C3D" w14:paraId="1E5809E5" w14:textId="77777777" w:rsidTr="00711C3D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="312FE2D1" w14:textId="04E2CD0B" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
@@ -355,232 +383,237 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A317C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Phone Number: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="151D411F" w14:textId="751018FF" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
+          <w:p w14:paraId="151D411F" w14:textId="1EF539B6" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00711C3D" w14:paraId="03D7F6D7" w14:textId="77777777" w:rsidTr="00711C3D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3280628B" w14:textId="0435BEDF" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A317C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Authorized Representative’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02514BDC" w14:textId="76902F2F" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
+          <w:p w14:paraId="02514BDC" w14:textId="11ADF430" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00711C3D" w14:paraId="39849D93" w14:textId="77777777" w:rsidTr="00711C3D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -588,118 +621,118 @@
           </w:tcPr>
           <w:p w14:paraId="0F254744" w14:textId="4EC37AE7" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A317C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Authorized Representative’s Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="242BA5CE" w14:textId="0B1F43FC" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
+          <w:p w14:paraId="242BA5CE" w14:textId="4C04CD60" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00711C3D" w14:paraId="3B478B2B" w14:textId="77777777" w:rsidTr="00711C3D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -707,118 +740,118 @@
           </w:tcPr>
           <w:p w14:paraId="2F9DE868" w14:textId="20BB9D99" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A317C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Email Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57E9B166" w14:textId="737D575B" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
+          <w:p w14:paraId="57E9B166" w14:textId="5275F927" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="010A0754" w14:textId="77777777" w:rsidR="00711C3D" w:rsidRPr="00757648" w:rsidRDefault="00711C3D" w:rsidP="00784A24">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -874,51 +907,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:smallCaps/>
         </w:rPr>
         <w:t>ff</w:t>
       </w:r>
       <w:r w:rsidR="00E72405">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:smallCaps/>
         </w:rPr>
         <w:t>idavit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6982E10D" w14:textId="77777777" w:rsidR="00FF0F04" w:rsidRPr="00757648" w:rsidRDefault="00FF0F04" w:rsidP="001F5477">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41DE5259" w14:textId="72711A59" w:rsidR="001F5477" w:rsidRPr="004A317C" w:rsidRDefault="0074762A" w:rsidP="001F5477">
+    <w:p w14:paraId="41DE5259" w14:textId="7D780DBB" w:rsidR="001F5477" w:rsidRPr="004A317C" w:rsidRDefault="0074762A" w:rsidP="001F5477">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E72405">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>I,</w:t>
       </w:r>
       <w:r w:rsidR="00ED6ADC" w:rsidRPr="00E72405">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002204E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
@@ -939,51 +972,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="002204E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="002204E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="002204E0">
+      <w:r w:rsidR="00432D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>insert nongovernmental entity's authorized representative name</w:t>
       </w:r>
       <w:r w:rsidR="002204E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="001F5477" w:rsidRPr="004A317C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -1033,51 +1066,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="002204E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="002204E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="002204E0">
+      <w:r w:rsidR="00432D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>insert nongovernmental entity's name</w:t>
       </w:r>
       <w:r w:rsidR="002204E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="004A317C" w:rsidRPr="004A317C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>does not use coercion for labor or services as defined in §787.06, Florida Statutes.</w:t>
       </w:r>
     </w:p>
@@ -1220,115 +1253,120 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4DA70E22" w14:textId="4C70985D" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00A308CD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CD6008D" w14:textId="7A0C14FA" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00A308CD">
+          <w:p w14:paraId="1CD6008D" w14:textId="6922A32A" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00A308CD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00432D37">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00711C3D" w14:paraId="4622727F" w14:textId="77777777" w:rsidTr="00711C3D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4FFB518D" w14:textId="4A80D1B0" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00A308CD">
@@ -1425,51 +1463,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="21AB0290" w14:textId="77777777" w:rsidR="00A308CD" w:rsidRPr="000255FA" w:rsidRDefault="00A308CD" w:rsidP="00A308CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7918CC52" w14:textId="77777777" w:rsidR="00A308CD" w:rsidRPr="00550B4F" w:rsidRDefault="00A308CD" w:rsidP="00A308CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D090D68" w14:textId="0C8EABDE" w:rsidR="00A308CD" w:rsidRPr="00550B4F" w:rsidRDefault="00A308CD" w:rsidP="00A308CD">
+    <w:p w14:paraId="6D090D68" w14:textId="015AEFB3" w:rsidR="00A308CD" w:rsidRPr="00550B4F" w:rsidRDefault="00A308CD" w:rsidP="00A308CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00550B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">STATE </w:t>
       </w:r>
       <w:r w:rsidR="004A4F86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text19"/>
@@ -1481,106 +1519,106 @@
       </w:r>
       <w:bookmarkStart w:id="8" w:name="Text19"/>
       <w:r w:rsidR="004A4F86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="004A4F86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="004A4F86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="004A4F86">
+      <w:r w:rsidR="00432D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="004A4F86">
+      <w:r w:rsidR="00432D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="004A4F86">
+      <w:r w:rsidR="00432D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="004A4F86">
+      <w:r w:rsidR="00432D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="004A4F86">
+      <w:r w:rsidR="00432D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="004A4F86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="424FD762" w14:textId="7445307C" w:rsidR="00A308CD" w:rsidRPr="00550B4F" w:rsidRDefault="00A308CD" w:rsidP="00A308CD">
+    <w:p w14:paraId="424FD762" w14:textId="201AEE4F" w:rsidR="00A308CD" w:rsidRPr="00550B4F" w:rsidRDefault="00A308CD" w:rsidP="00A308CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00550B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">COUNTY OF </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text12"/>
@@ -1592,221 +1630,224 @@
       </w:r>
       <w:bookmarkStart w:id="9" w:name="Text12"/>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="00550B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08575420" w14:textId="1691FAF5" w:rsidR="00A308CD" w:rsidRPr="00550B4F" w:rsidRDefault="00A308CD" w:rsidP="00A308CD">
+    <w:p w14:paraId="08575420" w14:textId="0B60AA25" w:rsidR="00A308CD" w:rsidRPr="00550B4F" w:rsidRDefault="00A308CD" w:rsidP="00A308CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00550B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sworn to (or affirmed) and subscribed before me, by means of </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
-              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Check1"/>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004A4F86">
-[...6 lines deleted...]
-      <w:r w:rsidR="004A4F86">
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00550B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> physical presence or </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
-              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="Check2"/>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004A4F86">
-[...6 lines deleted...]
-      <w:r w:rsidR="004A4F86">
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00550B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">online notarization, this </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
@@ -1826,85 +1867,90 @@
       </w:r>
       <w:bookmarkStart w:id="12" w:name="Text13"/>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00B504FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00550B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1930,85 +1976,90 @@
       </w:r>
       <w:bookmarkStart w:id="13" w:name="Text14"/>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00550B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2026,85 +2077,90 @@
       </w:r>
       <w:bookmarkStart w:id="14" w:name="Text15"/>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00550B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (year), by </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2122,85 +2178,90 @@
       </w:r>
       <w:bookmarkStart w:id="15" w:name="Text16"/>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5AA1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="04E60C71" w14:textId="77777777" w:rsidR="00550B4F" w:rsidRPr="00550B4F" w:rsidRDefault="00550B4F" w:rsidP="00A308CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2239,135 +2300,135 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Notary Public</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3235"/>
       </w:tblGrid>
       <w:tr w:rsidR="005A6F5E" w14:paraId="4DBAE16C" w14:textId="77777777" w:rsidTr="005A6F5E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69F09617" w14:textId="144354B1" w:rsidR="005A6F5E" w:rsidRDefault="005A6F5E" w:rsidP="00550B4F">
+          <w:p w14:paraId="69F09617" w14:textId="1956C008" w:rsidR="005A6F5E" w:rsidRDefault="005A6F5E" w:rsidP="00550B4F">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Text18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00432D37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A6F5E" w14:paraId="2356723D" w14:textId="77777777" w:rsidTr="005A6F5E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:tcBorders>
@@ -2376,102 +2437,102 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1566C9BF" w14:textId="1932414F" w:rsidR="005A6F5E" w:rsidRDefault="005A6F5E" w:rsidP="00550B4F">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550B4F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Commission Expires</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A4DE824" w14:textId="5F5056BA" w:rsidR="00550B4F" w:rsidRPr="00550B4F" w:rsidRDefault="00A308CD" w:rsidP="00A308CD">
+    <w:p w14:paraId="0A4DE824" w14:textId="39587D6D" w:rsidR="00550B4F" w:rsidRPr="00550B4F" w:rsidRDefault="00A308CD" w:rsidP="00A308CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00550B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Personally Known </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="17" w:name="Check3"/>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004A4F86">
-[...6 lines deleted...]
-      <w:r w:rsidR="004A4F86">
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00550B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> OR Produced Identification </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
@@ -2479,76 +2540,76 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="Check4"/>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004A4F86">
-[...6 lines deleted...]
-      <w:r w:rsidR="004A4F86">
+      <w:r w:rsidR="00432D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="3BBC91C8" w14:textId="4CF7C5B4" w:rsidR="00EA0D20" w:rsidRPr="00550B4F" w:rsidRDefault="00A308CD" w:rsidP="00A308CD">
+    <w:p w14:paraId="3BBC91C8" w14:textId="5671FB4A" w:rsidR="00EA0D20" w:rsidRPr="00550B4F" w:rsidRDefault="00A308CD" w:rsidP="00A308CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00550B4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Type of Identification Produced </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text17"/>
@@ -2560,222 +2621,267 @@
       </w:r>
       <w:bookmarkStart w:id="19" w:name="Text17"/>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00496F70">
+      <w:r w:rsidR="00432D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00496F70">
+      <w:r w:rsidR="00432D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00496F70">
+      <w:r w:rsidR="00432D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00496F70">
+      <w:r w:rsidR="00432D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00496F70">
+      <w:r w:rsidR="00432D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00496F70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:sectPr w:rsidR="00EA0D20" w:rsidRPr="00550B4F" w:rsidSect="0015195A">
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="748FA421" w14:textId="77777777" w:rsidR="00BB4760" w:rsidRDefault="00BB4760" w:rsidP="00E20199">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="075B17CF" w14:textId="77777777" w:rsidR="00BB4760" w:rsidRDefault="00BB4760" w:rsidP="00E20199">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="243AD348" w14:textId="77777777" w:rsidR="00432D37" w:rsidRDefault="00432D37">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3F5FA7ED" w14:textId="77777777" w:rsidR="00432D37" w:rsidRDefault="00432D37">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="39011DB5" w14:textId="77777777" w:rsidR="00432D37" w:rsidRDefault="00432D37">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="648D28C3" w14:textId="77777777" w:rsidR="00BB4760" w:rsidRDefault="00BB4760" w:rsidP="00E20199">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3E1261DC" w14:textId="77777777" w:rsidR="00BB4760" w:rsidRDefault="00BB4760" w:rsidP="00E20199">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="490842FA" w14:textId="77777777" w:rsidR="00432D37" w:rsidRDefault="00432D37">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="9985" w:type="dxa"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1165"/>
       <w:gridCol w:w="7380"/>
       <w:gridCol w:w="1440"/>
     </w:tblGrid>
     <w:tr w:rsidR="00711C3D" w14:paraId="389C0399" w14:textId="77777777" w:rsidTr="00711C3D">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1165" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="0BDE563E" w14:textId="77777777" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00E20199">
           <w:pPr>
             <w:pStyle w:val="Header"/>
@@ -2918,100 +3024,110 @@
             <w:t>1</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="45C0C931" w14:textId="77777777" w:rsidR="00711C3D" w:rsidRPr="00882906" w:rsidRDefault="00711C3D" w:rsidP="00711C3D">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="3179"/>
               <w:tab w:val="left" w:pos="6732"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t>PROCUREMENT</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5893C93D" w14:textId="20FCAD36" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00711C3D">
+        <w:p w14:paraId="5893C93D" w14:textId="214B35D8" w:rsidR="00711C3D" w:rsidRDefault="00711C3D" w:rsidP="00711C3D">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="002204E0">
+          <w:r w:rsidR="00432D37">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
-            <w:t>07/24</w:t>
+            <w:t>11/25</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="6C3F0B6E" w14:textId="77777777" w:rsidR="00784A24" w:rsidRDefault="00784A24" w:rsidP="00E20199">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="209A0C05" w14:textId="77777777" w:rsidR="00432D37" w:rsidRDefault="00432D37">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5586407B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16F63C3A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3088,95 +3204,97 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="45106866">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="R4NEF/MARu0h4zwCHaArORM8RuMbKyrfJUMQBVYZq6TPJtL52tb8MYDaMhnHCbPDSy5zslh/OoIEm5iBfhthtg==" w:salt="xiR4ZSAU2n/Szclb25QUng=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ETVxi0YjLFmRSCumC/gT9AaeZ9uybizR2uvCKhYjJ0QouCgEVsBXIwJIMK/fmFp82ssBmIvE02vSDZ1svPOhnw==" w:salt="tr/xMSAogHpi1rm72Nph+w=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E20199"/>
     <w:rsid w:val="000255FA"/>
     <w:rsid w:val="00031358"/>
     <w:rsid w:val="0004027B"/>
     <w:rsid w:val="00072513"/>
     <w:rsid w:val="00074E9C"/>
     <w:rsid w:val="0008457F"/>
     <w:rsid w:val="000A04D9"/>
     <w:rsid w:val="000D14D3"/>
     <w:rsid w:val="000E4576"/>
     <w:rsid w:val="001032CD"/>
     <w:rsid w:val="00113C5C"/>
     <w:rsid w:val="0015195A"/>
     <w:rsid w:val="001C0AF2"/>
     <w:rsid w:val="001C3037"/>
     <w:rsid w:val="001F5477"/>
     <w:rsid w:val="002204E0"/>
     <w:rsid w:val="00244D4F"/>
     <w:rsid w:val="002751F5"/>
     <w:rsid w:val="00380478"/>
     <w:rsid w:val="00395D0D"/>
     <w:rsid w:val="003C18E9"/>
+    <w:rsid w:val="00432D37"/>
+    <w:rsid w:val="004655A6"/>
     <w:rsid w:val="00496F70"/>
     <w:rsid w:val="004A317C"/>
     <w:rsid w:val="004A4F86"/>
     <w:rsid w:val="004B1B65"/>
     <w:rsid w:val="00550B4F"/>
     <w:rsid w:val="005649FD"/>
     <w:rsid w:val="005A6F5E"/>
     <w:rsid w:val="005F1D84"/>
     <w:rsid w:val="006068AD"/>
     <w:rsid w:val="00694F0B"/>
     <w:rsid w:val="006A364B"/>
     <w:rsid w:val="006B7882"/>
     <w:rsid w:val="007105E8"/>
     <w:rsid w:val="00711C3D"/>
     <w:rsid w:val="0074762A"/>
     <w:rsid w:val="00757648"/>
     <w:rsid w:val="00784A24"/>
     <w:rsid w:val="00792C26"/>
     <w:rsid w:val="00822C60"/>
     <w:rsid w:val="008338DF"/>
     <w:rsid w:val="00990BD3"/>
     <w:rsid w:val="009B4BD5"/>
     <w:rsid w:val="009D1E78"/>
     <w:rsid w:val="009E2ACD"/>
     <w:rsid w:val="00A03DA3"/>
@@ -3225,51 +3343,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3138FFF4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6D3CBF5B-B042-4C7A-8DEF-AB26BE9D30AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4291,51 +4409,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00711C3D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1975939136">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="27492258">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4399,51 +4517,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1031032030">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4746,25 +4864,54 @@
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1711</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Justo, Giselle</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_SetDate">
+    <vt:lpwstr>2025-11-17T18:53:15Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_Name">
+    <vt:lpwstr>Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_SiteId">
+    <vt:lpwstr>db21de5d-bc9c-420c-8f3f-8f08f85b5ada</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_ActionId">
+    <vt:lpwstr>b9a21c42-1463-4898-88d0-856a9e1935f3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_9b1b62f4-cb9b-4766-8dff-64a7ed23e056_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>